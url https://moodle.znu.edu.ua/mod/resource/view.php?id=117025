--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -1,7302 +1,2961 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00A955B2" w:rsidRPr="00EE5120" w:rsidRDefault="00A955B2" w:rsidP="00A955B2">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="008A45FB" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE5120">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Картка забе</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>Рекомендована</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>з</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>печеності дисципліни навчальною літературою</w:t>
+        <w:t>література:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A955B2" w:rsidRDefault="00A955B2" w:rsidP="00A955B2">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="00DA1363" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="584"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00DA1363">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Єракова Л.А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1363">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>етодичні рекомендації для самостійної роботи студентів факультету заочного навчання з дисципліни вільного вибору «аквафітнес»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. К. 2019. 25 с.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A955B2" w:rsidRPr="00EE5120" w:rsidRDefault="00A955B2" w:rsidP="00A955B2">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="00DA1363" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="584"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE5120">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00DA1363">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Факультет: фізичного виховання</w:t>
+        <w:t>Кошура А. В. Теорія і методика спортивних тренувань : навчальний посібник. Чернівці : Чернівецький національний університет ім. Ю. Федьковича, 2021. – 120 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A955B2" w:rsidRDefault="00A955B2" w:rsidP="00A955B2">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="00D47D01" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="584"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE5120">
-[...17 lines deleted...]
-        <w:t>а реабілітація</w:t>
+      <w:r w:rsidRPr="00D47D01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аквааеробіка: методичні вказівки : Під ред. С. М. Киселевська, О. В.Чернявська. Київ : КНУБА, 2016. 40 с. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A955B2" w:rsidRPr="001B545B" w:rsidRDefault="00A955B2" w:rsidP="00A955B2">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="00D47D01" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="584"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...41 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00D47D01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Аквафітнес. Фітнес : анот. бібліогр. покажч. друкованих видань трьома мовами [Електронний ресурс] / уклад. Ірина Свістельник. Львів : ЛДУФК, 2013. С. 113–124. URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="0015546B">
+          <w:rPr>
+            <w:rStyle w:val="ac"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>http://repository.ldufk.edu.ua/handle/34606048/397</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A955B2" w:rsidRPr="00A955B2" w:rsidRDefault="00A955B2" w:rsidP="00A955B2">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="00D47D01" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="584"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-        <w:t>я людини</w:t>
+      <w:r w:rsidRPr="00D47D01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шульга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Л.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>М.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оздоровче</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>плавання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>навч.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>посіб.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Київ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Олімп.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л-ра,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2008.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>232</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A955B2" w:rsidRDefault="00A955B2" w:rsidP="00A955B2">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="008A45FB" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="584"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D47D01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оздоровче плавання : навч. посіб. / Юрій Бріскін, Тетяна Одинець, Мар’ян Пітин, Олег Сидорко. Львів : ЛДУФК, 2017. 200 с.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A955B2" w:rsidRDefault="00A955B2" w:rsidP="00A955B2">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="008A45FB" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="536"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...63 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бріжата І. А. Основи гідрокінезотерапії : методичні вказівки до практичних занять. Суми : Сумський державний університет, 2021. 64 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A955B2" w:rsidRDefault="00A955B2" w:rsidP="00A955B2">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="008A45FB" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="525"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Глазирін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>І.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Д.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Плавання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>навч.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>посіб.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Київ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кондор,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2006.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>502</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с.</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...5600 lines deleted...]
-    <w:p w:rsidR="00C9522B" w:rsidRPr="00C9522B" w:rsidRDefault="00C9522B" w:rsidP="00C9522B">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="008A45FB" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
-        <w:rPr>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9522B">
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Іваськів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>М.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Плавання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>методикою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>викладання.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тернопіль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ТНПУ,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2003.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>108</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9522B" w:rsidRPr="00C9522B" w:rsidRDefault="00C9522B" w:rsidP="00C9522B">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="008A45FB" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="525"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Скалій</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Азбука</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>плавання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>батьків</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дітей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тернопіль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Астон.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2003.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>72с.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C9522B" w:rsidRPr="00C9522B" w:rsidRDefault="00DD129A" w:rsidP="00C9522B">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="008A45FB" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...60 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00C9522B" w:rsidRPr="00C9522B" w:rsidRDefault="00C9522B" w:rsidP="00C9522B">
+    <w:p w:rsidR="007F62CC" w:rsidRPr="008A45FB" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9522B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>Інформаційні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A45FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>ресурси</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F62CC" w:rsidRPr="00D47D01" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47D01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Режим доступу: http://www.sportpedagogy.org.ua/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F62CC" w:rsidRPr="00D47D01" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47D01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Режим доступу: http://www.thesportjournal.org/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F62CC" w:rsidRPr="00D47D01" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47D01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Режим доступу: http://www.ldufk.edu.ua/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F62CC" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47D01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Режим доступу: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="0015546B">
+          <w:rPr>
+            <w:rStyle w:val="ac"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>http://www.nbuv.gov.ua/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="007F62CC" w:rsidRPr="00D47D01" w:rsidRDefault="007F62CC" w:rsidP="007F62CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Droid Sans Fallback" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...134 lines deleted...]
-      </w:r>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C9522B" w:rsidRPr="00C9522B" w:rsidRDefault="00C9522B" w:rsidP="00C9522B">
-[...90 lines deleted...]
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:p w:rsidR="007F62CC" w:rsidRDefault="007F62CC"/>
+    <w:sectPr w:rsidR="007F62CC">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Droid Sans Fallback">
+    <w:altName w:val="Yu Gothic"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A861058"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="69183430"/>
+    <w:lvl w:ilvl="0" w:tplc="6B0655BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="585" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9ED4D2D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1570" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="86D41DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2561" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DDAA3F5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3552" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5FFCD590">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4543" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="80189DDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5534" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2586EAB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6525" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10DE71E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7516" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1D546426">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8507" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1362321020">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="125"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00203695"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00FA3F01"/>
+    <w:rsidRoot w:val="007F62CC"/>
+    <w:rsid w:val="007B3485"/>
+    <w:rsid w:val="007F62CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{29AAB6D5-57EF-B44C-82A9-619C7CEB027A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A955B2"/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F62CC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ac">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BF37C9"/>
+    <w:rsid w:val="007F62CC"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-[...205 lines deleted...]
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ebooks.znu.edu.ua/files/metodychky/2013/03/0029769.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ebooks.znu.edu.ua/files/metodychky/2013/03/0029769.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nbuv.gov.ua/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.ldufk.edu.ua/handle/34606048/397" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4891</Characters>
+  <Pages>1</Pages>
+  <Words>230</Words>
+  <Characters>1316</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>*</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5737</CharactersWithSpaces>
+  <CharactersWithSpaces>1543</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Lena</dc:creator>
+  <dc:creator>potapovaov18.1@gmail.com</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>