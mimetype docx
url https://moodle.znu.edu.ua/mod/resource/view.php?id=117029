--- v0 (2025-11-03)
+++ v1 (2026-02-12)
@@ -1,1767 +1,10268 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...931 lines deleted...]
-</w:document>
+<file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+  <p:sldMasterIdLst>
+    <p:sldMasterId id="2147483648" r:id="rId1"/>
+  </p:sldMasterIdLst>
+  <p:sldIdLst>
+    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="257" r:id="rId3"/>
+    <p:sldId id="258" r:id="rId4"/>
+    <p:sldId id="259" r:id="rId5"/>
+    <p:sldId id="262" r:id="rId6"/>
+    <p:sldId id="263" r:id="rId7"/>
+    <p:sldId id="264" r:id="rId8"/>
+    <p:sldId id="265" r:id="rId9"/>
+    <p:sldId id="266" r:id="rId10"/>
+  </p:sldIdLst>
+  <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
+  <p:notesSz cx="6858000" cy="9144000"/>
+  <p:defaultTextStyle>
+    <a:defPPr>
+      <a:defRPr lang="ru-RU"/>
+    </a:defPPr>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:defaultTextStyle>
+</p:presentation>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-</w:fonts>
+<file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
+<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
+  <p:extLst>
+    <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+    </p:ext>
+    <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+    </p:ext>
+  </p:extLst>
+</p:presentationPr>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...45 lines deleted...]
-</w:hdr>
+<file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...93 lines deleted...]
-</w:numbering>
+<file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:normalViewPr>
+    <p:restoredLeft sz="15620"/>
+    <p:restoredTop sz="94660"/>
+  </p:normalViewPr>
+  <p:slideViewPr>
+    <p:cSldViewPr>
+      <p:cViewPr>
+        <p:scale>
+          <a:sx n="90" d="100"/>
+          <a:sy n="90" d="100"/>
+        </p:scale>
+        <p:origin x="-1224" y="-58"/>
+      </p:cViewPr>
+      <p:guideLst>
+        <p:guide orient="horz" pos="2160"/>
+        <p:guide pos="2880"/>
+      </p:guideLst>
+    </p:cSldViewPr>
+  </p:slideViewPr>
+  <p:notesTextViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="100" d="100"/>
+        <a:sy n="100" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:notesTextViewPr>
+  <p:gridSpacing cx="72008" cy="72008"/>
+</p:viewPr>
 </file>
 
-<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...40 lines deleted...]
-</w:settings>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
-<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...219 lines deleted...]
-</w:styles>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...219 lines deleted...]
-</w:styles>
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-</w:webSettings>
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Титульный слайд">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="2130425"/>
+            <a:ext cx="7772400" cy="1470025"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Подзаголовок 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="3886200"/>
+            <a:ext cx="6400800" cy="1752600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец подзаголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2024</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
+  <p:cSld name="Заголовок и вертикальный текст">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Вертикальный текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2024</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
+  <p:cSld name="Вертикальный заголовок и текст">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Вертикальный заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" orient="vert"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6629400" y="274638"/>
+            <a:ext cx="2057400" cy="5851525"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Вертикальный текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="6019800" cy="5851525"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2024</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="Заголовок и объект">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Содержимое 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2024</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
+  <p:cSld name="Заголовок раздела">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="722313" y="4406900"/>
+            <a:ext cx="7772400" cy="1362075"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4000" b="1" cap="all"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="722313" y="2906713"/>
+            <a:ext cx="7772400" cy="1500187"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2024</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
+  <p:cSld name="Два объекта">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Содержимое 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="4038600" cy="4525963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2800"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Содержимое 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4648200" y="1600200"/>
+            <a:ext cx="4038600" cy="4525963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2800"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2024</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
+  <p:cSld name="Сравнение">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1535113"/>
+            <a:ext cx="4040188" cy="639762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Содержимое 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2174875"/>
+            <a:ext cx="4040188" cy="3951288"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Текст 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4645025" y="1535113"/>
+            <a:ext cx="4041775" cy="639762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Содержимое 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4645025" y="2174875"/>
+            <a:ext cx="4041775" cy="3951288"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Дата 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2024</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Нижний колонтитул 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Номер слайда 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Только заголовок">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Дата 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2024</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Нижний колонтитул 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Номер слайда 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
+  <p:cSld name="Пустой слайд">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Дата 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2024</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Нижний колонтитул 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
+  <p:cSld name="Объект с подписью">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="273050"/>
+            <a:ext cx="3008313" cy="1162050"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Содержимое 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3575050" y="273050"/>
+            <a:ext cx="5111750" cy="5853113"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Текст 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1435100"/>
+            <a:ext cx="3008313" cy="4691063"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2024</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
+  <p:cSld name="Рисунок с подписью">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1792288" y="4800600"/>
+            <a:ext cx="5486400" cy="566738"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Рисунок 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1792288" y="612775"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Текст 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1792288" y="5367338"/>
+            <a:ext cx="5486400" cy="804862"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2024</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="1143000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="8229600" cy="4525963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2024</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483649" r:id="rId1"/>
+    <p:sldLayoutId id="2147483650" r:id="rId2"/>
+    <p:sldLayoutId id="2147483651" r:id="rId3"/>
+    <p:sldLayoutId id="2147483652" r:id="rId4"/>
+    <p:sldLayoutId id="2147483653" r:id="rId5"/>
+    <p:sldLayoutId id="2147483654" r:id="rId6"/>
+    <p:sldLayoutId id="2147483655" r:id="rId7"/>
+    <p:sldLayoutId id="2147483656" r:id="rId8"/>
+    <p:sldLayoutId id="2147483657" r:id="rId9"/>
+    <p:sldLayoutId id="2147483658" r:id="rId10"/>
+    <p:sldLayoutId id="2147483659" r:id="rId11"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="4400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="+mj-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="342900" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="3200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="»"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="ru-RU"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1340768"/>
+            <a:ext cx="9144000" cy="2259683"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+              <a:t>ПРЕЗЕНТАЦІЯ КУРСУ</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+              <a:t>Загальне </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+              <a:t>поняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>аквафітнесу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+              <a:t>Показання та протипоказання до занять.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+              <a:t>Правила безпеки на заняттях </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>аквафітнесу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="uk-UA" sz="2700" i="1" dirty="0" smtClean="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2700" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Подзаголовок 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="390613631"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0"/>
+              <a:t>Аква-аеробіка</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0"/>
+              <a:t>аквафітнес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3995936" y="273050"/>
+            <a:ext cx="5148064" cy="6540326"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Текст 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1435100"/>
+            <a:ext cx="3610744" cy="4691063"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>Акваеробіка</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>чи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>як</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>прийнято</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>називати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>аквафітнес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t> -</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>на</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>сьогоднішній</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>день</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> є </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>тим</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>напрямом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>фізкультурно-оздоровчої</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>роботи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>дуже</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>стрімко</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>розвивається</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>на</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>ринку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>фітнес-послуг</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>. В </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>даний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>час</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>організовується</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>велика</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>кількість</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>семінарів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>майстер-класів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>конвенцій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>конференцій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>постійно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>зростає</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>кількість</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>наукових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>досліджень</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>області</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>аквафітнесу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Безперервно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>вдосконалюються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>форми</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>методи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>проведення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>занять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>розширюється</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>систематизується</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>база</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>вправ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>аквафітнесу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Поняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>аквафітнес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>на</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>сьогоднішній</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>день</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>часто</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>вживається</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>як</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>синонім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>слову</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>аквааеробіка</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>так</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>само</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>об'єднує</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>різні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>напрямки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>оздоровчих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>програм</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>занять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>воді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1027" name="Picture 3" descr="C:\Users\q\Downloads\aquaaerobika.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4572000" y="912218"/>
+            <a:ext cx="3779689" cy="4294188"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2279433331"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Основи </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0"/>
+              <a:t>аква-аеробіки</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Текст 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Аквафітнес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>як</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>система</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>фізичних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>вправ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>вибіркової</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>спрямованості</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>умовах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>водного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>середовища</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>виконує</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>завдяки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>своїм</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>природним</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>властивостям</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>роль</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>природного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>багатофункціонального</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>тренажера</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>включає</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>себе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>організовані</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>самостійні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>заняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>використанням</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>спеціальних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>засобів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>які</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>передбачають</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>вирішення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>оздоровчих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>виховних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>та</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>освітніх</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>завдань</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2050" name="Picture 2" descr="C:\Users\q\Downloads\4H8A3534.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4139952" y="1124744"/>
+            <a:ext cx="4392488" cy="4752528"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2603275551"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Специфічні умови проведення занять</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Текст 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Аквафітнес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>представлений</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>широким</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>спектром</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>адаптованих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>вправ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>до</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>водного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>середовища</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>ефективність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>яких</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>зростає</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>за</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>рахунок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>впливу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>специфічних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>умов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>проведення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>занять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>таких</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>як</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>дизайн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>басейну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>фізичні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>естетичні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>властивості</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>води</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>презентабельність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>інструктора</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>спеціальне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>обладнання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>вдало</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>підібраний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>музичний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>супровід</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Характерним</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>для</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>аквафітнесу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> є </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>використання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>різноманітних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>вправ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>виконуються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>аеробному</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>режимі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>під</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>музичний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>супровід</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>умовах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>басейнів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>різної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>глибини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Різноманітність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>занять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>досягається</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>шляхом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>використання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>спеціального</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>обладнання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>для</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>аквафітнесу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>застосування</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>різноманітних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>методів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>методичних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>прийомів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>проведення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>занять</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3074" name="Picture 2" descr="C:\Users\q\Downloads\delfin-1.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3635896" y="980728"/>
+            <a:ext cx="5040560" cy="5040559"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3244367611"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="706090"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" i="1" dirty="0"/>
+              <a:t>Показання до занять</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>Виконання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>фізичних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>вправ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>водному</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>середовищі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>створює</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>оптимальні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>умови</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>для</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>вдосконалення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>фізичної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>та</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>психічної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>сфери</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>людини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" i="1" u="sng" dirty="0" smtClean="0">
+              <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>Заняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>аквафітнесом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>спричиняють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>позитивний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>вплив</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>на</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>всі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>органи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>системи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>організму</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>людини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>сприяють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>зміцненню</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>психічного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>фізичного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>здоров'я</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>Відмінною</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>особливістю</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>занять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>водному</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>середовищі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> є </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>можливість</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>виконання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>силових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>вправ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>для</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>опрацювання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>різних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>груп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>м'язів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>без</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>навантаження</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>на</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>опорно-руховий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>апарат</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" i="1" dirty="0" smtClean="0">
+              <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>При</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>виконанні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>вправ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>воді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>відбувається</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>підвищення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>рівня</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>метаболічних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>процесів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>посилення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>венозного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>повернення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>крові</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>до</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>серця</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>. У </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>зв'язку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>цим</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>аквафітнес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>рекомендований</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>особам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>які</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>мають</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>варикозне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>розширення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>вен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>остеохондроз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>хребта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>захворювання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>суглобів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, а </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>також</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>особам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>із</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>захворюваннями</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>серцево-судинної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>дихальної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>систем</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" i="1" dirty="0" smtClean="0">
+              <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>Аквафітнес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>також</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>широко</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>застосовується</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>для</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>швидкого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>відновлення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>осіб</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>після</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>перенесених</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>травм</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" u="sng" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>операцій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" i="1" dirty="0" smtClean="0">
+              <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>Однак</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>приступати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>до</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>занять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>аквафітнесом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>можна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>тільки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>дозволу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>лікаря</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1689990942"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="1066130"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0" smtClean="0"/>
+              <a:t>Протипоказання</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0"/>
+              <a:t>В </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" err="1"/>
+              <a:t>залежності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" err="1"/>
+              <a:t>від</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0"/>
+              <a:t> стану </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" err="1"/>
+              <a:t>організму</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" err="1"/>
+              <a:t>або</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" err="1"/>
+              <a:t>наявних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" err="1"/>
+              <a:t>захворювань</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" err="1"/>
+              <a:t>існує</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" err="1" smtClean="0"/>
+              <a:t>перелік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" err="1" smtClean="0"/>
+              <a:t>протипоказань</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0"/>
+              <a:t>до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t>занять </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" err="1" smtClean="0"/>
+              <a:t>такі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" u="sng" dirty="0" smtClean="0"/>
+              <a:t> як</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t>﻿﻿</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>гострі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>інфекційні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>захворювання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>шкірні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>захворювання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t>;</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t>﻿﻿</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>захворювання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>дихальної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>системи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t>﻿﻿</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>алергічна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>реакція</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t>хлор; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>важкі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>форми</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>діабету</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>висока</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t>температура </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>тіла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>розлади</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>функції</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>шлунково-кишкового</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t>тракту; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>важкі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>психічні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>захворювання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t>;</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t>﻿﻿</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>порушення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>діяльності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>серця</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>серцеві</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> напади</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t>﻿﻿недавно </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>перенесені</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>інсульти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>інфаркт</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>міокарда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>стенокардія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>спокою;миготлива</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
+              <a:t>аритмія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t>;</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>недостатність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>кровообігу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> II і III </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>ступеня</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>підвищений</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>артеріальний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>тиск</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>вроджені</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>вади</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>серця</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>ревматизм</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>стадії</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>загострення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>бронхіт</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>бронхіальна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>астма</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>частими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>нападами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>захворювання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>печінки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>жовчного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>міхура</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>частими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>нападами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>болю</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>та ін.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>При</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>наявності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>вище</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>перелічених</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>захворювань</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>рекомендується</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>відвідувати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>спеціалізовані</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>групи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>групи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>лікувальної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>фізичної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>культури</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>під</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>постійним</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>наглядом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>медичного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>персоналу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2151658656"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="0"/>
+            <a:ext cx="8229600" cy="692696"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>Правила </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>безпеки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>заняттях</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>аквафітнесом</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="620688"/>
+            <a:ext cx="8229600" cy="6237312"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>При </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>заняттях</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>аквафітнесом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>необхідно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>дотримуватися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> таких </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>заходів</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>безпеки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>﻿﻿</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>дотримуватися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> правил </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>внутрішнього</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>розпорядку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>басейну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>﻿﻿перед початком </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>заняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>початківцями</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>інструкторові</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>необхідно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>вивчити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>їх</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>рівень</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>здоровʼя</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>фізичної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>підготовленості</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>дізнатися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> про </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>наявні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>захворюваннях</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>розповісти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>основні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> правила </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>поведінки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>виконання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>вправ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>воді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>﻿﻿</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>заходити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> в воду і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>виходити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> з води </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>відвідувачі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>повинні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>тільки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>дозволу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>інструктора</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>який</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>проводить</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>заняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>при</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>погіршенні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>самопочуття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>клієнта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>під</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>час</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>виконання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>вправ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>інструктор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>негайно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>припиняє</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>їх</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>виконання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>при</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>необхідності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>просить</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>клієнта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>вийти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>води</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" i="1" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>під</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>час</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>занять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>аквафітнесом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>ті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>хто</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>не</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>вміють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>плавати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>повинні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>стояти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>займатися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>поруч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>інструктором</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> і, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>при</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>необхідності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>можуть</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>одягнути</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>додаткове</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>обладнання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>підтримує</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>тіло на воді (або людину)</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" i="1" dirty="0">
+              <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>Температура</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>води</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>басейні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>повинна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>відповідати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>гігієнічним</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>нормам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>перебувати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>межах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> 26-28° C. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>Для</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>занять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>аквафітнесом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>комфортною</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> є </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>температура</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> 28° C. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>Теплопровідні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>властивості</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>води</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>створюють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>для</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>інструктора</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>аквафітнесу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>додаткові</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>складності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>при</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>проведенні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>заняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>пов'язані</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>необхідністю</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>зберігати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>необхідну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>температуру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>тіла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>клієнтів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>протягом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>всього</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>заняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="789006620"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0"/>
+              <a:t>У </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1"/>
+              <a:t>звʼязку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0"/>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>описаним</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>вище</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0"/>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0"/>
+              <a:t>при </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1"/>
+              <a:t>проведенні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1"/>
+              <a:t>заняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0"/>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1"/>
+              <a:t>аквафітнесу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1"/>
+              <a:t>інструкторові</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1"/>
+              <a:t>необхідно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1"/>
+              <a:t>дотримуватися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1"/>
+              <a:t>наступних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1"/>
+              <a:t>рекомендацій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="8229600" cy="5141168"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>починати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>заняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>слід</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>розігріву</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>протягом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>усього</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>заняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>підтримувати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>постійний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> темп, не </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>допускаючи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>охолодження</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>організму</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>﻿﻿</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>необхідно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>чергувати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> роботу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>малої</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>інтенсивності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>, з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>залученням</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>малих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>мʼязових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>груп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>, з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>роботою</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>великої</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>інтенсивності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>, з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>залученням</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> великих </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>мʼязових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>груп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>﻿﻿в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>занятті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>необхідно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>використовувати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>одночасно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> роботу рук і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>ніг</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>підтримувати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>постійний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>рух</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>протягом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>усього</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>тренування</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>﻿﻿</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>уникати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> пауз і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>зупинок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>занятті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>; без </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>зволікання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>починати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>заняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>воді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>закінчивши</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>заняття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>, не </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>затримувати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>групу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>﻿﻿по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>можливості</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>займатися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>сонячній</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>стороні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>басейну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>закривати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>вікна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>двері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>уникати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>протягів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" smtClean="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>вправах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>розтягування</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>верхнього</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>плечового</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> поясу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>постійно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>підтримувати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> роботу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>ніг</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>біг</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>, ходьба), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>розтягуючи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>мʼязи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>ніг</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>додавати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>рухи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" smtClean="0"/>
+              <a:t> руками</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>при</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>необхідності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>використовувати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>спеціальний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>одяг</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>взуття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>для</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>занять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>щоб</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>забезпечити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>краще</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>зчеплення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>дном</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>на</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>мілкій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" err="1">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>воді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Algerian" pitchFamily="82" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>Використання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>якості</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>ізолятора</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>додаткового</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>одягу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>під</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> час занять </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>допоможе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>зберегти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>тепловий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> баланс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>навіть</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>прохолодній</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1"/>
+              <a:t>воді</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="1700" i="1" dirty="0" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="904158668"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Дякую за увагу</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Подзаголовок 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="487962938"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1894,57 +10395,82 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...5 lines deleted...]
-  <Paragraphs>2</Paragraphs>
+  <Words>435</Words>
+  <Application>Microsoft Office PowerPoint</Application>
+  <PresentationFormat>Экран (4:3)</PresentationFormat>
+  <Paragraphs>39</Paragraphs>
+  <Slides>9</Slides>
+  <Notes>0</Notes>
+  <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
-  <Company>*</Company>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Тема</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Заголовки слайдов</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="10" baseType="lpstr">
+      <vt:lpstr>Тема Office</vt:lpstr>
+      <vt:lpstr>ПРЕЗЕНТАЦІЯ КУРСУ  Загальне поняття аквафітнесу Показання та протипоказання до занять. Правила безпеки на заняттях аквафітнесу. </vt:lpstr>
+      <vt:lpstr>Аква-аеробіка(аквафітнес)</vt:lpstr>
+      <vt:lpstr>Основи аква-аеробіки</vt:lpstr>
+      <vt:lpstr>Специфічні умови проведення занять</vt:lpstr>
+      <vt:lpstr>Показання до занять</vt:lpstr>
+      <vt:lpstr>Протипоказання</vt:lpstr>
+      <vt:lpstr>Правила безпеки на заняттях аквафітнесом</vt:lpstr>
+      <vt:lpstr>У звʼязку з описаним вище - при проведенні заняття з аквафітнесу інструкторові необхідно дотримуватися наступних рекомендацій:</vt:lpstr>
+      <vt:lpstr>Дякую за увагу</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1124</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:title>Показання та протипоказання до занять. Правила безпеки на заняттях аквафітнесу. Загальне поняття.</dc:title>
+  <dc:creator>q</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>