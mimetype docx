--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -1,2198 +1,1015 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00F53E86" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+    <w:p w14:paraId="313B171B" w14:textId="77777777" w:rsidR="00F53E86" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
       <w:pPr>
         <w:pStyle w:val="8"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F53E86" w:rsidRPr="00F53E86" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+    <w:p w14:paraId="42F23F13" w14:textId="77777777" w:rsidR="00F53E86" w:rsidRPr="00F53E86" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
       <w:pPr>
         <w:pStyle w:val="8"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="00F53E86">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>Література  до  курсу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+    <w:p w14:paraId="410FB1D9" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="001C4129" w:rsidRDefault="00531230" w:rsidP="00531230">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="270" w:lineRule="auto"/>
+        <w:ind w:left="19" w:right="2597" w:firstLine="3109"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4129">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основна: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1226A1A2" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="12" w:line="270" w:lineRule="auto"/>
+        <w:ind w:right="58"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...102 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>Ле</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>Гофф</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve"> Ж. Середньовічна  уява.  Львів,  2007. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F13887C" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="12" w:line="270" w:lineRule="auto"/>
+        <w:ind w:right="58"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...74 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+      </w:pPr>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve">Сердюк. І.  Маленький  дорослий:  Дитина і  дитинство  в  Гетьманщині XVIII  ст. К.,  2018.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B67E592" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...41 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>Кісь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve"> О. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>Осбливості</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve"> соціалізації </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>дівчаток</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve"> в українській сім’ї XIX – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>поч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve"> ХХ ст. // Етнічна історія народів Європи. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Традиційна етнічна культура слов’ян (Збірник наукових праць</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>). К., 1999. С.49-55</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BDEFADD" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00D501DF" w:rsidRDefault="00531230" w:rsidP="00531230">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...32 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D501DF">
+        <w:t>Кузеля</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D501DF">
+        <w:t xml:space="preserve">  Дитина в звичаях і віруваннях українського </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D501DF">
+        <w:t>народа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D501DF">
+        <w:t>. Матеріали з полудневої Київщини</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D501DF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Матеріали до українсько-руської етнології</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D501DF">
+        <w:t>. Т.8. Львів, 1906</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744ACE8B" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="12" w:line="270" w:lineRule="auto"/>
+        <w:ind w:right="58"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...29 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+      </w:pPr>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve">Українці:  народні  вірування,  повір’я,  демонологія. К., 1992. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E297AA" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="12" w:line="270" w:lineRule="auto"/>
+        <w:ind w:right="58"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:snapToGrid w:val="0"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DeMause L. (1995 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pbk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>). The History of Childhood / Lloyd DeMause. – Northvale, New Jersey: Jason Aronson. – 450 p.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E147A0" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="12" w:line="270" w:lineRule="auto"/>
+        <w:ind w:right="58"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:snapToGrid w:val="0"/>
-[...51 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Roberts B. B. History of Childhood / B. B. Roberts, N. R. Hiner, J. M. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Harwes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00F561DB">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>http://www</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. faqs.org/childhood/Gr-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Im</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/History-of-Childhood.html</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64858A22" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
+      <w:pPr>
+        <w:spacing w:after="25" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-15" w:firstLine="582"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72111F5A" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="2090" w:firstLine="582"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Додаткова: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15ECBA35" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="130" w:line="270" w:lineRule="auto"/>
+        <w:ind w:right="58"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...24 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+      </w:pPr>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="630F7F69" wp14:editId="6497DCDF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1511999</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>140128</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="38100" cy="175260"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="20105" name="Group 20105"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="38100" cy="175260"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="38100" cy="175260"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="26780" name="Shape 26780"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="38100" cy="175260"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="38100" h="175260">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="38100" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="38100" y="175260"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="175260"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="F9F9F9"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="4FBEA4F6" id="Group 20105" o:spid="_x0000_s1026" style="position:absolute;margin-left:119.05pt;margin-top:11.05pt;width:3pt;height:13.8pt;z-index:-251657216" coordsize="38100,175260" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMNv0raQIAAC8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD8vtjJsCQz4vRhXfMy&#10;bMXafYAiyxdAN0hKnPz9KEZWLsU6oE0Ai5LII54jiqu7gxRkz63rtaqy6aTICFdM171qq+zP88On&#10;ZUacp6qmQiteZUfusrv1xw+rwZR8pjstam4JgChXDqbKOu9NmeeOdVxSN9GGK9hstJXUw9S2eW3p&#10;AOhS5LOimOeDtrWxmnHnYPX+tJmtEb9pOPO/msZxT0SVQW4evxa/2/DN1ytatpaarmcxDfqGLCTt&#10;FRyaoO6pp2Rn+xdQsmdWO934CdMy103TM44cgM20uGGzsXpnkEtbDq1JMoG0Nzq9GZb93G+seTKP&#10;FpQYTAta4CxwOTRWhhGyJAeU7Jgk4wdPGCx+Xk4L0JXBznTxZTaPirIOZH8RxLrvr4Xl45H5VSKD&#10;gdJwZ/bufeyfOmo4iupKYP9oSV9X2Wy+WAIPRSUUKbqQ0xLKgp5JJFc60OtdCiWqtGQ75zdco9J0&#10;/8P5U0nWo0W70WIHNZoWCvvVkjbUh7iQZDDJkK6qSzcVNqXe82eNbv7mviDH865Ql17x1sdyAM9x&#10;fxwNop39zsXxT2eQ/6qK/uOIlZZ8wAg816toIHewL9UVKsgQqpVCp2kE9fhkZe+hBYlegjCzRQHl&#10;DDeAwDCE4jvdNlr+KHgQS6jfvIHCwWcRFpxtt9+EJXsaGg3+EJwK09G4GnGjazwDcEJ80wuRIKcY&#10;egX58DX8I0J0DnEce1yKLE6RLGZzanTQLoD02O6AWQrCk7XyKV5Bk8ZDLtgGc6vrI7YIFAReI0qD&#10;XQl5xA4a2t7lHL3OfX79FwAA//8DAFBLAwQUAAYACAAAACEArmdjS+AAAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm90kjdrGbEop6qkItoL0Ns1Ok9Dsbshuk/TfO570NG+Y&#10;x5vv5avJtGKg3jfOKohnEQiypdONrRR87d8eFiB8QKuxdZYUXMnDqri9yTHTbrSfNOxCJTjE+gwV&#10;1CF0mZS+rMmgn7mOLN9OrjcYeO0rqXscOdy0MomiJ2mwsfyhxo42NZXn3cUoeB9xXM/j12F7Pm2u&#10;h/3jx/c2JqXu76b1C4hAU/gzwy8+o0PBTEd3sdqLVkEyX8RsZZHwZEOSpiyOCtLlM8gil/8bFD8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADDb9K2kCAAAvBgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEArmdjS+AAAAAJAQAADwAAAAAAAAAAAAAA&#10;AADDBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;">
+                <v:shape id="Shape 26780" o:spid="_x0000_s1027" style="position:absolute;width:38100;height:175260;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="38100,175260" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA9R5L4xgAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9da8Iw&#10;FIbvB/sP4Qy8GTOdYCedUbapIIqMqbs/NMem2pyUJrb135uLwS5f3i+e6by3lWip8aVjBa/DBARx&#10;7nTJhYLjYfUyAeEDssbKMSm4kYf57PFhipl2Hf9Quw+FiCPsM1RgQqgzKX1uyKIfupo4eifXWAxR&#10;NoXUDXZx3FZylCSptFhyfDBY05eh/LK/WgWfZjN+Trfnb29Pq99F1+3a5SIoNXjqP95BBOrDf/iv&#10;vdYKRunbJAJEnIgCcnYHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPUeS+MYAAADeAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m,l38100,r,175260l,175260,,e" fillcolor="#f9f9f9" stroked="f" strokeweight="0">
+                  <v:stroke miterlimit="83231f" joinstyle="miter"/>
+                  <v:path arrowok="t" textboxrect="0,0,38100,175260"/>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>Гошко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve"> Т. Уявлення про дитинство у кодексах міського права в Речі Посполитій XVI – початку XVII ст.</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r w:rsidRPr="00F561DB">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidRPr="00F561DB">
+          <w:t>Місто: історія, культура, суспільство</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidRPr="00F561DB">
+          <w:rPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018. № 1. С. 37-56. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B03622" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="132" w:line="270" w:lineRule="auto"/>
+        <w:ind w:right="58"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...49 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>Берк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve"> П. Вступ. Нова історія: її минуле і майбутнє.  Нові перспективи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>історіописання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>Вип</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve">. 5.   К.: Ніка-Центр, 2004. С. 8-35. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441976A4" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="129" w:line="268" w:lineRule="auto"/>
+        <w:ind w:right="58"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...36 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>Маслійчук</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>В.Дітозгубництво</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve"> на Лівобережній та Слобідській Україні у другій половині XVIII </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>cт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>. Харків: Харківський приватний музей міської садиби, 2008. 128 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE94593" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="131" w:line="270" w:lineRule="auto"/>
+        <w:ind w:right="58"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...50 lines deleted...]
-        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t>Маслійчук</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve">  В. Неповнолітні злочинці в Харківському намісництві 1780 – 1796 рр. Харків, 2011. 456 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="531EE3A1" w14:textId="77777777" w:rsidR="00531230" w:rsidRPr="00F561DB" w:rsidRDefault="00531230" w:rsidP="00531230">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...314 lines deleted...]
-        </w:rPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="134" w:line="268" w:lineRule="auto"/>
+        <w:ind w:right="58"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F561DB">
         <w:t>Маслійчук</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005525CB">
-[...561 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve"> В. Деякі відомості про ігри та іграшки для дітей на Лівобережній та Слобідській Україні у другій половині XVIII ст.,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F561DB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Народна творчість та етнографія</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F561DB">
+        <w:t xml:space="preserve">. 2010.  № 6. C. 72 – 76. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57705114" w14:textId="77777777" w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...231 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+    </w:p>
+    <w:p w14:paraId="0AE34B21" w14:textId="77777777" w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
-[...7 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+    <w:p w14:paraId="4CC5E2D1" w14:textId="77777777" w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="365"/>
         </w:tabs>
         <w:spacing w:before="14" w:line="226" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005525CB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Інформаційні ресурси</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+    <w:p w14:paraId="5E9B3DBF" w14:textId="77777777" w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="365"/>
         </w:tabs>
         <w:spacing w:before="14" w:line="226" w:lineRule="exact"/>
         <w:rPr>
           <w:spacing w:val="-20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+    <w:p w14:paraId="049CAFB7" w14:textId="77777777" w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+    <w:p w14:paraId="4D5D32BB" w14:textId="27E35410" w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00531230" w:rsidP="00F53E86">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="365"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005525CB">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
-        <w:t>2.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005525CB">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53E86" w:rsidRPr="005525CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005525CB">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53E86" w:rsidRPr="005525CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
-        <w:t>Исторический</w:t>
-[...42 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+        <w:tab/>
+        <w:t xml:space="preserve">ННБУ ім. Вернадського. / [Електронний ресурс]. – http://www.nbuv.gov.ua/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B701B3C" w14:textId="01E7593F" w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00531230" w:rsidP="00F53E86">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="365"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005525CB">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
-        <w:t>3.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005525CB">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53E86" w:rsidRPr="005525CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53E86" w:rsidRPr="005525CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">ННБУ ім. Вернадського. / [Електронний ресурс]. – http://www.nbuv.gov.ua/ </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+        <w:t>Українська електронна бібліотека/ [Електронний ресурс]. http://exlіbrіs.org.ua/maіn/іndex.html.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D18477" w14:textId="6CA7042A" w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00531230" w:rsidP="00F53E86">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="365"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005525CB">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
-        <w:t>4.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005525CB">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53E86" w:rsidRPr="005525CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Українська електронна бібліотека/ [Електронний ресурс]. http://exlіbrіs.org.ua/maіn/іndex.html.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00F53E86" w:rsidP="00F53E86">
+        <w:t xml:space="preserve">Сайт Інституту мистецтвознавства, фольклористики та етнографії </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F53E86" w:rsidRPr="005525CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t>ім.М.Т.Рильського</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F53E86" w:rsidRPr="005525CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НАН України. [Електронний ресурс]. – http://www.etnolog.org.ua/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED3C7DD" w14:textId="6733855E" w:rsidR="00F53E86" w:rsidRPr="005525CB" w:rsidRDefault="00531230" w:rsidP="00F53E86">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="365"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005525CB">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005525CB">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53E86" w:rsidRPr="005525CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005525CB">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53E86" w:rsidRPr="005525CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
-        <w:t>ім.М.Т.Рильського</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005525CB">
+        <w:tab/>
+        <w:t xml:space="preserve">Сайт Інституту українознавства ім. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F53E86" w:rsidRPr="005525CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
-        <w:t xml:space="preserve"> НАН України. [Електронний ресурс]. – http://www.etnolog.org.ua/</w:t>
-[...13 lines deleted...]
-        <w:ind w:left="567" w:hanging="283"/>
+        <w:t>І.Крип’якевича</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F53E86" w:rsidRPr="005525CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
-      </w:pPr>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> НАН України/ [Електронний ресурс]. http://www.inst-ukr.lviv.ua/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009050CE" w:rsidRDefault="009050CE"/>
+    <w:p w14:paraId="6DA71BB6" w14:textId="77777777" w:rsidR="009050CE" w:rsidRDefault="009050CE"/>
     <w:sectPr w:rsidR="009050CE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16404383"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="513A9EE8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="771C3FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D82EE1BC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2234,122 +1051,127 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1200628397">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="312610077">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F53E86"/>
+    <w:rsid w:val="00531230"/>
     <w:rsid w:val="009050CE"/>
+    <w:rsid w:val="00D02F16"/>
     <w:rsid w:val="00F53E86"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4E503CBF"/>
+  <w14:docId w14:val="476977BB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8E89524B-8175-4607-A13E-9F62767A6874}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2391,51 +1213,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2681,50 +1503,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F53E86"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="80"/>
     <w:qFormat/>
     <w:rsid w:val="00F53E86"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
@@ -2771,88 +1594,90 @@
     <w:rsid w:val="00F53E86"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F53E86"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
     <w:rsid w:val="00F53E86"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00F53E86"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00F53E86"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.irbis-nbuv.gov.ua/cgi-bin/irbis_nbuv/cgiirbis_64.exe?Z21ID=&amp;I21DBN=UJRN&amp;P21DBN=UJRN&amp;S21STN=1&amp;S21REF=10&amp;S21FMT=JUU_all&amp;C21COM=S&amp;S21CNR=20&amp;S21P01=0&amp;S21P02=0&amp;S21P03=IJ=&amp;S21COLORTERMS=1&amp;S21STR=EJ000155" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.irbis-nbuv.gov.ua/cgi-bin/irbis_nbuv/cgiirbis_64.exe?Z21ID=&amp;I21DBN=UJRN&amp;P21DBN=UJRN&amp;S21STN=1&amp;S21REF=10&amp;S21FMT=JUU_all&amp;C21COM=S&amp;S21CNR=20&amp;S21P01=0&amp;S21P02=0&amp;S21P03=IJ=&amp;S21COLORTERMS=1&amp;S21STR=EJ000155" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.irbis-nbuv.gov.ua/cgi-bin/irbis_nbuv/cgiirbis_64.exe?Z21ID=&amp;I21DBN=UJRN&amp;P21DBN=UJRN&amp;S21STN=1&amp;S21REF=10&amp;S21FMT=JUU_all&amp;C21COM=S&amp;S21CNR=20&amp;S21P01=0&amp;S21P02=0&amp;S21P03=IJ=&amp;S21COLORTERMS=1&amp;S21STR=EJ000155" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3110,70 +1935,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2497</Characters>
+  <Pages>1</Pages>
+  <Words>412</Words>
+  <Characters>2355</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2929</CharactersWithSpaces>
+  <CharactersWithSpaces>2762</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Komp</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>