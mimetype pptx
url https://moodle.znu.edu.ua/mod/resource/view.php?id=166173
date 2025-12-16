--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -12,51 +12,50 @@
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="258" r:id="rId3"/>
     <p:sldId id="259" r:id="rId4"/>
     <p:sldId id="261" r:id="rId5"/>
     <p:sldId id="262" r:id="rId6"/>
     <p:sldId id="260" r:id="rId7"/>
     <p:sldId id="257" r:id="rId8"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
@@ -202,105 +201,76 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="63" d="100"/>
-          <a:sy n="63" d="100"/>
+          <a:sx n="76" d="100"/>
+          <a:sy n="76" d="100"/>
         </p:scale>
-        <p:origin x="1380" y="72"/>
+        <p:origin x="1484" y="41"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
-[...28 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -3817,51 +3787,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6944EE71-F74D-42C7-B67F-21A56FE4BE49}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.04.2021</a:t>
+              <a:t>03.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3982,51 +3952,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6944EE71-F74D-42C7-B67F-21A56FE4BE49}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.04.2021</a:t>
+              <a:t>03.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4157,51 +4127,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6944EE71-F74D-42C7-B67F-21A56FE4BE49}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.04.2021</a:t>
+              <a:t>03.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4322,51 +4292,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6944EE71-F74D-42C7-B67F-21A56FE4BE49}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.04.2021</a:t>
+              <a:t>03.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4564,51 +4534,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6944EE71-F74D-42C7-B67F-21A56FE4BE49}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.04.2021</a:t>
+              <a:t>03.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4846,51 +4816,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6944EE71-F74D-42C7-B67F-21A56FE4BE49}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.04.2021</a:t>
+              <a:t>03.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5262,51 +5232,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6944EE71-F74D-42C7-B67F-21A56FE4BE49}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.04.2021</a:t>
+              <a:t>03.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5376,51 +5346,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6944EE71-F74D-42C7-B67F-21A56FE4BE49}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.04.2021</a:t>
+              <a:t>03.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5468,51 +5438,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6944EE71-F74D-42C7-B67F-21A56FE4BE49}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.04.2021</a:t>
+              <a:t>03.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5740,51 +5710,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6944EE71-F74D-42C7-B67F-21A56FE4BE49}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.04.2021</a:t>
+              <a:t>03.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5989,51 +5959,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6944EE71-F74D-42C7-B67F-21A56FE4BE49}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.04.2021</a:t>
+              <a:t>03.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6201,51 +6171,51 @@
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6944EE71-F74D-42C7-B67F-21A56FE4BE49}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.04.2021</a:t>
+              <a:t>03.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6572,51 +6542,51 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -6968,72 +6938,76 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="19458" name="Picture 2" descr="Похожее изображение"/>
+          <p:cNvPr id="3" name="Рисунок 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A719F9F1-7362-A6F8-54DA-EA78470296A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="9144000" cy="6858000"/>
+            <a:off x="45761" y="46674"/>
+            <a:ext cx="9040487" cy="6811326"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>