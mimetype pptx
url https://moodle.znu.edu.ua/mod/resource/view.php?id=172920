--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -1,61 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="260" r:id="rId5"/>
     <p:sldId id="259" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="261" r:id="rId8"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
@@ -130,108 +129,131 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="8A005F"/>
     <a:srgbClr val="FF0066"/>
     <a:srgbClr val="FF00FF"/>
     <a:srgbClr val="660033"/>
   </p:clrMru>
+  <p:extLst>
+    <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+    </p:ext>
+    <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+    </p:ext>
+    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+    </p:ext>
+  </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr showOutlineIcons="0">
+  <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="66" d="100"/>
-          <a:sy n="66" d="100"/>
+          <a:sx n="88" d="100"/>
+          <a:sy n="88" d="100"/>
         </p:scale>
-        <p:origin x="-984" y="-96"/>
+        <p:origin x="1138" y="51"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="73736200" cy="73736200"/>
+  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -272,54 +294,53 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="2130425"/>
             <a:ext cx="7772400" cy="1470025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="3886200"/>
             <a:ext cx="6400800" cy="1752600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
@@ -391,76 +412,75 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4468964-C107-4380-8477-F728FE1DCF25}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2020</a:t>
+              <a:t>05.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -506,128 +526,126 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4468964-C107-4380-8477-F728FE1DCF25}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2020</a:t>
+              <a:t>05.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -678,133 +696,131 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Вертикальный заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6629400" y="274638"/>
             <a:ext cx="2057400" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="6019800" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4468964-C107-4380-8477-F728FE1DCF25}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2020</a:t>
+              <a:t>05.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -850,128 +866,126 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4468964-C107-4380-8477-F728FE1DCF25}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2020</a:t>
+              <a:t>05.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1026,54 +1040,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="4406900"/>
             <a:ext cx="7772400" cy="1362075"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4000" b="1" cap="all"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="2906713"/>
             <a:ext cx="7772400" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000">
@@ -1146,75 +1159,75 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4468964-C107-4380-8477-F728FE1DCF25}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2020</a:t>
+              <a:t>05.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1260,54 +1273,53 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
@@ -1317,82 +1329,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4648200" y="1600200"/>
             <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
@@ -1402,104 +1413,103 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4468964-C107-4380-8477-F728FE1DCF25}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2020</a:t>
+              <a:t>05.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1549,54 +1559,53 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1535113"/>
             <a:ext cx="4040188" cy="639762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -1615,51 +1624,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="2174875"/>
             <a:ext cx="4040188" cy="3951288"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -1671,82 +1680,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Текст 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4645025" y="1535113"/>
             <a:ext cx="4041775" cy="639762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -1765,51 +1773,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Содержимое 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4645025" y="2174875"/>
             <a:ext cx="4041775" cy="3951288"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -1821,104 +1829,103 @@
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4468964-C107-4380-8477-F728FE1DCF25}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2020</a:t>
+              <a:t>05.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1964,76 +1971,75 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4468964-C107-4380-8477-F728FE1DCF25}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2020</a:t>
+              <a:t>05.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2081,51 +2087,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4468964-C107-4380-8477-F728FE1DCF25}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2020</a:t>
+              <a:t>05.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2180,54 +2186,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="273050"/>
             <a:ext cx="3008313" cy="1162050"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3575050" y="273050"/>
             <a:ext cx="5111750" cy="5853113"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
@@ -2237,82 +2242,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1435100"/>
             <a:ext cx="3008313" cy="4691063"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
@@ -2331,75 +2335,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4468964-C107-4380-8477-F728FE1DCF25}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2020</a:t>
+              <a:t>05.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2454,54 +2458,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="4800600"/>
             <a:ext cx="5486400" cy="566738"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="612775"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200"/>
@@ -2581,75 +2584,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4468964-C107-4380-8477-F728FE1DCF25}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2020</a:t>
+              <a:t>05.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2714,156 +2717,154 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E4468964-C107-4380-8477-F728FE1DCF25}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>26.04.2020</a:t>
+              <a:t>05.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3178,59 +3179,59 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject6.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject5.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject4.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject4.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject6.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject5.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -3241,70 +3242,70 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="785786" y="214290"/>
             <a:ext cx="7772400" cy="1470025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" sz="4000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ПЕРЕТРАВЛЕННЯ БІЛКІВ </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="4000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="4000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ТА ЇХ ОБМІН</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="8A005F"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13314" name="Picture 2" descr="https://24tv.ua/resources/photos/news/1200x675_DIR/201808/1022719.jpg?201902114712"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
@@ -3343,111 +3344,70 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4357686" y="1571612"/>
             <a:ext cx="4786314" cy="5286388"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...32 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2050" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6429388" y="5429265"/>
             <a:ext cx="2714612" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
@@ -3455,134 +3415,157 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Рисунок 1 − Перетравлення та всмоктування білків їжі </a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="8A005F"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>у шлунково-кишковому тракті</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="8A005F"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Рисунок 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34FEB35C-83EC-4D61-E29C-C3D1CBEA37B7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="6301103" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1026" name="AutoShape 2" descr="Похожее изображение"/>
           <p:cNvSpPr>
             <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -3717,57 +3700,50 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17410" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
@@ -3796,53 +3772,103 @@
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="17409" name="Object 1"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="285719" y="214290"/>
           <a:ext cx="4696843" cy="928694"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
-            <p:oleObj spid="_x0000_s17409" name="ChemSketch" r:id="rId3" imgW="4190595" imgH="830094" progId="ACD.ChemSketchCDX">
-[...1 lines deleted...]
-            </p:oleObj>
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj spid="_x0000_s17409" name="ChemSketch" r:id="rId2" imgW="4190595" imgH="830094" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId2" imgW="4190595" imgH="830094" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 1"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId3">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="285719" y="214290"/>
+                        <a:ext cx="4696843" cy="928694"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17412" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
@@ -3892,53 +3918,103 @@
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="17413" name="Object 5"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="285719" y="2071678"/>
           <a:ext cx="4696843" cy="928694"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
-            <p:oleObj spid="_x0000_s17413" name="ChemSketch" r:id="rId4" imgW="4190595" imgH="830094" progId="ACD.ChemSketchCDX">
-[...1 lines deleted...]
-            </p:oleObj>
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj spid="_x0000_s17413" name="ChemSketch" r:id="rId4" imgW="4190595" imgH="830094" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId4" imgW="4190595" imgH="830094" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 5"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId5">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="285719" y="2071678"/>
+                        <a:ext cx="4696843" cy="928694"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17416" name="Rectangle 8"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
@@ -3950,53 +4026,103 @@
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="17415" name="Object 7"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2928927" y="3286124"/>
           <a:ext cx="6215074" cy="845972"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
-            <p:oleObj spid="_x0000_s17415" name="ChemSketch" r:id="rId5" imgW="5246606" imgH="717415" progId="ACD.ChemSketchCDX">
-[...1 lines deleted...]
-            </p:oleObj>
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj spid="_x0000_s17415" name="ChemSketch" r:id="rId6" imgW="5246606" imgH="717415" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId6" imgW="5246606" imgH="717415" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 7"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId7">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="2928927" y="3286124"/>
+                        <a:ext cx="6215074" cy="845972"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17418" name="Rectangle 10"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
@@ -4008,53 +4134,103 @@
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="17417" name="Object 9"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="214282" y="4214818"/>
           <a:ext cx="4929222" cy="1785950"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
-            <p:oleObj spid="_x0000_s17417" name="ChemSketch" r:id="rId6" imgW="4449541" imgH="1691262" progId="ACD.ChemSketchCDX">
-[...1 lines deleted...]
-            </p:oleObj>
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj spid="_x0000_s17417" name="ChemSketch" r:id="rId8" imgW="4449541" imgH="1691262" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId8" imgW="4449541" imgH="1691262" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 9"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId9">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="214282" y="4214818"/>
+                        <a:ext cx="4929222" cy="1785950"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17420" name="Rectangle 12"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
@@ -4066,53 +4242,103 @@
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="17419" name="Object 11"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="4000496" y="5857892"/>
           <a:ext cx="4929194" cy="852488"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
-            <p:oleObj spid="_x0000_s17419" name="ChemSketch" r:id="rId7" imgW="4001781" imgH="779834" progId="ACD.ChemSketchCDX">
-[...1 lines deleted...]
-            </p:oleObj>
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj spid="_x0000_s17419" name="ChemSketch" r:id="rId10" imgW="4001781" imgH="779834" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId10" imgW="4001781" imgH="779834" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 11"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId11">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="4000496" y="5857892"/>
+                        <a:ext cx="4929194" cy="852488"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17421" name="Rectangle 13"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
@@ -4124,68 +4350,111 @@
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Object 12"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="4429124" y="1000108"/>
           <a:ext cx="4476752" cy="1042989"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
-            <p:oleObj spid="_x0000_s17420" name="ChemSketch" r:id="rId8" imgW="4192214" imgH="830094" progId="ACD.ChemSketchCDX">
-[...1 lines deleted...]
-            </p:oleObj>
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj spid="_x0000_s17420" name="ChemSketch" r:id="rId12" imgW="4192214" imgH="830094" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId12" imgW="4192214" imgH="830094" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 12"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId13">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="4429124" y="1000108"/>
+                        <a:ext cx="4476752" cy="1042989"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16388" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
@@ -4213,153 +4482,143 @@
           <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Рисунок 2 − </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Орнітиновий</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> цикл (синтез сечовини в печінці)</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="8A005F"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="35841" name="Picture 1"/>
+          <p:cNvPr id="3" name="Рисунок 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BEEB297-97CC-9D0D-EDAB-5FB4F40EB57B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="142844" y="0"/>
-            <a:ext cx="8786874" cy="6500834"/>
+            <a:off x="250125" y="119951"/>
+            <a:ext cx="8621328" cy="6430272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...6 lines deleted...]
-          <a:effectLst/>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -4368,484 +4627,386 @@
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="214282" y="285728"/>
             <a:ext cx="8715436" cy="6357982"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3500" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3500" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Класифікація організмів</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="uk-UA" sz="3500" dirty="0" smtClean="0">
+            <a:endParaRPr lang="uk-UA" sz="3500" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Якщо </a:t>
-[...9 lines deleted...]
-              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" smtClean="0">
+              <a:t>Якщо продуктом обміну білків є </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>сечовина</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>тоді </a:t>
-[...13 lines deleted...]
-              <a:t/>
+              <a:t>тоді ці організми відносяться </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>до</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>уреотелічних</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> (</a:t>
-[...22 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3900" dirty="0" smtClean="0">
+              <a:t> (ссавці, земноводні).</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3900" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="3900" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="3900" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Якщо продуктом обміну білків є </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>сечова кислота</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, тоді ці організми відносяться </a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>до </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>урікотелічних</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>(птахи, </a:t>
-[...8 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3900" dirty="0" smtClean="0">
+              <a:t>(птахи, плазуни, комахи).</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3900" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="3900" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="3900" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Якщо продуктом обміну білків є </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>амоніак</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>тоді </a:t>
-[...13 lines deleted...]
-              <a:t/>
+              <a:t>тоді ці організми відносяться </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>до</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>амоніотелічних</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(прісноводні риби </a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3900" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>та </a:t>
-[...8 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3900" dirty="0" smtClean="0">
+              <a:t>та частина костистих риб).</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3900" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -4864,199 +5025,168 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="8229600" cy="5257800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
-            <a:endParaRPr lang="uk-UA" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="uk-UA" sz="4800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="8A005F"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="uk-UA" sz="4800" b="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="uk-UA" sz="4800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="8A005F"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="uk-UA" sz="4800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="8A005F"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="uk-UA" sz="4800" b="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="uk-UA" sz="4800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="8A005F"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:buNone/>
             </a:pPr>
-            <a:r>
-[...8 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>you for </a:t>
-[...12 lines deleted...]
-              <a:rPr lang="uk-UA" sz="4800" b="1" dirty="0" smtClean="0">
+              <a:t>Thank you for attention</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="4800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="8A005F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>!</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="4800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="8A005F"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="18434" name="Picture 2" descr="Похожее изображение"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="5786454"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -5302,88 +5432,95 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>33</Words>
+  <Words>104</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
   <Paragraphs>17</Paragraphs>
   <Slides>7</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="8" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Использованные шрифты</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Внедренные серверы OLE</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
       <vt:lpstr>ChemSketch</vt:lpstr>
-      <vt:lpstr>ACD/ChemSketch</vt:lpstr>
       <vt:lpstr>ПЕРЕТРАВЛЕННЯ БІЛКІВ  ТА ЇХ ОБМІН</vt:lpstr>
-      <vt:lpstr>Слайд 2</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>Слайд 7</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>*Питер-Company*</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Слайд 1</dc:title>
   <dc:creator>Дмитрий Каленюк</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>