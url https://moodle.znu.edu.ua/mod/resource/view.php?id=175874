--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -1,96 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId14"/>
+    <p:notesMasterId r:id="rId16"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
-    <p:sldId id="257" r:id="rId3"/>
-[...9 lines deleted...]
-    <p:sldId id="262" r:id="rId13"/>
+    <p:sldId id="269" r:id="rId3"/>
+    <p:sldId id="270" r:id="rId4"/>
+    <p:sldId id="257" r:id="rId5"/>
+    <p:sldId id="260" r:id="rId6"/>
+    <p:sldId id="258" r:id="rId7"/>
+    <p:sldId id="259" r:id="rId8"/>
+    <p:sldId id="265" r:id="rId9"/>
+    <p:sldId id="261" r:id="rId10"/>
+    <p:sldId id="268" r:id="rId11"/>
+    <p:sldId id="266" r:id="rId12"/>
+    <p:sldId id="263" r:id="rId13"/>
+    <p:sldId id="264" r:id="rId14"/>
+    <p:sldId id="262" r:id="rId15"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -145,58 +149,85 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="006600"/>
   </p:clrMru>
+  <p:extLst>
+    <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+    </p:ext>
+    <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+    </p:ext>
+    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+    </p:ext>
+  </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 - акцент 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
@@ -707,92 +738,84 @@
               <a:noFill/>
             </a:ln>
           </a:bottom>
           <a:insideH>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:insideH>
           <a:insideV>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr showOutlineIcons="0">
+  <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="68" d="100"/>
-          <a:sy n="68" d="100"/>
+          <a:sx n="76" d="100"/>
+          <a:sy n="76" d="100"/>
         </p:scale>
-        <p:origin x="-1134" y="-96"/>
+        <p:origin x="1484" y="55"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="73736200" cy="73736200"/>
+  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -838,51 +861,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{52A098B2-ACBA-47E0-B202-A020EB36D54E}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="685800"/>
             <a:ext cx="4572000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -904,82 +927,81 @@
           <p:cNvPr id="5" name="Заметки 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
@@ -1186,54 +1208,53 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="2130425"/>
             <a:ext cx="7772400" cy="1470025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="3886200"/>
             <a:ext cx="6400800" cy="1752600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
@@ -1305,76 +1326,75 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D6D27BB-7051-49FD-AB89-A5836B40C3EA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1420,128 +1440,126 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D6D27BB-7051-49FD-AB89-A5836B40C3EA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1592,133 +1610,131 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Вертикальный заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6629400" y="274638"/>
             <a:ext cx="2057400" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="6019800" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D6D27BB-7051-49FD-AB89-A5836B40C3EA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1764,128 +1780,126 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D6D27BB-7051-49FD-AB89-A5836B40C3EA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1940,54 +1954,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="4406900"/>
             <a:ext cx="7772400" cy="1362075"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4000" b="1" cap="all"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="2906713"/>
             <a:ext cx="7772400" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000">
@@ -2060,75 +2073,75 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D6D27BB-7051-49FD-AB89-A5836B40C3EA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2174,54 +2187,53 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
@@ -2231,82 +2243,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4648200" y="1600200"/>
             <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
@@ -2316,104 +2327,103 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D6D27BB-7051-49FD-AB89-A5836B40C3EA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2463,54 +2473,53 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1535113"/>
             <a:ext cx="4040188" cy="639762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -2529,51 +2538,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="2174875"/>
             <a:ext cx="4040188" cy="3951288"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -2585,82 +2594,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Текст 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4645025" y="1535113"/>
             <a:ext cx="4041775" cy="639762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -2679,51 +2687,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Содержимое 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4645025" y="2174875"/>
             <a:ext cx="4041775" cy="3951288"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -2735,104 +2743,103 @@
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D6D27BB-7051-49FD-AB89-A5836B40C3EA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2878,76 +2885,75 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D6D27BB-7051-49FD-AB89-A5836B40C3EA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2995,51 +3001,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D6D27BB-7051-49FD-AB89-A5836B40C3EA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3094,54 +3100,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="273050"/>
             <a:ext cx="3008313" cy="1162050"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3575050" y="273050"/>
             <a:ext cx="5111750" cy="5853113"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
@@ -3151,82 +3156,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1435100"/>
             <a:ext cx="3008313" cy="4691063"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
@@ -3245,75 +3249,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D6D27BB-7051-49FD-AB89-A5836B40C3EA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3368,54 +3372,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="4800600"/>
             <a:ext cx="5486400" cy="566738"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="612775"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200"/>
@@ -3495,75 +3498,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D6D27BB-7051-49FD-AB89-A5836B40C3EA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3628,156 +3631,154 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5D6D27BB-7051-49FD-AB89-A5836B40C3EA}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>01.05.2020</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -4088,746 +4089,2558 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject9.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject8.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject10.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject7.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject5.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject4.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject6.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject10.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject9.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject8.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject7.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject4.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject5.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="285720" y="0"/>
-            <a:ext cx="8643998" cy="857256"/>
+            <a:off x="298191" y="102920"/>
+            <a:ext cx="8643998" cy="611435"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ПЕРЕТРАВЛЕННЯ ЛІПІДІВ ТА ЇХ ОБМІН</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Прямоугольник 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6660232" y="714355"/>
+            <a:ext cx="2340924" cy="2031325"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" altLang="ru-UA" sz="1800" b="1" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="202124"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Знання людей завжди пропорційні їхньому бажанню вчитися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" altLang="ru-UA" sz="400" b="1" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" altLang="ru-UA" sz="1400" b="1" i="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" i="1" dirty="0">
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:endParaRPr lang="ru-UA" i="1" dirty="0">
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Клод </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гельвец</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" i="1" dirty="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>й </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A22FCEA-FB80-60C3-0673-876A6CA86F4F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="102920"/>
+            <a:ext cx="65" cy="251359"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F8F9FA"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="none" lIns="0" tIns="-12696" rIns="0" bIns="-12696" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="uk-UA" altLang="ru-UA" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="1030" name="Picture 6" descr="Похожее изображение"/>
+          <p:cNvPr id="11" name="Рисунок 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F05A111E-79FC-0176-3F22-F1DA324A23A7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2534573" y="760508"/>
+            <a:ext cx="4171234" cy="3128426"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Рисунок 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16D30999-9C27-6785-A141-91970BC0E70E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5148064" y="3887661"/>
+            <a:ext cx="3995936" cy="2996952"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Рисунок 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F180DD55-17BC-7441-DDAE-DA1905141C29}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="3833874"/>
+            <a:ext cx="4276539" cy="3001734"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Рисунок 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5114A383-66CA-7AD8-0E75-6A96CB3F8070}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="237221" y="811114"/>
+            <a:ext cx="2010934" cy="2767523"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3775CF1F-D2B3-BB86-3B5C-2BB98C7ED4C2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4076163" y="3645024"/>
+            <a:ext cx="1582600" cy="1563300"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="27650" name="Picture 2" descr="Цікаві факти про ліпіди">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A62156CB-B6BE-5D06-7A84-73B7992366DB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7842628" y="2745680"/>
+            <a:ext cx="1211595" cy="1404349"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="142844" y="6429396"/>
+            <a:ext cx="9001156" cy="428604"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Рисунок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>7</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> − β-Окиснення вищих жирних кислот (4-6) (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Кнооп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, 1904 р.) </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Содержимое 3"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="214282" y="19073"/>
+          <a:ext cx="8715436" cy="6387964"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="581002">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="8134434">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="1944073">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="006600"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:endParaRPr lang="uk-UA" dirty="0"/>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:endParaRPr lang="uk-UA" dirty="0"/>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:endParaRPr lang="uk-UA" dirty="0"/>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>           </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" err="1">
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>еноїл-КоА</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>                                        </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>β-оксиацил-КоА</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> (3-гідроксиацил-КоА)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>                                 </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> – </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" kern="1200" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>еноїл-КоА-гідратаза</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1822611">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="006600"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="006600"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:endParaRPr lang="uk-UA" sz="1600" dirty="0">
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:endParaRPr lang="uk-UA" sz="1600" dirty="0">
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>β-оксиацил-КоА</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> (3-гідроксиацил-КоА)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>      </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>β-оксоацил-КоА</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> (3-гідроксоацил-КоА)</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPct val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPct val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>                                        5 –</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> 3-гідроксиацил-КоА-дегідрогеназа</a:t>
+                      </a:r>
+                      <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="2572201">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="006600"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="006600"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="uk-UA" dirty="0"/>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="uk-UA" dirty="0"/>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="uk-UA" dirty="0"/>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>         </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>β-оксоацил-КоА</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> (3-гідроксоацил-КоА)</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" normalizeH="0" baseline="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" normalizeH="0" baseline="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" normalizeH="0" baseline="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just"/>
+                      <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" normalizeH="0" baseline="0" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>                             </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>ацил-КоА</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>              </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>ацетил-КоА</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>                          </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>6 –</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" kern="1200" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>ацетил-КоА-ацилтрансфераза</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5122" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25608" name="Rectangle 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25610" name="Rectangle 10"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25613" name="Rectangle 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="25615" name="Object 15"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5286380" y="2143116"/>
+          <a:ext cx="3460750" cy="731837"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="ChemSketch" r:id="rId2" imgW="3460694" imgH="731196" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId2" imgW="3460694" imgH="731196" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 15"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId3">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="5286380" y="2143116"/>
+                        <a:ext cx="3460750" cy="731837"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:schemeClr val="accent1"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:schemeClr val="bg2"/>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25618" name="Rectangle 18"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="25620" name="Object 20"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="928662" y="5286388"/>
+          <a:ext cx="4598987" cy="573087"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="ChemSketch" r:id="rId4" imgW="4599243" imgH="572581" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId4" imgW="4599243" imgH="572581" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 20"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId5">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="928662" y="5286388"/>
+                        <a:ext cx="4598987" cy="573087"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:schemeClr val="accent1"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:schemeClr val="bg2"/>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="25621" name="Object 21"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="928662" y="0"/>
+          <a:ext cx="6554788" cy="820737"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="ChemSketch" r:id="rId6" imgW="6554279" imgH="820906" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId6" imgW="6554279" imgH="820906" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 21"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId7">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="928662" y="0"/>
+                        <a:ext cx="6554788" cy="820737"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:schemeClr val="accent1"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:schemeClr val="bg2"/>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="25622" name="Object 22"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="857224" y="2071678"/>
+          <a:ext cx="4383087" cy="849313"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="ChemSketch" r:id="rId8" imgW="4382377" imgH="849819" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId8" imgW="4382377" imgH="849819" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 22"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId9">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="857224" y="2071678"/>
+                        <a:ext cx="4383087" cy="849313"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:schemeClr val="accent1"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:schemeClr val="bg2"/>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="25623" name="Object 23"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="928662" y="3929066"/>
+          <a:ext cx="4389437" cy="793750"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="ChemSketch" r:id="rId10" imgW="4390199" imgH="793615" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId10" imgW="4390199" imgH="793615" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 23"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId11">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="928662" y="3929066"/>
+                        <a:ext cx="4389437" cy="793750"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:schemeClr val="accent1"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:schemeClr val="bg2"/>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Содержимое 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="26626" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="285720" y="3071810"/>
-            <a:ext cx="2571768" cy="2545632"/>
+            <a:off x="1" y="0"/>
+            <a:ext cx="9144000" cy="6867525"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...77 lines deleted...]
-      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="142844" y="274638"/>
             <a:ext cx="9001156" cy="1368412"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Сумарне</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>рівняння</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>β-окис</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2000" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>н</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ення</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>активованої</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>кислоти</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2000" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Пальм</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>і</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>то</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>і</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>л-КоА</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> + 7 ФАД</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" b="1" baseline="30000" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2000" b="1" baseline="30000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>+</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
-[...19 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" baseline="-25000" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> + 7 Н</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" baseline="-25000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>O</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
-[...19 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" baseline="30000" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> + 7 НАД</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" baseline="30000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>+</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
-[...29 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> + 7 Н</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>S</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>КоА</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> =</a:t>
             </a:r>
-            <a:r>
-[...8 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>= </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>8 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Ацетил-КоА</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> + 7 ФАДН</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" b="1" baseline="-25000" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2000" b="1" baseline="-25000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> + 7 НАДН</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" b="1" baseline="-25000" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2000" b="1" baseline="-25000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
@@ -4936,123 +6749,146 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Рисунок 7 – Розрахунок енергетичного балансу </a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:t>Рисунок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-            </a:br>
-[...1 lines deleted...]
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:t>8</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t> – Розрахунок енергетичного балансу </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>окиснення пальмітинової кислоти</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21506" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
@@ -5142,341 +6978,349 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Рис</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>унок</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>8 </a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:t>9</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>− </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>С</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>интез</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестер</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>олу</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(загальна схема)</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="214282" y="214290"/>
             <a:ext cx="8715436" cy="6429420"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="006600"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:prstTxWarp prst="textButtonPour">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="5400" b="1" cap="none" spc="0" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="5400" b="1" cap="none" spc="0" dirty="0">
                 <a:ln w="19050">
                   <a:solidFill>
                     <a:schemeClr val="tx2">
                       <a:tint val="1000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:prstDash val="solid"/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="50000" dist="50800" dir="7500000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:shade val="5000"/>
                       <a:alpha val="35000"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ДЯКУЮ ЗА УВАГУ!</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="5400" b="1" cap="none" spc="0" dirty="0">
@@ -5512,61 +7356,338 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2714612" y="3857628"/>
             <a:ext cx="4341299" cy="2714620"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63E24E0C-A754-388D-C03B-272A15E21185}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="827584" y="97247"/>
+            <a:ext cx="7846328" cy="6741368"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4206812579"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9D5BF51-1FD6-C899-DDCB-6C718DACCCD3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="529208" y="5593897"/>
+            <a:ext cx="8229600" cy="1040979"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Рисунок 1 − </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Вміст</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>деяких</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>насичених</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жирних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> кислот у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>рослинних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тваринних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> жирах</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C812DBC-47D7-6252-307F-AC37A9A51C17}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="683568" y="243225"/>
+            <a:ext cx="7931224" cy="5054435"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3388126388"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -5575,159 +7696,135 @@
           <a:xfrm>
             <a:off x="6286512" y="0"/>
             <a:ext cx="2857488" cy="1500174"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Рисунок 1 – </a:t>
+              <a:t>Рисунок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ліпідів та їх всмоктування </a:t>
+              <a:t>Перетравлення ліпідів та їх всмоктування </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>у шлунково-кишковому тракті</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...32 lines deleted...]
-      </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14339" name="Picture 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6072198" y="3286124"/>
             <a:ext cx="3071802" cy="1928826"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14340" name="Rectangle 4"/>
@@ -5757,420 +7854,500 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Рисунок 2 − Специфічність дії фосфоліпази А</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="-30000" dirty="0" smtClean="0">
+              <a:t>Рисунок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-UA" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>1</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>, А</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="-30000" dirty="0" smtClean="0">
+              <a:t> − Специфічність дії фосфоліпази А</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="-30000" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>2</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>, С, </a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:t>, А</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="-30000" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, С, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>D</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="en-US" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10241" name="Picture 1" descr="ьим"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:grayscl/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6072198" y="1571612"/>
             <a:ext cx="3071802" cy="1425173"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C02F5CCC-CF69-F2C2-4B12-811341D61169}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="24695" y="38718"/>
+            <a:ext cx="6047503" cy="6801799"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="214282" y="0"/>
             <a:ext cx="8929718" cy="654032"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Таблиця 1 − Структури ж</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>овчн</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>их</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> кислот </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>людини</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Содержимое 7"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="0" y="857232"/>
           <a:ext cx="9144032" cy="5786478"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="2232430"/>
-[...2 lines deleted...]
-                <a:gridCol w="2286016"/>
+                <a:gridCol w="2232430">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2232430">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2393156">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2286016">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
               </a:tblGrid>
               <a:tr h="2928958">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
               <a:tr h="2857520">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16387" name="Рисунок 25"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="1285860"/>
             <a:ext cx="2214546" cy="1714512"/>
           </a:xfrm>
@@ -6320,71 +8497,71 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2) Д</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>езоксихолев</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="1600" b="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="1600" b="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>а </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>кислот</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="1600" b="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="1600" b="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>а</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16389" name="Рисунок 28"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
@@ -6806,51 +8983,51 @@
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>6) Г</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1300" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>л</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="1300" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>і</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1300" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1300" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>кохено-дезоксихолев</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="1300" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>а</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1300" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
@@ -6910,91 +9087,91 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Прямоугольник 21"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4786315" y="5715016"/>
             <a:ext cx="1857388" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>7) Т</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>аурохолев</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>а</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> кислот</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>а</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16394" name="Рисунок 46"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
@@ -7034,74 +9211,74 @@
             <a:off x="7000892" y="5643578"/>
             <a:ext cx="2143108" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="uk-UA" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>8) Т</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>аурохено</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>дезоксихолев</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>а</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
@@ -7111,134 +9288,127 @@
             <a:r>
               <a:rPr lang="uk-UA" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>а</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5572140"/>
             <a:ext cx="8229600" cy="1071570"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>− </a:t>
-[...9 lines deleted...]
-              <a:t>Гідроліз </a:t>
+              <a:t>Рисунок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> − Гідроліз </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>триацилгцеролів</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> (ТАГ) </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
@@ -7294,193 +9464,216 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="357158" y="0"/>
             <a:ext cx="8358246" cy="5572140"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5715016"/>
             <a:ext cx="8229600" cy="928694"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Рисунок 4 − Схема окиснення </a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="uk-UA" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1" smtClean="0">
+              <a:t>Рисунок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-UA" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>гліцеролу</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="uk-UA" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:t>5</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="ru-RU" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:t> − Схема окиснення </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>(</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="uk-UA" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:t>гліцеролу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>загальна схема</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="ru-RU" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>загальна схема</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="17409" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -7490,61 +9683,54 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="214282" y="214290"/>
             <a:ext cx="8929718" cy="5429288"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -7562,81 +9748,101 @@
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="142844" y="6143644"/>
             <a:ext cx="9001156" cy="571504"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
-[...9 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Рисунок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – Транспорт ВЖК у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>присутності</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>карнітину</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2600" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23554" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
@@ -7649,773 +9855,759 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="5929330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="6429396"/>
             <a:ext cx="9001156" cy="428604"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...8 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="3100" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>− β-Окиснення вищих жирних </a:t>
-[...22 lines deleted...]
-              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+              <a:t>Рисунок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>7</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="006600"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> − β-Окиснення вищих жирних кислот (1-3) (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Кнооп</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="006600"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, 1904 р.) </a:t>
-            </a:r>
-[...5 lines deleted...]
-              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="214282" y="19073"/>
           <a:ext cx="8715436" cy="6508521"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="581002"/>
-                <a:gridCol w="8134434"/>
+                <a:gridCol w="581002">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="8134434">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
               </a:tblGrid>
               <a:tr h="862981">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="006600"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
-[...5 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>     ВЖК                                                 </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ацил-КоА</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>              </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> – </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ацил-КоА-синтетаза</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
               <a:tr h="3184101">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="006600"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>2</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:endParaRPr lang="ru-RU" b="1" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="006600"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ацил-КоА</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>                             </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>карнітин</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>                                            </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" err="1">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ацилкарнітин</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> (в</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" b="1" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" b="1" baseline="0" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> цитоплазмі</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>)</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>2</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> − </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" kern="1200" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" kern="1200">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>карнітинацилтрансфераза</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
               <a:tr h="2363241">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="006600"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:endParaRPr lang="ru-RU" b="1" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="006600"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:endParaRPr lang="uk-UA" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:endParaRPr lang="uk-UA" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
-                      <a:endParaRPr lang="uk-UA" dirty="0" smtClean="0"/>
+                      <a:endParaRPr lang="uk-UA" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>         </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" err="1">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ацил-КоА</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1600" b="1" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="uk-UA" sz="1600" b="1" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="uk-UA" sz="1600" b="1" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="uk-UA" sz="1600" b="1" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="uk-UA" sz="1600" b="1" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="uk-UA" sz="1600" b="1" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just"/>
-                      <a:endParaRPr lang="uk-UA" sz="1600" b="1" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="uk-UA" sz="1600" b="1" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" b="1" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" b="1" baseline="0" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>                              </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" err="1">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>еноїл-КоА</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>                                          </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" b="1" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> – </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1600" kern="1200" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1600" kern="1200" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ацил-КоА-дегідрогеназа</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1600" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5122" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
@@ -8429,113 +10621,382 @@
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5121" name="Object 1"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1000100" y="142852"/>
           <a:ext cx="5943600" cy="371475"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
-            <p:oleObj spid="_x0000_s5121" name="ChemSketch" r:id="rId3" imgW="6219269" imgH="391268" progId="ACD.ChemSketchCDX">
-[...1 lines deleted...]
-            </p:oleObj>
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="ChemSketch" r:id="rId2" imgW="6219269" imgH="391268" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId2" imgW="6219269" imgH="391268" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 1"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId3">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="1000100" y="142852"/>
+                        <a:ext cx="5943600" cy="371475"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5124" name="Object 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1000100" y="2357430"/>
           <a:ext cx="4735513" cy="1309687"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
-            <p:oleObj spid="_x0000_s5124" name="ChemSketch" r:id="rId4" imgW="4735999" imgH="1308911" progId="ACD.ChemSketchCDX">
-[...1 lines deleted...]
-            </p:oleObj>
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="ChemSketch" r:id="rId4" imgW="4735999" imgH="1308911" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId4" imgW="4735999" imgH="1308911" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 4"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId5">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="1000100" y="2357430"/>
+                        <a:ext cx="4735513" cy="1309687"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:schemeClr val="accent1"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:schemeClr val="bg2"/>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5127" name="Object 7"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="857224" y="5286388"/>
           <a:ext cx="4370387" cy="501650"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
-            <p:oleObj spid="_x0000_s5127" name="ChemSketch" r:id="rId5" imgW="4370508" imgH="502326" progId="ACD.ChemSketchCDX">
-[...1 lines deleted...]
-            </p:oleObj>
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="ChemSketch" r:id="rId6" imgW="4370508" imgH="502326" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId6" imgW="4370508" imgH="502326" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 7"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId7">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="857224" y="5286388"/>
+                        <a:ext cx="4370387" cy="501650"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:schemeClr val="accent1"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:schemeClr val="bg2"/>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5128" name="Object 8"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="857224" y="1000108"/>
           <a:ext cx="5414963" cy="966787"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
-            <p:oleObj spid="_x0000_s5128" name="ChemSketch" r:id="rId6" imgW="5414381" imgH="966011" progId="ACD.ChemSketchCDX">
-[...1 lines deleted...]
-            </p:oleObj>
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="ChemSketch" r:id="rId8" imgW="5414381" imgH="966011" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId8" imgW="5414381" imgH="966011" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 8"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId9">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="857224" y="1000108"/>
+                        <a:ext cx="5414963" cy="966787"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:schemeClr val="accent1"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:schemeClr val="bg2"/>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5130" name="Rectangle 10"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
@@ -8547,1295 +11008,111 @@
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5129" name="Object 9"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="857224" y="4286256"/>
           <a:ext cx="4181475" cy="552450"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
-            <p:oleObj spid="_x0000_s5129" name="ChemSketch" r:id="rId7" imgW="4176839" imgH="556098" progId="ACD.ChemSketchCDX">
-[...1 lines deleted...]
-            </p:oleObj>
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="ChemSketch" r:id="rId10" imgW="4176839" imgH="556098" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="ChemSketch" r:id="rId10" imgW="4176839" imgH="556098" progId="ACD.ChemSketchCDX">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Picture 9"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId11">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="857224" y="4286256"/>
+                        <a:ext cx="4181475" cy="552450"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...1232 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -10364,92 +11641,102 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>249</Words>
+  <Words>331</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>82</Paragraphs>
-  <Slides>12</Slides>
+  <Paragraphs>83</Paragraphs>
+  <Slides>14</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="8" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Использованные шрифты</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Внедренные серверы OLE</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>12</vt:i4>
+        <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="14" baseType="lpstr">
+    <vt:vector size="18" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
       <vt:lpstr>ChemSketch</vt:lpstr>
       <vt:lpstr>ПЕРЕТРАВЛЕННЯ ЛІПІДІВ ТА ЇХ ОБМІН</vt:lpstr>
-      <vt:lpstr>Слайд 2</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Таблиця 1 − Структури жовчних кислот людини </vt:lpstr>
-      <vt:lpstr>Слайд 4</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>Слайд 9</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr> Рисунок 7 − β-Окиснення вищих жирних кислот (1-3) (Кнооп, 1904 р.)  </vt:lpstr>
+      <vt:lpstr>Рисунок 7 − β-Окиснення вищих жирних кислот (4-6) (Кнооп, 1904 р.)  </vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Сумарне рівняння β-окиснення активованої кислоти:   Пальмітоіл-КоА + 7 ФАД+ + 7 Н2O + 7 НАД+ + 7 НS-КоА = = 8 Ацетил-КоА + 7 ФАДН2 + 7 НАДН2  </vt:lpstr>
-      <vt:lpstr>Слайд 11</vt:lpstr>
-      <vt:lpstr>Слайд 12</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>*Питер-Company*</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ПЕРЕТРАВЛЕННЯ ЛІПІДІВ  ТА ЇХ ОБМІН</dc:title>
   <dc:creator>Дмитрий Каленюк</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>