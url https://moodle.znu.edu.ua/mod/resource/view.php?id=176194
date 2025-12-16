--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -1,84 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...15 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-[...8 lines deleted...]
-    <p:sldId id="262" r:id="rId11"/>
+    <p:sldId id="259" r:id="rId2"/>
+    <p:sldId id="260" r:id="rId3"/>
+    <p:sldId id="261" r:id="rId4"/>
+    <p:sldId id="263" r:id="rId5"/>
+    <p:sldId id="264" r:id="rId6"/>
+    <p:sldId id="265" r:id="rId7"/>
+    <p:sldId id="262" r:id="rId8"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -133,59 +127,86 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="FF3300"/>
     <a:srgbClr val="EBE600"/>
   </p:clrMru>
+  <p:extLst>
+    <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+    </p:ext>
+    <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+    </p:ext>
+    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+    </p:ext>
+  </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 - акцент 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
@@ -506,84 +527,134 @@
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent6"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr showOutlineIcons="0">
+  <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="68" d="100"/>
-          <a:sy n="68" d="100"/>
+          <a:sx n="63" d="100"/>
+          <a:sy n="63" d="100"/>
         </p:scale>
-        <p:origin x="-1134" y="-96"/>
+        <p:origin x="1380" y="72"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="73736200" cy="73736200"/>
+  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+</file>
+
+<file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
+<pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
+  <pc:docChgLst>
+    <pc:chgData name="Viktoriia Gencheva" userId="ba66cf438123fe05" providerId="LiveId" clId="{C55B2AA9-B510-497C-B362-6D8BFAA80C23}"/>
+    <pc:docChg chg="custSel delSld modSld">
+      <pc:chgData name="Viktoriia Gencheva" userId="ba66cf438123fe05" providerId="LiveId" clId="{C55B2AA9-B510-497C-B362-6D8BFAA80C23}" dt="2021-04-05T19:17:48.077" v="6" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Viktoriia Gencheva" userId="ba66cf438123fe05" providerId="LiveId" clId="{C55B2AA9-B510-497C-B362-6D8BFAA80C23}" dt="2021-04-05T19:17:24.232" v="0" actId="2696"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="256"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Viktoriia Gencheva" userId="ba66cf438123fe05" providerId="LiveId" clId="{C55B2AA9-B510-497C-B362-6D8BFAA80C23}" dt="2021-04-05T19:17:26.193" v="1" actId="2696"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="257"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Viktoriia Gencheva" userId="ba66cf438123fe05" providerId="LiveId" clId="{C55B2AA9-B510-497C-B362-6D8BFAA80C23}" dt="2021-04-05T19:17:28.744" v="2" actId="2696"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Viktoriia Gencheva" userId="ba66cf438123fe05" providerId="LiveId" clId="{C55B2AA9-B510-497C-B362-6D8BFAA80C23}" dt="2021-04-05T19:17:48.077" v="6" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="262"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Viktoriia Gencheva" userId="ba66cf438123fe05" providerId="LiveId" clId="{C55B2AA9-B510-497C-B362-6D8BFAA80C23}" dt="2021-04-05T19:17:48.077" v="6" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="262"/>
+            <ac:spMk id="3" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+</pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -624,54 +695,53 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="2130425"/>
             <a:ext cx="7772400" cy="1470025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="3886200"/>
             <a:ext cx="6400800" cy="1752600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
@@ -743,76 +813,75 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C43DB98-3FB5-4FD4-9B10-11FCC680AFD5}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>11.05.2020</a:t>
+              <a:t>05.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -858,128 +927,126 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C43DB98-3FB5-4FD4-9B10-11FCC680AFD5}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>11.05.2020</a:t>
+              <a:t>05.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1030,133 +1097,131 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Вертикальный заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6629400" y="274638"/>
             <a:ext cx="2057400" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="6019800" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C43DB98-3FB5-4FD4-9B10-11FCC680AFD5}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>11.05.2020</a:t>
+              <a:t>05.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1202,128 +1267,126 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C43DB98-3FB5-4FD4-9B10-11FCC680AFD5}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>11.05.2020</a:t>
+              <a:t>05.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1378,54 +1441,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="4406900"/>
             <a:ext cx="7772400" cy="1362075"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4000" b="1" cap="all"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="2906713"/>
             <a:ext cx="7772400" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000">
@@ -1498,75 +1560,75 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C43DB98-3FB5-4FD4-9B10-11FCC680AFD5}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>11.05.2020</a:t>
+              <a:t>05.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1612,54 +1674,53 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
@@ -1669,82 +1730,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4648200" y="1600200"/>
             <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
@@ -1754,104 +1814,103 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C43DB98-3FB5-4FD4-9B10-11FCC680AFD5}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>11.05.2020</a:t>
+              <a:t>05.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1901,54 +1960,53 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1535113"/>
             <a:ext cx="4040188" cy="639762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -1967,51 +2025,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="2174875"/>
             <a:ext cx="4040188" cy="3951288"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -2023,82 +2081,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Текст 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4645025" y="1535113"/>
             <a:ext cx="4041775" cy="639762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -2117,51 +2174,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Содержимое 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4645025" y="2174875"/>
             <a:ext cx="4041775" cy="3951288"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -2173,104 +2230,103 @@
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C43DB98-3FB5-4FD4-9B10-11FCC680AFD5}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>11.05.2020</a:t>
+              <a:t>05.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2316,76 +2372,75 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C43DB98-3FB5-4FD4-9B10-11FCC680AFD5}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>11.05.2020</a:t>
+              <a:t>05.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2433,51 +2488,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C43DB98-3FB5-4FD4-9B10-11FCC680AFD5}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>11.05.2020</a:t>
+              <a:t>05.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2532,54 +2587,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="273050"/>
             <a:ext cx="3008313" cy="1162050"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3575050" y="273050"/>
             <a:ext cx="5111750" cy="5853113"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
@@ -2589,82 +2643,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1435100"/>
             <a:ext cx="3008313" cy="4691063"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
@@ -2683,75 +2736,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C43DB98-3FB5-4FD4-9B10-11FCC680AFD5}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>11.05.2020</a:t>
+              <a:t>05.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2806,54 +2859,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="4800600"/>
             <a:ext cx="5486400" cy="566738"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="612775"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200"/>
@@ -2933,75 +2985,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3C43DB98-3FB5-4FD4-9B10-11FCC680AFD5}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>11.05.2020</a:t>
+              <a:t>05.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3066,156 +3118,154 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{3C43DB98-3FB5-4FD4-9B10-11FCC680AFD5}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>11.05.2020</a:t>
+              <a:t>05.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3526,1849 +3576,644 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...1184 lines deleted...]
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Визначення</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>концентрації</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>загального</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестеролу</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>в</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>біологічних</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>рідинах</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(за</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>методом</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" cap="all" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Ілька)</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2600" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF3300"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="4143380"/>
             <a:ext cx="9144000" cy="2714620"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3100" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Мета роботи</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3100" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3100" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>засвоїти метод визначення концентрації </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3100" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестеролу</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3100" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> в біологічних рідинах за методом Ілька.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3100" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Практичне значення роботи: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3100" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>найчастіше показником ліпідного обміну </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="3100" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3100" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>є концентрація </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3100" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестеролу</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3100" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="3100" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3100" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="3100" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>який може накопичуватися в крові.</a:t>
             </a:r>
-            <a:endParaRPr lang="uk-UA" sz="3100" b="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="uk-UA" sz="3100" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF3300"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="uk-UA" sz="3000" dirty="0" smtClean="0">
+            <a:endParaRPr lang="uk-UA" sz="3000" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="3000" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="3000" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="3000" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="3000" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4098" name="Picture 2" descr="Обмен холестерола"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2143108" y="1428736"/>
             <a:ext cx="4572000" cy="2396650"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="357158" y="0"/>
             <a:ext cx="8358246" cy="3929089"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Підвищення концентрації </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестеролу</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>спостерігається при атеросклерозі, цукровому діабеті, вроджених порушеннях обміну, захворюваннях печінки.</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3074" name="Picture 2" descr="Похожее изображение"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
@@ -5394,1077 +4239,1078 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="2500306"/>
             <a:ext cx="4071934" cy="3143272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="142852"/>
             <a:ext cx="9144000" cy="6500858"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Реактиви: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>- реагент на </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестерол</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(карбоновий ангідрид – 75-85%, оцтова кислота –15-25%);</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>- калібрувальний розчин </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестеролу</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>4,665±0,2328 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ммоль</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>/л)</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - концентрована сульфатна кислота;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>- дистильована вода;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>- фізіологічний розчин (0,9%-й розчин натрій хлориду).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="6400" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="6400" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Приготування робочих розчинів</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="6400" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="6400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF3300"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Робочий розчин.</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Вміст флакона з реактивом на </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестерол</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> перенести </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>в термостійку колбу на 200 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>мл</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>та поступово додати при охолодженні холодною водою </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>та перемішуванні 9 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>мл</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> сульфатної кислоти із флакона. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Отриманий реактив має бути </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>безбарвним</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> або </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>блідо-жовтим</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+            <a:endParaRPr lang="uk-UA" sz="6400" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Зберігається він протягом </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>одного тижня </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>у холодильнику в склянці з темного скла </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>з добре притертою скляною пробкою. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Непридатним для використання реактив стає в разі набуття жовтого забарвлення. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="6400" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="6400" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Калібрувальний розчин </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестеролу</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>– придатний до використання.</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="6400" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="6400" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Після відкриття ампули реактив зберігають у холодильнику в посуді </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>з добре притертою скляною або пластмасовою пробкою. </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6400" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="6400" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>При зберіганні в герметичній ємності розчин стійкий. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="4000" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="4000" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="4000" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" sz="4000" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="142844" y="500042"/>
             <a:ext cx="8543956" cy="5626121"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Принцип методу:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестерол</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> у присутності карбонового ангідриду та суміші оцтової та сульфатної кислот утворює комплекс </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>зеленого кольору,  </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>що визначається </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>фотометрично</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>при довжині хвилі </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>590-630 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>нм</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="00B050"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="214282" y="0"/>
             <a:ext cx="8929718" cy="1071546"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="uk-UA" sz="2700" b="1" dirty="0" smtClean="0">
+            <a:br>
+              <a:rPr lang="uk-UA" sz="2700" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF3300"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Робоча схема проведення досліду з визначення концентрації </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF3300"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>холетеролу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF3300"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в біологічних рідинах за методом Ілька</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" sz="2700" b="1" dirty="0" smtClean="0">
-[...42 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:rPr lang="ru-RU" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Содержимое 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="214276" y="1000107"/>
           <a:ext cx="8715443" cy="4640608"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{93296810-A885-4BE3-A3E7-6D5BEEA58F35}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="1083483"/>
-[...4 lines deleted...]
-                <a:gridCol w="1357323"/>
+                <a:gridCol w="1083483">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1583543">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1690695">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1452574">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1547825">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20004"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1357323">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20005"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
               </a:tblGrid>
               <a:tr h="571504">
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="uk-UA" sz="1400" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Робочий розчин</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
                         <a:solidFill>
@@ -6693,72 +5539,61 @@
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="uk-UA" sz="1400" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>що </a:t>
-[...10 lines deleted...]
-                        <a:t>аналізується</a:t>
+                        <a:t>що аналізується</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1400" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>(сироватка)</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
@@ -6791,103 +5626,108 @@
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>)</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1400" b="1" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Показники оптичної </a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1400" b="1" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>щільності</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
               <a:tr h="571504">
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
@@ -7038,85 +5878,79 @@
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="uk-UA" sz="1400" b="1" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ної</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="uk-UA" sz="1400" b="1" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
-[...10 lines deleted...]
-                        <a:t>проби</a:t>
+                        <a:t> проби</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
               <a:tr h="571504">
                 <a:tc gridSpan="6">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1800" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1800" b="1" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Холоста проба (контрольна проба)</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" b="1" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
@@ -7140,50 +5974,55 @@
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
               <a:tr h="571504">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>4,30</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
                         <a:solidFill>
@@ -7340,60 +6179,65 @@
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>−</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
               <a:tr h="571504">
                 <a:tc gridSpan="6">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1800" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1800" b="1" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Калібрувальна проба</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" b="1" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
@@ -7417,50 +6261,55 @@
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
               <a:tr h="571504">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>4,30</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
@@ -7538,103 +6387,103 @@
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>−</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>0,243</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>−</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
               <a:tr h="571504">
                 <a:tc gridSpan="6">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1800" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1800" b="1" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Дослідна проба (1, 2, 3, … 10)*</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" b="1" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
@@ -7658,50 +6507,55 @@
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
               <a:tr h="571504">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>4,30</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
@@ -7806,875 +6660,978 @@
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>−</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1">
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="uk-UA" sz="1800" b="1" dirty="0">
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>0,210</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20481" name="Rectangle 1"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="5857893"/>
             <a:ext cx="9144000" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450850" algn="ctr" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="1200" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="1200" dirty="0"/>
               <a:t>Примітка. * − кількість дослідних проб має коливатися від 3-х до 10-и відповідно до достовірності результатів; мінімум 1, 2, 3.</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="450850" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Окремо холосту пробу (контрольну пробу), калібрувальну  та  дослідну </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>струшують 10-12 разів</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> і витримують у термостаті при температурі </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>+37</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="30000" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="30000" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>0</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>С </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>протягом </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>20 хвилин</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="450850" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Забарвлення стійке протягом 20 хвилин.</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="142844" y="0"/>
             <a:ext cx="8543956" cy="928670"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Розрахунок концентрації </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестеролу</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> (С, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2200" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ммоль</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>/л):</a:t>
             </a:r>
-            <a:r>
-[...8 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF3300"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="642918"/>
             <a:ext cx="9144000" cy="6215082"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>С = 4,665 ∙ Е дослідної проби / Е калібрувальної проби </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>=</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="uk-UA" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF3300"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>4,665 ∙ 0,210 / 0,243 = 4,03 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ммоль</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>/л</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>де 4,665 – концентрація </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестеролу</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>в калібрувальному розчині, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ммоль</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>/л;</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="uk-UA" dirty="0" smtClean="0">
+            <a:endParaRPr lang="uk-UA" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Е дослідної проби – оптична щільність дослідної проби;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Е калібрувальної проби – оптична щільність калібрувальної проби.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="uk-UA" b="1" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>У нормі концентрація </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>холестеролу</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>в сироватці венозної крові становить </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3,08-5,18 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ммоль</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>/л </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(у осіб віком 15-19 років); </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="uk-UA" b="1" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3,16-5,59 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ммоль</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>/л </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(у осіб віком 20-24 років).</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Содержимое 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="214290"/>
+            <a:ext cx="8229600" cy="5911873"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" sz="8000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF3300"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="8000" b="1">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="8000" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Дякую </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="8000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>за увагу!</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" sz="8000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF3300"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -8920,83 +7877,88 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>340</Words>
+  <Words>501</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>114</Paragraphs>
-  <Slides>10</Slides>
+  <Paragraphs>92</Paragraphs>
+  <Slides>7</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Использованные шрифты</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="11" baseType="lpstr">
+    <vt:vector size="10" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
-      <vt:lpstr>Дія фосфоліпаз підшлункової залози  на гліцерофосфоліпіди яєчного жовтка</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr> Спостерігають появу в 2 пробірці інтенсивного жовтого або оранжевого забарвлення, що свідчить про наявність залишку фосфорної кислоти у структурі фосфоліпідів,  яка була відщеплена за рахунок дії панкреатину. </vt:lpstr>
       <vt:lpstr>Визначення концентрації загального холестеролу  в біологічних рідинах (за методом Ілька)</vt:lpstr>
-      <vt:lpstr>Слайд 5</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Слайд 7</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr> Робоча схема проведення досліду з визначення концентрації холетеролу в біологічних рідинах за методом Ілька </vt:lpstr>
       <vt:lpstr>Розрахунок концентрації холестеролу (С, ммоль/л): </vt:lpstr>
-      <vt:lpstr>Слайд 10</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>*Питер-Company*</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Слайд 1</dc:title>
   <dc:creator>Дмитрий Каленюк</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>