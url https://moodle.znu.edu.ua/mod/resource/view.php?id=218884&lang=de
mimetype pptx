--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -1,123 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="mp4" ContentType="video/mp4"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
-    <p:sldId id="274" r:id="rId3"/>
-[...23 lines deleted...]
-    <p:sldId id="281" r:id="rId27"/>
+    <p:sldId id="286" r:id="rId3"/>
+    <p:sldId id="288" r:id="rId4"/>
+    <p:sldId id="289" r:id="rId5"/>
+    <p:sldId id="290" r:id="rId6"/>
+    <p:sldId id="291" r:id="rId7"/>
+    <p:sldId id="292" r:id="rId8"/>
+    <p:sldId id="293" r:id="rId9"/>
+    <p:sldId id="294" r:id="rId10"/>
+    <p:sldId id="274" r:id="rId11"/>
+    <p:sldId id="295" r:id="rId12"/>
+    <p:sldId id="277" r:id="rId13"/>
+    <p:sldId id="278" r:id="rId14"/>
+    <p:sldId id="285" r:id="rId15"/>
+    <p:sldId id="275" r:id="rId16"/>
+    <p:sldId id="276" r:id="rId17"/>
+    <p:sldId id="279" r:id="rId18"/>
+    <p:sldId id="296" r:id="rId19"/>
+    <p:sldId id="297" r:id="rId20"/>
+    <p:sldId id="298" r:id="rId21"/>
+    <p:sldId id="300" r:id="rId22"/>
+    <p:sldId id="299" r:id="rId23"/>
+    <p:sldId id="280" r:id="rId24"/>
+    <p:sldId id="281" r:id="rId25"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -193,50 +190,67 @@
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 — акцент 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
@@ -392,83 +406,83 @@
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="15000" autoAdjust="0"/>
+    <p:restoredLeft sz="12353" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="72" d="100"/>
+          <a:sy n="72" d="100"/>
         </p:scale>
-        <p:origin x="536" y="56"/>
+        <p:origin x="768" y="78"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -678,51 +692,51 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="2733709"/>
             <a:ext cx="8144134" cy="1373070"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="5400"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="4394039"/>
             <a:ext cx="8144134" cy="1117687"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
@@ -745,76 +759,76 @@
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{78ABE3C1-DBE1-495D-B57B-2849774B866A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1015,51 +1029,51 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="4711616"/>
             <a:ext cx="9613859" cy="453051"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2400"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="609597"/>
             <a:ext cx="9613859" cy="3589575"/>
           </a:xfrm>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -1091,51 +1105,51 @@
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Вставка рисунка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680319" y="5169583"/>
             <a:ext cx="9613862" cy="622971"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -1157,75 +1171,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{446C117F-5CCF-4837-BE5F-2B92066CAFAF}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1424,51 +1438,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="609597"/>
             <a:ext cx="9613858" cy="3592750"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="4711615"/>
             <a:ext cx="9613859" cy="1090789"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle>
@@ -1490,75 +1504,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{84EB90BD-B6CE-46B7-997F-7313B992CCDC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1757,51 +1771,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1127856" y="609598"/>
             <a:ext cx="8718877" cy="3036061"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1402288" y="3653379"/>
             <a:ext cx="8156579" cy="548968"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
@@ -1825,51 +1839,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="4711615"/>
             <a:ext cx="9613859" cy="1090789"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
@@ -1892,75 +1906,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CDB9D11F-B188-461D-B23F-39381795C052}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2391,51 +2405,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680319" y="4711615"/>
             <a:ext cx="9613862" cy="588535"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680320" y="5300149"/>
             <a:ext cx="9613862" cy="502255"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
@@ -2457,75 +2471,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{52E6D8D9-55A2-4063-B0F3-121F44549695}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2720,51 +2734,51 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="669222" y="753228"/>
             <a:ext cx="9624960" cy="1080938"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="660946" y="2336873"/>
             <a:ext cx="3070034" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
@@ -2792,51 +2806,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="3022673"/>
             <a:ext cx="3049702" cy="2913513"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
@@ -2859,51 +2873,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3956025" y="2336873"/>
             <a:ext cx="3063240" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
@@ -2930,51 +2944,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3945470" y="3022673"/>
             <a:ext cx="3063240" cy="2913513"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
@@ -2997,51 +3011,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7224156" y="2336873"/>
             <a:ext cx="3070025" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
@@ -3068,51 +3082,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7224156" y="3022673"/>
             <a:ext cx="3070025" cy="2913513"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
@@ -3135,75 +3149,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D4B24536-994D-4021-A283-9F449C0DB509}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3393,51 +3407,51 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="753228"/>
             <a:ext cx="9613860" cy="1080938"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680318" y="4297503"/>
             <a:ext cx="3049705" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
@@ -3465,51 +3479,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680318" y="2336873"/>
             <a:ext cx="3049705" cy="1524000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 0"/>
             </a:avLst>
           </a:prstGeom>
@@ -3543,51 +3557,51 @@
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Вставка рисунка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680318" y="4873765"/>
             <a:ext cx="3049705" cy="1062422"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
@@ -3611,51 +3625,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3945471" y="4297503"/>
             <a:ext cx="3063240" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
@@ -3682,51 +3696,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="21"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3945470" y="2336873"/>
             <a:ext cx="3063240" cy="1524000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 0"/>
             </a:avLst>
           </a:prstGeom>
@@ -3760,51 +3774,51 @@
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Вставка рисунка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="19"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3944117" y="4873764"/>
             <a:ext cx="3067297" cy="1062422"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
@@ -3828,51 +3842,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7230678" y="4297503"/>
             <a:ext cx="3063505" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
@@ -3899,51 +3913,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="22"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7230677" y="2336873"/>
             <a:ext cx="3063505" cy="1524000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 0"/>
             </a:avLst>
           </a:prstGeom>
@@ -3977,51 +3991,51 @@
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Вставка рисунка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="20"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7230553" y="4873762"/>
             <a:ext cx="3067563" cy="1062422"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
@@ -4045,75 +4059,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3CBBBB78-C96F-47B7-AB17-D852CA960AC9}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4302,128 +4316,128 @@
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1FA3F48C-C7C6-4055-9F49-3777875E72AE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4553,138 +4567,138 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10129231" y="609597"/>
             <a:ext cx="1073802" cy="4353760"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="609597"/>
             <a:ext cx="8870004" cy="5326589"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6807126" y="5936187"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6178E61D-D431-422C-9764-11DAFE33AB63}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680321" y="5936188"/>
             <a:ext cx="6126805" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -4883,128 +4897,128 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{12DE42F4-6EEF-4EF7-8ED4-2208F0F89A08}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5200,51 +5214,51 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="2869895"/>
             <a:ext cx="9613860" cy="1090788"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="3600"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="4232171"/>
             <a:ext cx="9613860" cy="1704017"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
@@ -5322,75 +5336,75 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{30578ACC-22D6-47C1-A373-4FD133E34F3C}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5580,190 +5594,190 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680320" y="2336873"/>
             <a:ext cx="4698358" cy="3599316"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5594123" y="2336873"/>
             <a:ext cx="4700058" cy="3599316"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E5A6C69-6797-4E8A-BF37-F2C3751466E9}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5953,51 +5967,51 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680319" y="753229"/>
             <a:ext cx="9613863" cy="1080937"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="906350" y="2336873"/>
             <a:ext cx="4472327" cy="693135"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
@@ -6019,107 +6033,107 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="3030008"/>
             <a:ext cx="4698355" cy="2906179"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5820154" y="2336873"/>
             <a:ext cx="4474028" cy="692076"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
@@ -6141,132 +6155,132 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5594123" y="3030008"/>
             <a:ext cx="4700059" cy="2906179"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D82014A1-A632-4878-A0D3-F52BA7563730}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6451,76 +6465,76 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CE99F462-093F-4566-844B-4C71F2739DA5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6636,51 +6650,51 @@
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3D24A7AC-904D-4781-85BA-7D10C17ED021}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6876,108 +6890,108 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680321" y="753227"/>
             <a:ext cx="9613859" cy="1080940"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3600"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4685846" y="2336873"/>
             <a:ext cx="5608336" cy="3599313"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680322" y="2336872"/>
             <a:ext cx="3790078" cy="3599317"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle>
@@ -6999,75 +7013,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E331444B-B92B-4E27-8C94-BB93EAF5CB18}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7263,51 +7277,51 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680323" y="753228"/>
             <a:ext cx="9613857" cy="1080938"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3600"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4868333" y="2336874"/>
             <a:ext cx="5425849" cy="3599312"/>
           </a:xfrm>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -7339,51 +7353,51 @@
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Вставка рисунка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680323" y="2336873"/>
             <a:ext cx="3876256" cy="3599315"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle>
@@ -7405,75 +7419,75 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{363EFA5E-FA76-400D-B3DC-F0BA90E6D107}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7569,156 +7583,156 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680321" y="753228"/>
             <a:ext cx="9613861" cy="1080938"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680321" y="2336873"/>
             <a:ext cx="9613861" cy="3599316"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7550981" y="5936187"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9D6E9DEC-419B-4CC5-A080-3B06BD5A8291}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/26/2020</a:t>
+              <a:t>1/22/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="680321" y="5936188"/>
             <a:ext cx="6870660" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -8066,5253 +8080,5107 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="../media/media1.mp4"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media1.mp4"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...6 lines deleted...]
-<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="../media/media2.mp4"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media2.mp4"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="../media/media3.mp4"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media3.mp4"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="3" name="Подзаголовок 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="132521" y="4367986"/>
+            <a:ext cx="8144134" cy="1117687"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>Витоки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t> справи у давніх </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>цивілізаціях</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>Розвиток закладів пиття в Європі</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>Становлення </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t> справи у США</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>Історія розвитку </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t> справи в Україні</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="uk-UA" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11E6D067-76F9-2002-CF3F-126A936A1595}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="529406" y="427344"/>
+            <a:ext cx="4745665" cy="3257172"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A0DFFD5-8DA5-AA45-0F80-0A07BCF112AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6170232" y="3179616"/>
+            <a:ext cx="5790528" cy="3257172"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3816626" y="1116945"/>
+            <a:ext cx="8144134" cy="1373070"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>ОСОБЛИВОСТІ ОРГАНІЗАЦІЇ ТА ФУНКЦІОНУВАННЯ БАРІВ</a:t>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t>Тема1. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Історія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>розвитку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>справи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>світі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> та в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Україні</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
-          </a:p>
-[...31 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="3600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4199956748"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="246534" y="634261"/>
+            <a:ext cx="10623783" cy="1080938"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0"/>
-              <a:t>До структури барів входить:</a:t>
+              <a:t>Батьківщина барів – Америка.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="uk-UA" dirty="0"/>
             </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Становлення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>справи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> у США</a:t>
+            </a:r>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="680321" y="2140086"/>
-            <a:ext cx="7434979" cy="4717914"/>
+            <a:off x="246534" y="2545619"/>
+            <a:ext cx="6440326" cy="3599316"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0"/>
-[...63 lines deleted...]
-              <a:t>змішане.</a:t>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Сполучені</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Штати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> Америки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>відіграли</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ключову</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> роль у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>формуванні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>сучасної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>справи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>Барна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> культура базується на історії формування рецептів кращих коктейлів світу, а також на досвіді легендарних барменів і закладів, де вони працювали.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2050" name="Picture 2" descr="http://minsk.topcity.me/uploads/catalog/164/544446647.jpg"/>
+          <p:cNvPr id="1026" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="7370064" y="311987"/>
-            <a:ext cx="4581809" cy="3044358"/>
+            <a:off x="6824870" y="1953683"/>
+            <a:ext cx="5120596" cy="4505483"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...16 lines deleted...]
-            <a:ext cx="4831461" cy="3086096"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="706877" y="5535836"/>
+            <a:ext cx="5389123" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...9 lines deleted...]
-      </p:pic>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Бармен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>Жерар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> готує “Кроваву Мері” в барі “Гаррі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>’</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>Бар”</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>, з якого й починається історія коктейлів.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCB90FEB-1BA8-E25A-16B1-28DC8F88CB69}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="427942" y="438661"/>
-            <a:ext cx="9805556" cy="3763687"/>
+            <a:off x="375522" y="2098333"/>
+            <a:ext cx="6436095" cy="3599316"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-[...37 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>У </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>XIX </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>столітті в США активно розвиваються </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>салуни</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="uk-UA" dirty="0"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Саме тут формується </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>барна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> стійка у сучасному розумінні, а бармен стає центральною фігурою закладу. З’являються перші коктейлі та класифікація змішаних напоїв. У 1862 році </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>Джеррі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> Томас видає перший у світі підручник з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> справи «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How to Mix Drinks», </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>що вважається початком професійної </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> освіти.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3076" name="Picture 4" descr="http://bobr.by/i/catalog/traktir_boyary/IMG_8855.JPG"/>
+          <p:cNvPr id="4" name="Рисунок 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98ABCE3A-B060-2270-22FF-346194337444}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...2 lines deleted...]
-            <a:ext cx="4750569" cy="3169521"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7328452" y="382276"/>
+            <a:ext cx="4122453" cy="6303446"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...49 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1905454838"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2178620555"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="680321" y="700391"/>
-            <a:ext cx="10837228" cy="5235798"/>
+            <a:off x="194707" y="751778"/>
+            <a:ext cx="10585087" cy="1080938"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" i="1" dirty="0" smtClean="0"/>
-[...42 lines deleted...]
-            <a:endParaRPr lang="uk-UA" dirty="0"/>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Так </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>термін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> «бар» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>замінив</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>термін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> «салун», яке </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>раніше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>використовувалося</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>визначення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> великих кафе,</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>де подавали, в основному, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>напої</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4098" name="Picture 2" descr="http://hotpot.com.ua/wp-content/uploads/2016/01/DSC2601-1-900x600_c.jpg"/>
+          <p:cNvPr id="4" name="Рисунок 3"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...2 lines deleted...]
-            <a:ext cx="3390900" cy="2260600"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="448056" y="2129659"/>
+            <a:ext cx="3577052" cy="4498519"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...8 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4100" name="Picture 4" descr="http://melnicabiz.com.ua/images/pivnoy_bar_pab_bussines.jpg"/>
+          <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...2 lines deleted...]
-            <a:ext cx="2850734" cy="3008379"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8129016" y="2129659"/>
+            <a:ext cx="3575304" cy="4498519"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...8 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямоугольник 5"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...16 lines deleted...]
-            <a:ext cx="3015077" cy="1854273"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4025108" y="2939903"/>
+            <a:ext cx="4103908" cy="2246769"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...10 lines deleted...]
-      </p:pic>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>Від</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0"/>
+              <a:t> салуну до бару - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>еволюці</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0"/>
+              <a:t>я</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>американського</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>суспільства</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0"/>
+              <a:t> XIX і початку XX </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>століття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2575019214"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="755132772"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="753472" y="236531"/>
+            <a:ext cx="9613861" cy="662572"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="uk-UA"/>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Легендарні бармени:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...13 lines deleted...]
-          </a:xfrm>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="649596" y="1265348"/>
+            <a:ext cx="5184276" cy="3843524"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Прямоугольник 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1355022" y="5365127"/>
+            <a:ext cx="3773424" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2800" b="1" i="1" u="sng" dirty="0" smtClean="0"/>
-[...115 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0"/>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Джері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> Томас «ПРОФЕСОР» - перший у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>світі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>міксолог</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> написав книгу «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How to Mix Drinks</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>(1862 р.)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Рисунок 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7413511" y="215776"/>
+            <a:ext cx="3857217" cy="4815897"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Прямоугольник 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6477000" y="5226628"/>
+            <a:ext cx="6041136" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Гарі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> Джонсон «THE GREATEST» (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Найвеличніший</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>) написав </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>підручник</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Підручник</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> бармена </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Гарі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> Джонсона» («</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Harry</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Johnson’s Bartender’s Manual»)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA"/>
+              <a:t>, 1882 р.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1415429223"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2432312370"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{108DB25F-D814-DC4B-C1FB-1864C2132A28}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>різних типів барів</a:t>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>13 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>травня</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> 1806 р. - День </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>народження</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> «коктейлю»</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1027" name="Rectangle 3"/>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0BC1918-3EB7-DB37-A625-131BB40EB8ED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
-            <a:spLocks noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
-          <p:nvPr/>
-[...75 lines deleted...]
-          </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="309261" y="2058577"/>
+            <a:ext cx="11657452" cy="4421736"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>«Ей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>тін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>оу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>сікс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>» - всі бармени Землі повинні запам'ятати ці слова, бо саме до 1806 р. відноситься перша згадка слова «коктейль» для позначення суміші напоїв. Воно з'явилося в газеті «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>В</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>alanc</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>е» міста Гудзон, штат Нью-Йорк. Ось що в статті говорилося про «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>cock tail»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>: « Це напій, що бадьорить, складений зі спиртного, цукру, води та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>біттерів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>. Його також називають "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>біттеред</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>слінг</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>"». Іронічний журналіст представляє коктейль як «передвиборчий напій», оскільки, за його словами, після великого келиха людина здатна вислухати промову політика та заковтнути будь-яку його ідею.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47C89D14-C4BF-22AC-444B-1BCFF0CA3C22}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...2 lines deleted...]
-            <a:ext cx="7957224" cy="5038927"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3366052" y="4848225"/>
+            <a:ext cx="5762625" cy="2009775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...5 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2438978039"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="31576349"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="210312" y="753228"/>
+            <a:ext cx="11640311" cy="1080938"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Існують</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>найменше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>дві</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>версії</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>походження</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> слова  «Коктейль»:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="404163" y="817123"/>
-            <a:ext cx="9613861" cy="836579"/>
+            <a:off x="210313" y="2005569"/>
+            <a:ext cx="11236142" cy="3599316"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3600" b="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="3600" b="1" dirty="0"/>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t>1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>версія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>(яку </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>дотримуются</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>більшість</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>істориків</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>) - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>коктейлі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>прийшли</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> до нас з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Англії</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>вираз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>cock tail</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>півнячий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>хвіст</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>відповідав</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> перегонам </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>непородистих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> коней </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>із</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> хвостами, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>розвиваються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, як у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>півня</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>появу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>коктейлів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>пов'язують</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>історією</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>півнячих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>боїв</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>верс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0" err="1"/>
+              <a:t>ія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> в Шаранте, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>батьківщині</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>французького</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> коньяку,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> суміш вина з міцним алкоголем називали «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>coquetelle</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>».</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Так з'явилося слово «коктейль» для означення</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> змішаних напоїв, які спочатку готували </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>в домашніх умовах.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6150" name="Picture 6" descr="http://healthy.pp.ua/wp-content/uploads/2014/04/Koryst-ta-shkoda-chervonoho-vyna-300x206.jpg"/>
+          <p:cNvPr id="4" name="Рисунок 3"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...2 lines deleted...]
-            <a:ext cx="3428535" cy="2354261"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8046719" y="3928992"/>
+            <a:ext cx="3803904" cy="2756075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...116 lines deleted...]
-          <a:noFill/>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1176604559"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2017266213"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Історія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="uk-UA" b="1" dirty="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>барів</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="680321" y="2081286"/>
-            <a:ext cx="7333379" cy="4521127"/>
+            <a:off x="213977" y="2135705"/>
+            <a:ext cx="6186823" cy="4159078"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="uk-UA" sz="2800" dirty="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Ймовірно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>таверни</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> і шинки не </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>поступаються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> за </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>віком</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>самої</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>людської</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>цивілізації</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.  Але, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>власне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>термін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> «бар» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>з'явився</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Сполучених</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> Штатах і значив предмет </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>меблювання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, де </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>тримали</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>пляшки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>зі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>спиртними</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> напоями та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>який</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>був</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>загорожений</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>металевим</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> бар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>’</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>єром</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Поступово</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>назва</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>перейшла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> на весь заклад.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Термін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> «бар» (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>bar) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>походить </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>від</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>англ.слова</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>бар'єр</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>» (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>barrier) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>означає</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>стійку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>традиційної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>американської</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>таверни</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4098" name="Picture 2" descr="https://akh.com.ua/image/catalog/masterskaya/bar%20klass/champagne%20bar%20klassifikaciya%20barov.jpg"/>
+          <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...2 lines deleted...]
-            <a:ext cx="7313404" cy="4113791"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6620988" y="2227146"/>
+            <a:ext cx="5324124" cy="3935910"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...25 lines deleted...]
-          <a:noFill/>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1122784152"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2814458632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="159112" y="887812"/>
+            <a:ext cx="11828671" cy="554364"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Якщо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>раніше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>коктейлі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>були</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>виключно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>американськими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> напоями, то </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>наприкінці</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> XIX і, особливо, на початку ХХ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>століття</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> вони </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>отримали</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>світове</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>визнання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="680321" y="856033"/>
-            <a:ext cx="9613861" cy="1050587"/>
+            <a:off x="311512" y="2245433"/>
+            <a:ext cx="7686439" cy="3599316"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" sz="4000" b="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="4000" b="1" dirty="0"/>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Сувора</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> заборона на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>споживання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> алкоголю в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Сполучених</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> Штатах з 1919 до 1933 року («</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Сухий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> закон») </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>сприяла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>поширенню</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>культури</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>всьому</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>світу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Чому</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>його</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> ввели? </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Щоб</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>зменшилася</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>кількість</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>домашнього</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>насилля</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>спричиненого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>алкогольним</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>сп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>’</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>янінням</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>чоловіків</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>У перших рядах </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>виявилася</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> Куба, яку заполонили </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>американські</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>туристи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. Вона стала «барною </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>стійкою</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>» Америки, а Лондон і Париж </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>змагалися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> за право </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>називатися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> коктейльною столицею </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>світу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Саме в цей час у США почали відкривати підпільні бари </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>«speakeasy»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> («говори тихо»), які не мали вітрин і обслуговували лише особливих клієнтів.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3076" name="Picture 4" descr="https://akh.com.ua/image/catalog/masterskaya/bar%20klass/1%20cocktail%20bar%20klassifikaciya%20barov.jpg"/>
+          <p:cNvPr id="4" name="Рисунок 3"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...2 lines deleted...]
-            <a:ext cx="5524500" cy="3876676"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8202168" y="1261080"/>
+            <a:ext cx="3785615" cy="4583669"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Прямоугольник 4"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...10 lines deleted...]
-            <a:ext cx="7626485" cy="4674670"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8202168" y="5602464"/>
+            <a:ext cx="3989832" cy="1231106"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...1 lines deleted...]
-      </p:pic>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0"/>
+              <a:t>Проводи </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1"/>
+              <a:t>колишніх</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1"/>
+              <a:t>питних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1"/>
+              <a:t>порядків</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0"/>
+              <a:t>,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1"/>
+              <a:t>зустріч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0"/>
+              <a:t> сухого закону.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1"/>
+              <a:t>Малюнок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0"/>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1"/>
+              <a:t>газети</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0"/>
+              <a:t> «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>La </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
+              <a:t>Domenica</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t> del </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
+              <a:t>Corriere</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>»,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>1919 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1"/>
+              <a:t>рік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4294393829"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3196730159"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...53 lines deleted...]
-          <p:cNvPr id="3" name="Объект 2"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C661CB2D-7085-25A9-C3A4-99F9F25D37DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="235821" y="914400"/>
-            <a:ext cx="10289507" cy="1478604"/>
+            <a:off x="447620" y="1992316"/>
+            <a:ext cx="11201041" cy="3599316"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...7 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="3600" b="1" dirty="0"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Професія бармена еволюціонувала від простого продавця напоїв до висококваліфікованого спеціаліста. Бармен повинен знати асортимент напоїв, технологію приготування коктейлів, психологію спілкування з гостями, етикет та правила безпеки.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>У </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>XX </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>столітті створюються міжнародні барні асоціації, проводяться конкурси барменів, формується професійна етика.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3" descr="AUBA - AUBA">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24992A42-7C88-3BD7-73D5-A13D40EE1634}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4088088" y="4200939"/>
+            <a:ext cx="7656292" cy="2461581"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1573923492"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1916467365"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{850C2E51-2EF1-CD58-C291-E048DEBC2DA7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Історія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>розвитку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>справи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Україні</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A5171BD-1429-403A-8AB0-C505F9F5A4B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="291214" y="564203"/>
-            <a:ext cx="9613861" cy="3270811"/>
+            <a:off x="680321" y="2336873"/>
+            <a:ext cx="10743053" cy="3599316"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3600" b="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="3600" b="1" dirty="0"/>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t>Давні часи та середньовіччя</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>На </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>території</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>України</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>здавна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>існували</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>корчми</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> та шинки, де подавали мед, пиво, вино та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>горілку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. Вони були </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>важливими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>осередками</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>громадського</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>життя</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t>XIX – початок XX </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>століття</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>У великих </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>містах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>України</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>з’являються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ресторани</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>кав’ярні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>трактири</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>європейського</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>зразка</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. Барна справа </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>розвивається</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>під</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>впливом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>європейських</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>традицій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...50 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="233026374"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="176292304"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...27 lines deleted...]
-          </p:cNvSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Що пили наші предки __ Історія алкоголю">
+            <a:hlinkClick r:id="" action="ppaction://media"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFD7A907-F1BE-F593-0971-4E3E5491FECE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
+            <a:videoFile r:link="rId2"/>
+            <p:extLst>
+              <p:ext uri="{DAA4B4D4-6D71-4841-9C94-3DE7FCFB9230}">
+                <p14:media xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" r:embed="rId1"/>
+              </p:ext>
+            </p:extLst>
           </p:nvPr>
-        </p:nvSpPr>
-[...24 lines deleted...]
-          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...13 lines deleted...]
-          </a:ln>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1642351" y="874643"/>
+            <a:ext cx="8763620" cy="4929809"/>
+          </a:xfrm>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...72 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1960901717"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="playFrom(0.0)">
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1048241" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+            <p:video>
+              <p:cMediaNode vol="80000">
+                <p:cTn id="7" fill="hold" display="0">
+                  <p:stCondLst>
+                    <p:cond delay="indefinite"/>
+                  </p:stCondLst>
+                </p:cTn>
+                <p:tgtEl>
+                  <p:spTgt spid="4"/>
+                </p:tgtEl>
+              </p:cMediaNode>
+            </p:video>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="8" restart="whenNotActive" fill="hold" evtFilter="cancelBubble" nodeType="interactiveSeq">
+                <p:stCondLst>
+                  <p:cond evt="onClick" delay="0">
+                    <p:tgtEl>
+                      <p:spTgt spid="4"/>
+                    </p:tgtEl>
+                  </p:cond>
+                </p:stCondLst>
+                <p:endSync evt="end" delay="0">
+                  <p:rtn val="all"/>
+                </p:endSync>
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="9" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="0"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="10" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="11" presetID="2" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="togglePause">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:nextCondLst>
+                <p:cond evt="onClick" delay="0">
+                  <p:tgtEl>
+                    <p:spTgt spid="4"/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
-[...26 lines deleted...]
-          <p:cNvPr id="3" name="Содержимое 2"/>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EB4FA90-BABE-C3A6-18EA-992674012B9F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="506037" y="3086406"/>
+            <a:ext cx="11195632" cy="3599316"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="uk-UA" dirty="0"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t>Радянський період</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>У радянські часи </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>барна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> справа була обмежена державною політикою. Асортимент напоїв був стандартизований, культура коктейлів майже відсутня.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t>Сучасний етап</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Після здобуття незалежності України </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>барна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> справа почала активно розвиватися. З’являються авторські бари, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>крафтові</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> напої, міжнародні барні школи та конкурси.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="33794" name="Picture 2" descr="https://akh.com.ua/image/catalog/masterskaya/bar%20klass/1snack%20bar%20klassifikaciya%20barov.jpg"/>
+          <p:cNvPr id="4" name="Рисунок 3" descr="AUBA - AUBA">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B605636-5421-04B9-F3B0-839CA7D1FD19}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...2 lines deleted...]
-            <a:ext cx="7957323" cy="5778229"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8522421" y="265458"/>
+            <a:ext cx="3163542" cy="3163542"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...25 lines deleted...]
-          <a:noFill/>
         </p:spPr>
       </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3688857144"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...27 lines deleted...]
-          <p:cNvPr id="2" name="Заголовок 1"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9937DACF-0393-273C-ABBE-1E00FCC5F9AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="350197" y="1"/>
-            <a:ext cx="9943986" cy="1459148"/>
+            <a:off x="691343" y="-159127"/>
+            <a:ext cx="10809314" cy="1080938"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" sz="4000" b="1" dirty="0" smtClean="0"/>
-[...17 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="4000" b="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>Порівняльна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> характеристика </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>розвитку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>справи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>світ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>Україна</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...4 lines deleted...]
-          </p:cNvSpPr>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Объект 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF69C141-97C4-02C1-DD80-F9F20EEEF324}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3150727559"/>
+              </p:ext>
+            </p:extLst>
           </p:nvPr>
-        </p:nvSpPr>
-[...60 lines deleted...]
-      </p:pic>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1881808" y="921812"/>
+          <a:ext cx="8309112" cy="5744006"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr/>
+              <a:tblGrid>
+                <a:gridCol w="2769704">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1506638951"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2769704">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1784682093"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2769704">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1912306556"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="360324">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" dirty="0"/>
+                        <a:t>Критерій</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600"/>
+                        <a:t>Світовий досвід</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600"/>
+                        <a:t>Україна</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="469424508"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="900807">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0"/>
+                        <a:t>Витоки</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1600" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" dirty="0"/>
+                        <a:t>Давні цивілізації: Єгипет, Месопотамія, Антична Греція та Рим</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600"/>
+                        <a:t>Корчми та шинки Київської Русі та козацької доби</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2360656557"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="630565">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0"/>
+                        <a:t>Основні заклади</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1600" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" dirty="0"/>
+                        <a:t>Таверни, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" dirty="0" err="1"/>
+                        <a:t>салуни</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" dirty="0"/>
+                        <a:t>, коктейль-бари</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600"/>
+                        <a:t>Корчми, трактири, ресторани, сучасні бари</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3689603049"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="900807">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1"/>
+                        <a:t>Роль бару</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1600"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>Соціальний</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> та </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>культурний</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> центр, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>місце</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>комунікації</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600"/>
+                        <a:t>Громадський осередок, пізніше – елемент ресторанного сервісу</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3234137481"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="630565">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1"/>
+                        <a:t>Професія бармена</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1600"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t>Рано сформована як </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>окрема</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>професія</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> (XIX ст., США)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600"/>
+                        <a:t>Активно формується з кінця XX – початку XXI ст.</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3312404317"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="630565">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1"/>
+                        <a:t>Коктейльна культура</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1600"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>Потужний</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>розвиток</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> з XIX ст., </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>класичні</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>коктейлі</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600"/>
+                        <a:t>Активний розвиток після 1991 року</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2274519377"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="900807">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1"/>
+                        <a:t>Державне регулювання</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1600"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600"/>
+                        <a:t>Чіткі ліцензійні та професійні стандарти</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>Регулювання</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> через </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>ліцензування</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> та </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>санітарні</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>норми</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1552860034"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="630565">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1"/>
+                        <a:t>Сучасні тенденції</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1600"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
+                        <a:t>Міксологія</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1600" dirty="0"/>
+                        <a:t>, low &amp; no alcohol</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>Авторські</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>бари</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>локальні</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
+                        <a:t>інгредієнти</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
+                        <a:t>, крафт</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58046" marR="58046" marT="29023" marB="29023" anchor="ctr">
+                    <a:lnL>
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR>
+                      <a:noFill/>
+                    </a:lnR>
+                    <a:lnT>
+                      <a:noFill/>
+                    </a:lnT>
+                    <a:lnB>
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3374391535"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2954345828"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BAE90BB-D0CF-D57E-C56B-C6B1F629799B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
-              <a:t>9. Молочні та вітамінні бари</a:t>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Сучасні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>тенденції</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>розвитку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>справи</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...30 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40F2E3C6-9B31-27DC-238B-8725EC8652A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
-        </p:nvPicPr>
-[...23 lines deleted...]
-      </p:pic>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Сучасна </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>барна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> справа характеризується:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>розвитком </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>крафтових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> та авторських барів;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>популяризацією </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>міксології</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>використанням локальних продуктів;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>поєднанням </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> справи з гастрономією та шоу-елементами.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3696856065"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...592 lines deleted...]
-            <a:ext cx="11640311" cy="1080938"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="356617" y="296028"/>
+            <a:ext cx="11082528" cy="1080938"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1"/>
-[...19 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Як стати великим барменом і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>назавжди</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>увійти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>історію</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>ІНСТРУКЦІЯ КОРИСТУВАЧА В 10 ПУНКТАХ </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>від</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...48 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>легендарних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>барменів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...1935 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>світу</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3915124749"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="463964" y="1632712"/>
           <a:ext cx="11286075" cy="5029200"/>
         </p:xfrm>
@@ -13330,1302 +13198,3265 @@
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3762025">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="69258960"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3762025">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3656455261"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>1. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Ваші</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>клієнти</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>найважливіше</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>.</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>2. Починайте з посади «бар бека».</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>3. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Вивчайте</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>історію</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Якщо</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>ви</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>хочете</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> стати легендою, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>слід</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> знати тих, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>хто</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>вам передував.</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>4. Будьте </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>енциклопедистом</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Найменший</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>пробіл</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> у </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>володінні</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>класичними</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>коктейлями буде для вас </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>фатальним</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>. </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>5. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Приділяйте</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>велику</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>увагу</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> вашим</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>постачальникам</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Це</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>можуть</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> бути і </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>великі</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>імпортери</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>, і город </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>вашої</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>бабусі</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0">
                           <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
                         </a:rPr>
                         <a:t></a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>6. «</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Диявол</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>ховається</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> в деталях» - говорить</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>прислів'я</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Звертайте</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>увагу</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> на</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>деталі</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>технічного</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> плану. Ваш </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>лід</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> повинен бути </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>найчистішим</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>,</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>ваші</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>лимони</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>ніколи</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> не </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>будуть</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>оброблені</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>хімікатами</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>ваші</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>келихи</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>ніколи</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> не</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>будуть</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>брудні</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>……….</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>7. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Великі</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>бармени</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>минулого</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>мали</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>в </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>своєму</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>розпорядженні</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>лише</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>трохи</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>інгредієнтів</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> і все </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>робили</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>самі</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Навчіться</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>, як і вони, не </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>залежати</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>від</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>прогресу</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>нашого</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> часу. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Робіть</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> настойки</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>,</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0" err="1"/>
                         <a:t>вичавлюйте</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t>,</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> маринуйте, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>подрібнюйте</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>розтирайте</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>заморожуйте</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>дозуйте</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>………</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>8. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Перебувайте</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> в </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>постійному</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>пошуку</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>:</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>новий</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> аромат, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>есенція</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>біттер</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>фрукти</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>,</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>квіти</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>прянощі</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>, трави дозволять вам</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>створити</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>дійсно</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>оригінальний</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>коктейль. 9. Передавайте </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>свої</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>знання</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>навколишнім</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Якщо</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> вам </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>зустрінуться</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>ваші</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>коктейлі</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>під</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>іншою</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>назвою</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>або</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>ви</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>почуєте</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>свої</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>власні</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>роздуми</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>від</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>іншого</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> бармену - </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>ви</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>знаходитесь</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> на правильному шляху.</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>10. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Зробіть</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>вашого</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>клієнта</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>щасливим</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>.</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
-                      <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>Якщо</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> не </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>виходить</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>, перечитайте пункт 1</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>і </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>почніть</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t> все </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:rPr lang="ru-RU" dirty="0" err="1"/>
                         <a:t>спочатку</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" baseline="0" dirty="0">
                           <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
                         </a:rPr>
                         <a:t></a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1881163357"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1790133871"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA"/>
+              <a:t>Практичне </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>завдання </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Розробіть</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>концепцію</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>сучасного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> бару з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>історичною</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> тематикою у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>вигляді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>презентації</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>У </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>проєкті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>зазначте</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>назву</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> бару; </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>історичний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>період</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>надихнув</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>концепцію</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>стилістику</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>інтер’єру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>приклади</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>напоїв</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> у меню.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="982573968"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7C94781-3D26-7AB0-5287-5A669901D058}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="279999" y="700220"/>
+            <a:ext cx="10014183" cy="1080938"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>Історія </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0" err="1"/>
+              <a:t>барної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t> справи тісно пов’язана з історією виробництва та споживання напоїв. Перші алкогольні напої з’явилися ще у період неоліту, коли люди навчилися ферментувати зерно, фрукти та мед.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EA6B320-69B2-1467-3E0F-D56BC517C9DA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="279999" y="2257360"/>
+            <a:ext cx="6677392" cy="4088296"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Давній</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Єгипет</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>У </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Давньому</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Єгипті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> пиво </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>було</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> одним з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>основних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>напоїв</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>вживалося</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>всіма</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>верствами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>населення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Існували</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>спеціальні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>заклади</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, де пиво </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>виготовляли</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> та продавали. Вони </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>вважаються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> прообразами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>перших</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>барів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Напої</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>споживалися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>під</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> час свят, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>релігійних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>обрядів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>повсякденного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>життя</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t>А</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>рхеологи </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>виявили</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>настінні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>розписи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>гробницях</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, де </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>зображено</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>процес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> розливу пива у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>глечики</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>нагадує</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>сучасну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> подачу напою за барною </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>стійкою</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14E794A2-30CE-8B7C-81FD-319D2601D4BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7305261" y="2257360"/>
+            <a:ext cx="4088296" cy="4088296"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3906761189"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Рисунок 3"/>
+          <p:cNvPr id="6" name="Рисунок 5" descr="Кодекс Хаммурапи: как повлиял на мир древнейший свод законов -  Рамблер/развлечения и отдых">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00C27399-0D38-1B1D-CE28-0C7039AD0624}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6402875" y="179017"/>
-            <a:ext cx="4519125" cy="2791067"/>
+            <a:off x="7368209" y="996727"/>
+            <a:ext cx="4669494" cy="2614917"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AA6A678-4D1B-BF9A-1E22-AE367D76132E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="402025" y="554091"/>
+            <a:ext cx="8174616" cy="3599316"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t>Давня Месопотамія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>У Месопотамії вже існували правила продажу напоїв. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>У «Законах Хаммурапі» містилися норми, що регулювали діяльність шинкарів, ціни та якість пива. Це є одним із перших прикладів державного контролю закладів пиття.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>За порушення якості напою шинкар міг бути суворо покараний, що підкреслює важливість репутації закладу ще у стародавні часи.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61B900ED-8AC4-0495-B0DC-A457A4FA1F63}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="402025" y="4153407"/>
+            <a:ext cx="7244479" cy="2308324"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>«Закони Хаммурапі» — це один із найдавніших і найкраще збережених зводів законів Стародавнього Вавилону (стародавнього міста в Месопотамії), створений близько 1750 р. до н.е. царем Хаммурапі, який регламентував життя суспільства від майнових відносин до сімейних, ґрунтуючись на принципах «око за око» та враховуючи соціальну нерівність, з метою збереження порядку і зміцнення влади, що вплинуло на розвиток правових систем в історії. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Рисунок 6" descr="Законы царя Хаммурапи: тексты статей и пояснения к ним | Железный век">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{005174E0-14A0-3D28-D249-992D3157D813}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7894337" y="3828992"/>
+            <a:ext cx="3617238" cy="2783578"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3652077661"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3C92B2E-C85A-E4B8-BA92-A7F3C54E12F0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0"/>
-              <a:t>Бар</a:t>
+              <a:t>Антична Греція та Рим</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CB48C52-92DD-50A4-0127-245920697E81}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="419100" y="1955800"/>
-            <a:ext cx="6680199" cy="4775200"/>
+            <a:off x="335766" y="2323621"/>
+            <a:ext cx="7244478" cy="3599316"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...27 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="2800" dirty="0"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>У </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Давній</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Греції</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>поширеними</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> були </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>симпосії</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>застілля</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>під</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> час </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>яких</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>вживали</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> вино, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>розведене</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> водою, та вели </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>філософські</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>бесіди</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>У </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Римі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>функціонували</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>термополії</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>заклади</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, де продавали </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>гарячі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> страви та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>напої</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. Вино </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>було</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>основним</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>напоєм</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, а </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>його</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> подача </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>вже</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> мала </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>певні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> правила.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="1026" name="Picture 2" descr="https://upload.wikimedia.org/wikipedia/commons/thumb/4/43/Bar-P1030319.jpg/220px-Bar-P1030319.jpg"/>
+          <p:cNvPr id="4" name="Рисунок 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F21394F0-71B8-F1D5-E1F4-75DCBF143DA5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...2 lines deleted...]
-            <a:ext cx="3375026" cy="2531271"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7431220" y="753228"/>
+            <a:ext cx="4531031" cy="2823917"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...8 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="1028" name="Picture 4" descr="http://static.espreso.tv/uploads/article/219646/images/im578x383-New%20York.jpg"/>
+          <p:cNvPr id="5" name="Рисунок 4" descr="Pompeii's thermopoliums: why were there so many of them? · See Pompeii">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F857AB56-745C-1B12-7B53-4694CC5DDEA8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...2 lines deleted...]
-            <a:ext cx="3921125" cy="2211569"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7808843" y="3697356"/>
+            <a:ext cx="2988365" cy="2988365"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...8 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1016751567"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1509865538"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7CC558D-EFC9-6729-AEB7-FBA451962464}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="468287" y="3123757"/>
+            <a:ext cx="2155644" cy="1080938"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2200" dirty="0"/>
+              <a:t>Відео реконструкція </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2200" dirty="0" err="1"/>
+              <a:t>термополія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2200" dirty="0"/>
+              <a:t>. Знахідка була частково розкопана ще у 2019 році. Археологам відкрився об'єкт віком у дві тисячі років, раніше похований під багатометровим шаром попелу і вулканічних порід після виверження Везувію у 79 році нашої ери.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="uk-UA" sz="1800" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="uk-UA" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Reconstrucción virtual en 3D de una taberna romana (thermopolium o caupona) de Pompeya">
+            <a:hlinkClick r:id="" action="ppaction://media"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A25DA40-D9E3-37B6-D4E8-3041F0955312}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <a:videoFile r:link="rId2"/>
+            <p:extLst>
+              <p:ext uri="{DAA4B4D4-6D71-4841-9C94-3DE7FCFB9230}">
+                <p14:media xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" r:embed="rId1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2743201" y="983861"/>
+            <a:ext cx="9111302" cy="5125391"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3908526866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
-        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="playFrom(0.0)">
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="55449" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+            <p:video>
+              <p:cMediaNode vol="80000">
+                <p:cTn id="7" fill="hold" display="0">
+                  <p:stCondLst>
+                    <p:cond delay="indefinite"/>
+                  </p:stCondLst>
+                </p:cTn>
+                <p:tgtEl>
+                  <p:spTgt spid="4"/>
+                </p:tgtEl>
+              </p:cMediaNode>
+            </p:video>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="8" restart="whenNotActive" fill="hold" evtFilter="cancelBubble" nodeType="interactiveSeq">
+                <p:stCondLst>
+                  <p:cond evt="onClick" delay="0">
+                    <p:tgtEl>
+                      <p:spTgt spid="4"/>
+                    </p:tgtEl>
+                  </p:cond>
+                </p:stCondLst>
+                <p:endSync evt="end" delay="0">
+                  <p:rtn val="all"/>
+                </p:endSync>
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="9" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="0"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="10" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="11" presetID="2" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="togglePause">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:nextCondLst>
+                <p:cond evt="onClick" delay="0">
+                  <p:tgtEl>
+                    <p:spTgt spid="4"/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6AE3B05A-9718-EC92-886B-ACA017F377B6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t>Середньовіччя</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19F4D595-056F-C8F8-B236-34290C05340A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="510209" y="2173357"/>
+            <a:ext cx="6212513" cy="4333460"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>У середньовічній Європі широкого поширення набули таверни, корчми та заїжджі двори. Вони виконували не лише функцію харчування, а й були місцями ночівлі, торгівлі та спілкування.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Асортимент напоїв був обмежений пивом, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>вином</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>медовухою</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>. Обслуговування мало простий характер, етикет був мінімальним. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>Барна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> стійка як елемент інтер’єру ще не сформувалася.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3" descr="Средневековые таверны: как там было на самом деле">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E329C78-A071-941D-0370-9951995F307A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6722722" y="866757"/>
+            <a:ext cx="5164478" cy="3788463"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94689478-1AB9-1019-0F1B-477FAD9DC2DD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6722722" y="4768749"/>
+            <a:ext cx="5406887" cy="1938992"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>У </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>багатьох</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> тавернах посуд </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>був</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>спільним</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>, а </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>кухоль</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>передавався</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>від</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> гостя до гостя, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>свідчить</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> про </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>відсутність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>санітарних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> норм того часу.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3234136746"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Середньовіччя на тарілці_ гулянки, спиртне і Бог">
+            <a:hlinkClick r:id="" action="ppaction://media"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E082F1A7-EBE5-E36E-03FE-A010E64900D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <a:videoFile r:link="rId2"/>
+            <p:extLst>
+              <p:ext uri="{DAA4B4D4-6D71-4841-9C94-3DE7FCFB9230}">
+                <p14:media xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" r:embed="rId1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1497497" y="495560"/>
+            <a:ext cx="9670760" cy="5440103"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4137986588"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="playFrom(0.0)">
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="494979" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+            <p:video>
+              <p:cMediaNode vol="80000">
+                <p:cTn id="7" fill="hold" display="0">
+                  <p:stCondLst>
+                    <p:cond delay="indefinite"/>
+                  </p:stCondLst>
+                </p:cTn>
+                <p:tgtEl>
+                  <p:spTgt spid="4"/>
+                </p:tgtEl>
+              </p:cMediaNode>
+            </p:video>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="8" restart="whenNotActive" fill="hold" evtFilter="cancelBubble" nodeType="interactiveSeq">
+                <p:stCondLst>
+                  <p:cond evt="onClick" delay="0">
+                    <p:tgtEl>
+                      <p:spTgt spid="4"/>
+                    </p:tgtEl>
+                  </p:cond>
+                </p:stCondLst>
+                <p:endSync evt="end" delay="0">
+                  <p:rtn val="all"/>
+                </p:endSync>
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="9" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="0"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="10" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="11" presetID="2" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="togglePause">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:nextCondLst>
+                <p:cond evt="onClick" delay="0">
+                  <p:tgtEl>
+                    <p:spTgt spid="4"/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{328CD336-2087-554E-3A36-498281BB3938}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Новий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> час (XVII–XVIII ст.)</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D546106-EA93-A03C-1858-890253D96E30}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="275374" y="2270612"/>
+            <a:ext cx="5136252" cy="4103684"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>У цей період у Європі з’являються кав’ярні, винні погреби тощо. Кава, чай та міцні алкогольні напої стають популярними. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>А у Франції та Англії вже формуються перші правила подачі напоїв і культура споживання.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t>П</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>ерші лондонські кав’ярні називали «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1"/>
+              <a:t>пенсовими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> університетами», адже за символічну плату відвідувач отримував напій і можливість інтелектуального спілкування.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3" descr="Історія виникнення кав'ярень">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEA7AD18-F1A8-90E7-E7ED-BA3D9CBB1CC7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5487251" y="1993406"/>
+            <a:ext cx="6429375" cy="4286250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="804778580"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Берлин">
   <a:themeElements>
     <a:clrScheme name="Berlin">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="9D360E"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="F09415"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C1B56B"/>
       </a:accent2>
@@ -14843,109 +16674,106 @@
                 <a:hueMod val="44000"/>
                 <a:satMod val="200000"/>
                 <a:lumMod val="69000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="2520000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Berlin" id="{7B5DBA9E-B069-418E-9360-A61BDD0615A4}" vid="{C0CBE056-4EF4-4D92-969E-947779DA7AAA}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TM04033917[[fn=Берлин]]</Template>
   <TotalTime></TotalTime>
-  <Words>1024</Words>
+  <Words>1791</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>105</Paragraphs>
-  <Slides>26</Slides>
+  <Paragraphs>134</Paragraphs>
+  <Slides>24</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
-  <MMClips>0</MMClips>
+  <MMClips>3</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>26</vt:i4>
+        <vt:i4>24</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="31" baseType="lpstr">
+    <vt:vector size="28" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Trebuchet MS</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Берлин</vt:lpstr>
-      <vt:lpstr>Тема1.ОСОБЛИВОСТІ ОРГАНІЗАЦІЇ ТА ФУНКЦІОНУВАННЯ БАРІВ</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>13 травня 1806 р. - День народження «коктейлю»</vt:lpstr>
+      <vt:lpstr>Тема1. Історія розвитку барної справи у світі та в Україні</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Історія барної справи тісно пов’язана з історією виробництва та споживання напоїв. Перші алкогольні напої з’явилися ще у період неоліту, коли люди навчилися ферментувати зерно, фрукти та мед.</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Антична Греція та Рим</vt:lpstr>
+      <vt:lpstr>Відео реконструкція термополія. Знахідка була частково розкопана ще у 2019 році. Археологам відкрився об'єкт віком у дві тисячі років, раніше похований під багатометровим шаром попелу і вулканічних порід після виверження Везувію у 79 році нашої ери. </vt:lpstr>
+      <vt:lpstr>Середньовіччя </vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Новий час (XVII–XVIII ст.)</vt:lpstr>
+      <vt:lpstr>Батьківщина барів – Америка. Становлення барної справи у США</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Так термін «бар» замінив термін «салун», яке раніше використовувалося для визначення великих кафе, де подавали, в основному, напої.</vt:lpstr>
       <vt:lpstr>Легендарні бармени:</vt:lpstr>
+      <vt:lpstr>13 травня 1806 р. - День народження «коктейлю»</vt:lpstr>
+      <vt:lpstr>Існують, що найменше, дві версії походження слова  «Коктейль»: </vt:lpstr>
+      <vt:lpstr>Історія барів</vt:lpstr>
       <vt:lpstr>Якщо раніше коктейлі були виключно американськими напоями, то наприкінці XIX і, особливо, на початку ХХ століття вони отримали світове визнання. </vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Історія розвитку барної справи в Україні</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Порівняльна характеристика розвитку барної справи: світ та Україна</vt:lpstr>
+      <vt:lpstr>Сучасні тенденції розвитку барної справи</vt:lpstr>
       <vt:lpstr>Як стати великим барменом і назавжди увійти в історію ІНСТРУКЦІЯ КОРИСТУВАЧА В 10 ПУНКТАХ  від легендарних барменів світу</vt:lpstr>
-      <vt:lpstr>Бар</vt:lpstr>
-[...16 lines deleted...]
-      <vt:lpstr>Домашнє завдання </vt:lpstr>
+      <vt:lpstr>Практичне завдання </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Історія виникнення бару</dc:title>
   <dc:creator>Максим Самошин</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>