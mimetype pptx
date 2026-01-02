--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -1,80 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
-    <p:sldId id="257" r:id="rId3"/>
-[...2 lines deleted...]
-    <p:sldId id="260" r:id="rId6"/>
+    <p:sldId id="258" r:id="rId3"/>
+    <p:sldId id="259" r:id="rId4"/>
+    <p:sldId id="260" r:id="rId5"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -136,99 +134,102 @@
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
-      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="17025" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="60" d="100"/>
-          <a:sy n="60" d="100"/>
+          <a:sx n="85" d="100"/>
+          <a:sy n="85" d="100"/>
         </p:scale>
-        <p:origin x="96" y="702"/>
+        <p:origin x="-499" y="-72"/>
       </p:cViewPr>
-      <p:guideLst/>
+      <p:guideLst>
+        <p:guide orient="horz" pos="2160"/>
+        <p:guide pos="3840"/>
+      </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="76200" cy="76200"/>
+  <p:gridSpacing cx="78028800" cy="78028800"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -285,71 +286,71 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="66" name="Picture 2" descr="\\DROBO-FS\QuickDrops\JB\PPTX NG\Droplets\LightingOverlay.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:alphaModFix amt="30000"/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="-1"/>
             <a:ext cx="12192003" cy="6858001"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="11" name="Group 10"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="2305051" cy="6858001"/>
             <a:chOff x="0" y="0"/>
             <a:chExt cx="2305051" cy="6858001"/>
           </a:xfrm>
           <a:gradFill flip="none" rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="tx2"/>
@@ -365,51 +366,51 @@
             <a:tileRect/>
           </a:gradFill>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="Rectangle 5"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1209675" y="4763"/>
               <a:ext cx="23813" cy="2181225"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Freeform 6"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1128713" y="2176463"/>
               <a:ext cx="190500" cy="190500"/>
             </a:xfrm>
             <a:custGeom>
@@ -455,51 +456,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="28" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="28" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="14" name="Freeform 7"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1123950" y="4021138"/>
               <a:ext cx="190500" cy="188913"/>
             </a:xfrm>
             <a:custGeom>
@@ -545,85 +546,85 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="15" name="Rectangle 8"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="414338" y="9525"/>
               <a:ext cx="28575" cy="4481513"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="16" name="Freeform 9"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="333375" y="4481513"/>
               <a:ext cx="190500" cy="190500"/>
             </a:xfrm>
             <a:custGeom>
@@ -669,51 +670,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="17" name="Freeform 10"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="190500" y="9525"/>
               <a:ext cx="152400" cy="908050"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -731,51 +732,51 @@
                   <a:lnTo>
                     <a:pt x="81" y="380"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="81" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="96" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="96" y="383"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="572"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="18" name="Freeform 11"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1290638" y="14288"/>
               <a:ext cx="376238" cy="1801813"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -793,51 +794,51 @@
                   <a:lnTo>
                     <a:pt x="0" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="18" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="18" y="617"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="237" y="1129"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="222" y="1135"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="Freeform 12"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1600200" y="1801813"/>
               <a:ext cx="190500" cy="188913"/>
             </a:xfrm>
             <a:custGeom>
@@ -883,51 +884,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="28" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="28" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="20" name="Freeform 13"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1381125" y="9525"/>
               <a:ext cx="371475" cy="1425575"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -945,51 +946,51 @@
                   <a:lnTo>
                     <a:pt x="0" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="380"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="234" y="892"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="219" y="898"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="21" name="Freeform 14"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1643063" y="0"/>
               <a:ext cx="152400" cy="912813"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -1007,51 +1008,51 @@
                   <a:lnTo>
                     <a:pt x="78" y="192"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="0" y="6"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="96" y="189"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="96" y="575"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="22" name="Freeform 15"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1685925" y="1420813"/>
               <a:ext cx="190500" cy="190500"/>
             </a:xfrm>
             <a:custGeom>
@@ -1097,51 +1098,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="Freeform 16"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1685925" y="903288"/>
               <a:ext cx="190500" cy="190500"/>
             </a:xfrm>
             <a:custGeom>
@@ -1187,51 +1188,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="24" name="Freeform 17"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1743075" y="4763"/>
               <a:ext cx="419100" cy="522288"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -1249,51 +1250,51 @@
                   <a:lnTo>
                     <a:pt x="0" y="6"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="60" y="111"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="264" y="317"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="252" y="329"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="25" name="Freeform 18"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="2119313" y="488950"/>
               <a:ext cx="161925" cy="147638"/>
             </a:xfrm>
             <a:custGeom>
@@ -1359,51 +1360,51 @@
                   <a:cubicBezTo>
                     <a:pt x="20" y="27"/>
                     <a:pt x="23" y="26"/>
                     <a:pt x="25" y="24"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="30" y="19"/>
                     <a:pt x="30" y="12"/>
                     <a:pt x="25" y="7"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="23" y="5"/>
                     <a:pt x="20" y="4"/>
                     <a:pt x="17" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="26" name="Freeform 19"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="952500" y="4763"/>
               <a:ext cx="152400" cy="908050"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -1421,51 +1422,51 @@
                   <a:lnTo>
                     <a:pt x="0" y="189"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="81" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="96" y="6"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="192"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="572"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="27" name="Freeform 20"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="866775" y="903288"/>
               <a:ext cx="190500" cy="190500"/>
             </a:xfrm>
             <a:custGeom>
@@ -1511,51 +1512,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="12"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="Freeform 21"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="890588" y="1554163"/>
               <a:ext cx="190500" cy="190500"/>
             </a:xfrm>
             <a:custGeom>
@@ -1601,51 +1602,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="28"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="28"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="29" name="Freeform 22"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="738188" y="5622925"/>
               <a:ext cx="338138" cy="1216025"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -1663,51 +1664,51 @@
                   <a:lnTo>
                     <a:pt x="195" y="464"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="0" y="6"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="12" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="213" y="461"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="213" y="766"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="30" name="Freeform 23"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="647700" y="5480050"/>
               <a:ext cx="157163" cy="157163"/>
             </a:xfrm>
             <a:custGeom>
@@ -1753,51 +1754,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="24"/>
                     <a:pt x="10" y="29"/>
                     <a:pt x="17" y="29"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="23" y="29"/>
                     <a:pt x="29" y="24"/>
                     <a:pt x="29" y="17"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="10"/>
                     <a:pt x="23" y="4"/>
                     <a:pt x="17" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="31" name="Freeform 24"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="66675" y="903288"/>
               <a:ext cx="190500" cy="190500"/>
             </a:xfrm>
             <a:custGeom>
@@ -1843,51 +1844,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="12" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="12"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="32" name="Freeform 25"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="3897313"/>
               <a:ext cx="133350" cy="266700"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -1899,51 +1900,51 @@
                   <a:moveTo>
                     <a:pt x="69" y="168"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="6"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="12" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="84" y="162"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="69" y="168"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="33" name="Freeform 26"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="66675" y="4149725"/>
               <a:ext cx="190500" cy="188913"/>
             </a:xfrm>
             <a:custGeom>
@@ -1989,51 +1990,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="28"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="28"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="34" name="Freeform 27"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="1644650"/>
               <a:ext cx="133350" cy="269875"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -2045,51 +2046,51 @@
                   <a:moveTo>
                     <a:pt x="12" y="170"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="164"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="69" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="84" y="6"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="12" y="170"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="35" name="Freeform 28"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="66675" y="1468438"/>
               <a:ext cx="190500" cy="190500"/>
             </a:xfrm>
             <a:custGeom>
@@ -2135,51 +2136,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="28"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="28"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="36" name="Freeform 29"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="695325" y="4763"/>
               <a:ext cx="309563" cy="1558925"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -2203,51 +2204,51 @@
                   <a:lnTo>
                     <a:pt x="0" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="18" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="18" y="623"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="195" y="796"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="195" y="982"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="37" name="Freeform 30"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="57150" y="4881563"/>
               <a:ext cx="190500" cy="188913"/>
             </a:xfrm>
             <a:custGeom>
@@ -2293,51 +2294,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="12" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="38" name="Freeform 31"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="138113" y="5060950"/>
               <a:ext cx="304800" cy="1778000"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -2361,51 +2362,51 @@
                   <a:lnTo>
                     <a:pt x="0" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="177"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="192" y="354"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="192" y="1120"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="39" name="Freeform 32"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="561975" y="6430963"/>
               <a:ext cx="190500" cy="188913"/>
             </a:xfrm>
             <a:custGeom>
@@ -2451,85 +2452,85 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="12" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="40" name="Rectangle 33"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="642938" y="6610350"/>
               <a:ext cx="23813" cy="242888"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="41" name="Freeform 34"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="76200" y="6430963"/>
               <a:ext cx="190500" cy="188913"/>
             </a:xfrm>
             <a:custGeom>
@@ -2575,51 +2576,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="12" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="42" name="Freeform 35"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="5978525"/>
               <a:ext cx="190500" cy="461963"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -2637,51 +2638,51 @@
                   <a:lnTo>
                     <a:pt x="105" y="114"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="0" y="9"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="12" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="120" y="108"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="120" y="291"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="43" name="Freeform 36"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1014413" y="1801813"/>
               <a:ext cx="214313" cy="755650"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -2699,51 +2700,51 @@
                   <a:lnTo>
                     <a:pt x="0" y="128"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="126" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="135" y="9"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="12" y="131"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="12" y="476"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="44" name="Freeform 37"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="938213" y="2547938"/>
               <a:ext cx="166688" cy="160338"/>
             </a:xfrm>
             <a:custGeom>
@@ -2789,51 +2790,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="24"/>
                     <a:pt x="10" y="30"/>
                     <a:pt x="18" y="30"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="25" y="30"/>
                     <a:pt x="31" y="24"/>
                     <a:pt x="31" y="17"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="31" y="10"/>
                     <a:pt x="25" y="4"/>
                     <a:pt x="18" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="45" name="Freeform 38"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="595313" y="4763"/>
               <a:ext cx="638175" cy="4025900"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -2857,51 +2858,51 @@
                   <a:lnTo>
                     <a:pt x="0" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="1916"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="402" y="2302"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="402" y="2536"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="46" name="Freeform 39"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1223963" y="1382713"/>
               <a:ext cx="142875" cy="476250"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -2919,51 +2920,51 @@
                   <a:lnTo>
                     <a:pt x="78" y="84"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="0" y="9"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="9" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="90" y="81"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="90" y="300"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="47" name="Freeform 40"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1300163" y="1849438"/>
               <a:ext cx="109538" cy="107950"/>
             </a:xfrm>
             <a:custGeom>
@@ -3009,51 +3010,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="16"/>
                     <a:pt x="8" y="19"/>
                     <a:pt x="12" y="19"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="16" y="19"/>
                     <a:pt x="19" y="16"/>
                     <a:pt x="19" y="12"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="19" y="8"/>
                     <a:pt x="16" y="4"/>
                     <a:pt x="12" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="48" name="Freeform 41"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="280988" y="3417888"/>
               <a:ext cx="142875" cy="474663"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -3071,51 +3072,51 @@
                   <a:lnTo>
                     <a:pt x="0" y="80"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="81" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="90" y="8"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="12" y="83"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="12" y="299"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="49" name="Freeform 42"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="238125" y="3883025"/>
               <a:ext cx="109538" cy="109538"/>
             </a:xfrm>
             <a:custGeom>
@@ -3161,51 +3162,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="16"/>
                     <a:pt x="7" y="19"/>
                     <a:pt x="11" y="19"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="15" y="19"/>
                     <a:pt x="19" y="16"/>
                     <a:pt x="19" y="12"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="19" y="8"/>
                     <a:pt x="15" y="4"/>
                     <a:pt x="11" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="50" name="Freeform 43"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="4763" y="2166938"/>
               <a:ext cx="114300" cy="452438"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -3223,51 +3224,51 @@
                   <a:lnTo>
                     <a:pt x="60" y="216"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="60" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="72" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="72" y="222"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="6" y="285"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="51" name="Freeform 44"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="52388" y="2066925"/>
               <a:ext cx="109538" cy="109538"/>
             </a:xfrm>
             <a:custGeom>
@@ -3313,85 +3314,85 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="16"/>
                     <a:pt x="8" y="19"/>
                     <a:pt x="12" y="19"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="16" y="19"/>
                     <a:pt x="19" y="16"/>
                     <a:pt x="19" y="12"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="19" y="8"/>
                     <a:pt x="16" y="4"/>
                     <a:pt x="12" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="52" name="Rectangle 45"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1228725" y="4662488"/>
               <a:ext cx="23813" cy="2181225"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="53" name="Freeform 46"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1319213" y="5041900"/>
               <a:ext cx="371475" cy="1801813"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -3412,51 +3413,51 @@
                   <a:lnTo>
                     <a:pt x="0" y="512"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="219" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="234" y="6"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="518"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="1135"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="54" name="Freeform 47"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1147763" y="4481513"/>
               <a:ext cx="190500" cy="190500"/>
             </a:xfrm>
             <a:custGeom>
@@ -3502,51 +3503,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="28" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="28" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="55" name="Freeform 48"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="819150" y="3983038"/>
               <a:ext cx="347663" cy="2860675"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -3564,51 +3565,51 @@
                   <a:lnTo>
                     <a:pt x="201" y="1185"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="0" y="3"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="219" y="1185"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="219" y="1802"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="56" name="Freeform 49"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="728663" y="3806825"/>
               <a:ext cx="190500" cy="190500"/>
             </a:xfrm>
             <a:custGeom>
@@ -3654,51 +3655,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="28"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="28"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="57" name="Freeform 50"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1624013" y="4867275"/>
               <a:ext cx="190500" cy="188913"/>
             </a:xfrm>
             <a:custGeom>
@@ -3744,51 +3745,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="28" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="28" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="58" name="Freeform 51"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1404938" y="5422900"/>
               <a:ext cx="371475" cy="1425575"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -3809,51 +3810,51 @@
                   <a:lnTo>
                     <a:pt x="0" y="512"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="222" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="234" y="6"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="18" y="518"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="18" y="898"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="59" name="Freeform 52"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1666875" y="5945188"/>
               <a:ext cx="152400" cy="912813"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -3871,51 +3872,51 @@
                   <a:lnTo>
                     <a:pt x="81" y="383"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="81" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="96" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="96" y="386"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="575"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="60" name="Freeform 53"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1709738" y="5246688"/>
               <a:ext cx="190500" cy="190500"/>
             </a:xfrm>
             <a:custGeom>
@@ -3961,51 +3962,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="61" name="Freeform 54"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1709738" y="5764213"/>
               <a:ext cx="190500" cy="190500"/>
             </a:xfrm>
             <a:custGeom>
@@ -4051,51 +4052,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="29"/>
                     <a:pt x="11" y="36"/>
                     <a:pt x="20" y="36"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="36"/>
                     <a:pt x="36" y="29"/>
                     <a:pt x="36" y="20"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="36" y="11"/>
                     <a:pt x="29" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="62" name="Freeform 55"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="1766888" y="6330950"/>
               <a:ext cx="419100" cy="527050"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -4113,51 +4114,51 @@
                   <a:lnTo>
                     <a:pt x="45" y="206"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="255" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="264" y="12"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="60" y="215"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="12" y="332"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="63" name="Freeform 56"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="2147888" y="6221413"/>
               <a:ext cx="157163" cy="147638"/>
             </a:xfrm>
             <a:custGeom>
@@ -4233,51 +4234,51 @@
                   <a:cubicBezTo>
                     <a:pt x="19" y="27"/>
                     <a:pt x="22" y="26"/>
                     <a:pt x="24" y="24"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="29" y="19"/>
                     <a:pt x="29" y="12"/>
                     <a:pt x="24" y="7"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="22" y="5"/>
                     <a:pt x="19" y="4"/>
                     <a:pt x="16" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="64" name="Freeform 57"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="504825" y="9525"/>
               <a:ext cx="233363" cy="5103813"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
@@ -4301,51 +4302,51 @@
                   <a:lnTo>
                     <a:pt x="15" y="0"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="15" y="1898"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="144" y="2754"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="147" y="3215"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="132" y="3215"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="65" name="Freeform 58"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="633413" y="5103813"/>
               <a:ext cx="185738" cy="185738"/>
             </a:xfrm>
             <a:custGeom>
@@ -4391,51 +4392,51 @@
                   <a:cubicBezTo>
                     <a:pt x="4" y="28"/>
                     <a:pt x="11" y="35"/>
                     <a:pt x="20" y="35"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="28" y="35"/>
                     <a:pt x="35" y="28"/>
                     <a:pt x="35" y="19"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="35" y="11"/>
                     <a:pt x="28" y="4"/>
                     <a:pt x="20" y="4"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:grpFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1876424" y="1122363"/>
@@ -4531,51 +4532,52 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7077511" y="5410201"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1876424" y="5410201"/>
             <a:ext cx="5124886" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -4583,50 +4585,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9896911" y="5410199"/>
             <a:ext cx="771089" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Panoramic Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -4793,92 +4796,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Title and Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -4984,92 +4989,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Quote with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -5242,92 +5249,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="60" name="TextBox 59"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="903512" y="732394"/>
             <a:ext cx="609600" cy="584776"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
@@ -5671,92 +5680,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="3 Column">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -6212,92 +6223,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="3 Picture Column">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -6927,92 +6940,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -7092,92 +7107,94 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -7267,92 +7284,94 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -7432,92 +7451,94 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -7677,92 +7698,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -7904,92 +7927,94 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -8280,92 +8305,94 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -8393,182 +8420,186 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -8727,92 +8758,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -9002,92 +9035,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>12/15/2020</a:t>
+              <a:pPr/>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
               <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1003">
         <a:schemeClr val="bg2"/>
       </p:bgRef>
@@ -9097,71 +9132,71 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 2" descr="\\DROBO-FS\QuickDrops\JB\PPTX NG\Droplets\LightingOverlay.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId19">
             <a:alphaModFix amt="30000"/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="-1"/>
             <a:ext cx="12192003" cy="6858001"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="8" name="Group 7"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="-14288" y="0"/>
             <a:ext cx="12053888" cy="6858001"/>
             <a:chOff x="-14288" y="0"/>
             <a:chExt cx="12053888" cy="6858001"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="9" name="Group 8"/>
@@ -9191,51 +9226,51 @@
               <a:tileRect/>
             </a:gradFill>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="21" name="Rectangle 5"/>
               <p:cNvSpPr>
                 <a:spLocks noChangeArrowheads="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="114300" y="4763"/>
                 <a:ext cx="23813" cy="2181225"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="22" name="Freeform 6"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="33337" y="2176463"/>
                 <a:ext cx="190500" cy="190500"/>
               </a:xfrm>
               <a:custGeom>
@@ -9281,51 +9316,51 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="29"/>
                       <a:pt x="11" y="36"/>
                       <a:pt x="20" y="36"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="28" y="36"/>
                       <a:pt x="36" y="29"/>
                       <a:pt x="36" y="20"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="36" y="11"/>
                       <a:pt x="28" y="4"/>
                       <a:pt x="20" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="23" name="Freeform 7"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="28575" y="4021138"/>
                 <a:ext cx="190500" cy="188913"/>
               </a:xfrm>
               <a:custGeom>
@@ -9371,51 +9406,51 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="29"/>
                       <a:pt x="12" y="36"/>
                       <a:pt x="20" y="36"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="29" y="36"/>
                       <a:pt x="36" y="29"/>
                       <a:pt x="36" y="20"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="36" y="11"/>
                       <a:pt x="29" y="4"/>
                       <a:pt x="20" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="24" name="Freeform 8"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="200025" y="4763"/>
                 <a:ext cx="369888" cy="1811338"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -9433,51 +9468,51 @@
                     <a:lnTo>
                       <a:pt x="0" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="15" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="15" y="623"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="233" y="1135"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="218" y="1141"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="25" name="Freeform 9"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="503237" y="1801813"/>
                 <a:ext cx="190500" cy="188913"/>
               </a:xfrm>
               <a:custGeom>
@@ -9523,51 +9558,51 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="29"/>
                       <a:pt x="11" y="36"/>
                       <a:pt x="20" y="36"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="28" y="36"/>
                       <a:pt x="36" y="29"/>
                       <a:pt x="36" y="20"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="36" y="9"/>
                       <a:pt x="31" y="4"/>
                       <a:pt x="20" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="26" name="Freeform 10"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="285750" y="4763"/>
                 <a:ext cx="369888" cy="1430338"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -9585,51 +9620,51 @@
                     <a:lnTo>
                       <a:pt x="0" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="18" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="18" y="380"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="233" y="895"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="221" y="901"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="27" name="Freeform 11"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="546100" y="0"/>
                 <a:ext cx="152400" cy="912813"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -9647,51 +9682,51 @@
                     <a:lnTo>
                       <a:pt x="78" y="192"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="0" y="6"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="15" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="96" y="189"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="96" y="575"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="28" name="Freeform 12"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="588962" y="1420813"/>
                 <a:ext cx="190500" cy="190500"/>
               </a:xfrm>
               <a:custGeom>
@@ -9737,51 +9772,51 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="29"/>
                       <a:pt x="11" y="36"/>
                       <a:pt x="20" y="36"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="29" y="36"/>
                       <a:pt x="36" y="29"/>
                       <a:pt x="36" y="20"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="36" y="9"/>
                       <a:pt x="31" y="4"/>
                       <a:pt x="20" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="29" name="Freeform 13"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="588962" y="903288"/>
                 <a:ext cx="190500" cy="190500"/>
               </a:xfrm>
               <a:custGeom>
@@ -9827,51 +9862,51 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="29"/>
                       <a:pt x="11" y="36"/>
                       <a:pt x="20" y="36"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="29" y="36"/>
                       <a:pt x="36" y="29"/>
                       <a:pt x="36" y="20"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="36" y="11"/>
                       <a:pt x="29" y="4"/>
                       <a:pt x="20" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="30" name="Freeform 14"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="641350" y="0"/>
                 <a:ext cx="422275" cy="527050"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -9889,51 +9924,51 @@
                     <a:lnTo>
                       <a:pt x="0" y="6"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="15" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="63" y="114"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="266" y="320"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="257" y="332"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="31" name="Freeform 15"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="1020762" y="488950"/>
                 <a:ext cx="161925" cy="147638"/>
               </a:xfrm>
               <a:custGeom>
@@ -9999,51 +10034,51 @@
                     <a:cubicBezTo>
                       <a:pt x="20" y="27"/>
                       <a:pt x="23" y="26"/>
                       <a:pt x="25" y="24"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="30" y="19"/>
                       <a:pt x="30" y="12"/>
                       <a:pt x="25" y="7"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="23" y="5"/>
                       <a:pt x="20" y="4"/>
                       <a:pt x="17" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="32" name="Line 16"/>
               <p:cNvSpPr>
                 <a:spLocks noChangeShapeType="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="-4763" y="9525"/>
                 <a:ext cx="0" cy="0"/>
               </a:xfrm>
               <a:prstGeom prst="line">
@@ -10083,51 +10118,51 @@
                     <a:moveTo>
                       <a:pt x="6" y="80"/>
                     </a:moveTo>
                     <a:lnTo>
                       <a:pt x="0" y="71"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="69" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="78" y="9"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="6" y="80"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="34" name="Freeform 18"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="-9525" y="3549650"/>
                 <a:ext cx="147638" cy="481013"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -10145,51 +10180,51 @@
                     <a:lnTo>
                       <a:pt x="78" y="78"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="0" y="12"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="12" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="93" y="69"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="93" y="303"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="35" name="Freeform 19"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="128587" y="1382713"/>
                 <a:ext cx="142875" cy="476250"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -10207,51 +10242,51 @@
                     <a:lnTo>
                       <a:pt x="78" y="84"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="0" y="9"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="9" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="90" y="81"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="90" y="300"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="36" name="Freeform 20"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="204787" y="1849438"/>
                 <a:ext cx="114300" cy="107950"/>
               </a:xfrm>
               <a:custGeom>
@@ -10297,85 +10332,85 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="16"/>
                       <a:pt x="8" y="19"/>
                       <a:pt x="12" y="19"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="16" y="19"/>
                       <a:pt x="20" y="16"/>
                       <a:pt x="20" y="12"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="20" y="8"/>
                       <a:pt x="16" y="4"/>
                       <a:pt x="12" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="37" name="Rectangle 21"/>
               <p:cNvSpPr>
                 <a:spLocks noChangeArrowheads="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="133350" y="4662488"/>
                 <a:ext cx="23813" cy="2181225"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="38" name="Freeform 22"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="223837" y="5041900"/>
                 <a:ext cx="369888" cy="1801813"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -10396,51 +10431,51 @@
                     <a:lnTo>
                       <a:pt x="0" y="512"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="218" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="233" y="6"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="15" y="518"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="15" y="1135"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="39" name="Freeform 23"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="52387" y="4481513"/>
                 <a:ext cx="190500" cy="190500"/>
               </a:xfrm>
               <a:custGeom>
@@ -10486,51 +10521,51 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="29"/>
                       <a:pt x="11" y="36"/>
                       <a:pt x="20" y="36"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="28" y="36"/>
                       <a:pt x="36" y="29"/>
                       <a:pt x="36" y="20"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="36" y="11"/>
                       <a:pt x="28" y="4"/>
                       <a:pt x="20" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="40" name="Freeform 24"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="-14288" y="5627688"/>
                 <a:ext cx="85725" cy="1216025"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -10548,51 +10583,51 @@
                     <a:lnTo>
                       <a:pt x="36" y="149"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="0" y="3"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="18" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="54" y="146"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="54" y="766"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="41" name="Freeform 25"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="527050" y="4867275"/>
                 <a:ext cx="190500" cy="188913"/>
               </a:xfrm>
               <a:custGeom>
@@ -10638,51 +10673,51 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="29"/>
                       <a:pt x="11" y="36"/>
                       <a:pt x="20" y="36"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="29" y="36"/>
                       <a:pt x="36" y="29"/>
                       <a:pt x="36" y="20"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="36" y="11"/>
                       <a:pt x="29" y="4"/>
                       <a:pt x="20" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="42" name="Freeform 26"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="309562" y="5422900"/>
                 <a:ext cx="374650" cy="1425575"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -10703,51 +10738,51 @@
                     <a:lnTo>
                       <a:pt x="3" y="512"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="221" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="236" y="6"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="18" y="518"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="18" y="898"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="43" name="Freeform 27"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="569912" y="5945188"/>
                 <a:ext cx="152400" cy="912813"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -10765,51 +10800,51 @@
                     <a:lnTo>
                       <a:pt x="81" y="383"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="81" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="96" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="96" y="386"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="15" y="575"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="44" name="Freeform 28"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="612775" y="5246688"/>
                 <a:ext cx="190500" cy="190500"/>
               </a:xfrm>
               <a:custGeom>
@@ -10855,51 +10890,51 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="29"/>
                       <a:pt x="12" y="36"/>
                       <a:pt x="20" y="36"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="29" y="36"/>
                       <a:pt x="36" y="29"/>
                       <a:pt x="36" y="20"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="36" y="11"/>
                       <a:pt x="29" y="4"/>
                       <a:pt x="20" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="45" name="Freeform 29"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="612775" y="5764213"/>
                 <a:ext cx="190500" cy="190500"/>
               </a:xfrm>
               <a:custGeom>
@@ -10945,51 +10980,51 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="29"/>
                       <a:pt x="12" y="36"/>
                       <a:pt x="20" y="36"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="29" y="36"/>
                       <a:pt x="36" y="29"/>
                       <a:pt x="36" y="20"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="36" y="11"/>
                       <a:pt x="29" y="4"/>
                       <a:pt x="20" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="46" name="Freeform 30"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="669925" y="6330950"/>
                 <a:ext cx="417513" cy="517525"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -11010,51 +11045,51 @@
                     <a:lnTo>
                       <a:pt x="48" y="206"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="254" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="263" y="12"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="60" y="215"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="15" y="326"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="47" name="Freeform 31"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="1049337" y="6221413"/>
                 <a:ext cx="157163" cy="147638"/>
               </a:xfrm>
               <a:custGeom>
@@ -11130,51 +11165,51 @@
                     <a:cubicBezTo>
                       <a:pt x="19" y="27"/>
                       <a:pt x="22" y="26"/>
                       <a:pt x="24" y="24"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="29" y="19"/>
                       <a:pt x="29" y="12"/>
                       <a:pt x="24" y="7"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="22" y="5"/>
                       <a:pt x="19" y="4"/>
                       <a:pt x="16" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
         </p:grpSp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="10" name="Group 9"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="11364912" y="0"/>
               <a:ext cx="674688" cy="6848476"/>
               <a:chOff x="11364912" y="0"/>
               <a:chExt cx="674688" cy="6848476"/>
             </a:xfrm>
@@ -11228,51 +11263,51 @@
                     <a:lnTo>
                       <a:pt x="248" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="263" y="6"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="218" y="117"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="218" y="117"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="12" y="323"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="12" name="Freeform 33"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="11364912" y="474663"/>
                 <a:ext cx="157163" cy="152400"/>
               </a:xfrm>
               <a:custGeom>
@@ -11343,51 +11378,51 @@
                     <a:cubicBezTo>
                       <a:pt x="20" y="28"/>
                       <a:pt x="23" y="27"/>
                       <a:pt x="26" y="24"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="30" y="20"/>
                       <a:pt x="30" y="12"/>
                       <a:pt x="26" y="8"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="23" y="6"/>
                       <a:pt x="20" y="4"/>
                       <a:pt x="17" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="13" name="Freeform 34"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="11631612" y="1539875"/>
                 <a:ext cx="188913" cy="190500"/>
               </a:xfrm>
               <a:custGeom>
@@ -11433,51 +11468,51 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="29"/>
                       <a:pt x="11" y="36"/>
                       <a:pt x="20" y="36"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="29" y="36"/>
                       <a:pt x="36" y="29"/>
                       <a:pt x="36" y="20"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="36" y="11"/>
                       <a:pt x="29" y="4"/>
                       <a:pt x="20" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="14" name="Freeform 35"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="11531600" y="5694363"/>
                 <a:ext cx="298450" cy="1154113"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -11498,51 +11533,51 @@
                     <a:lnTo>
                       <a:pt x="0" y="407"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="176" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="188" y="6"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="15" y="410"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="15" y="727"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="15" name="Freeform 36"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="11772900" y="5551488"/>
                 <a:ext cx="157163" cy="155575"/>
               </a:xfrm>
               <a:custGeom>
@@ -11588,51 +11623,51 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="23"/>
                       <a:pt x="10" y="29"/>
                       <a:pt x="17" y="29"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="23" y="29"/>
                       <a:pt x="29" y="23"/>
                       <a:pt x="29" y="16"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="29" y="9"/>
                       <a:pt x="23" y="4"/>
                       <a:pt x="17" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="16" name="Freeform 37"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="11710987" y="4763"/>
                 <a:ext cx="304800" cy="1544638"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -11656,51 +11691,51 @@
                     <a:lnTo>
                       <a:pt x="174" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="192" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="192" y="620"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="15" y="796"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="15" y="973"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="17" name="Freeform 38"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="11636375" y="4867275"/>
                 <a:ext cx="188913" cy="188913"/>
               </a:xfrm>
               <a:custGeom>
@@ -11746,51 +11781,51 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="29"/>
                       <a:pt x="11" y="36"/>
                       <a:pt x="20" y="36"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="29" y="36"/>
                       <a:pt x="36" y="29"/>
                       <a:pt x="36" y="20"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="36" y="11"/>
                       <a:pt x="29" y="4"/>
                       <a:pt x="20" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="18" name="Freeform 39"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="11441112" y="5046663"/>
                 <a:ext cx="307975" cy="1801813"/>
               </a:xfrm>
               <a:custGeom>
                 <a:avLst/>
                 <a:gdLst/>
@@ -11814,51 +11849,51 @@
                     <a:lnTo>
                       <a:pt x="176" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="194" y="0"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="194" y="183"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="18" y="360"/>
                     </a:lnTo>
                     <a:lnTo>
                       <a:pt x="18" y="1135"/>
                     </a:lnTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="19" name="Freeform 40"/>
               <p:cNvSpPr>
                 <a:spLocks noEditPoints="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="11849100" y="6416675"/>
                 <a:ext cx="190500" cy="188913"/>
               </a:xfrm>
               <a:custGeom>
@@ -11904,85 +11939,85 @@
                     <a:cubicBezTo>
                       <a:pt x="4" y="29"/>
                       <a:pt x="12" y="36"/>
                       <a:pt x="20" y="36"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="29" y="36"/>
                       <a:pt x="36" y="29"/>
                       <a:pt x="36" y="20"/>
                     </a:cubicBezTo>
                     <a:cubicBezTo>
                       <a:pt x="36" y="11"/>
                       <a:pt x="29" y="4"/>
                       <a:pt x="20" y="4"/>
                     </a:cubicBezTo>
                     <a:close/>
                   </a:path>
                 </a:pathLst>
               </a:custGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:round/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="20" name="Rectangle 41"/>
               <p:cNvSpPr>
                 <a:spLocks noChangeArrowheads="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="11939587" y="6596063"/>
                 <a:ext cx="23813" cy="252413"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:extLst>
                 <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                  <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a14:hiddenLine>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:sp>
         </p:grpSp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -12079,51 +12114,51 @@
           <a:xfrm>
             <a:off x="7456921" y="5883276"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>12/15/2020</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1141411" y="5883275"/>
             <a:ext cx="6239309" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -12494,649 +12529,408 @@
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D749C99-99E4-428A-BCDA-DB65A3D94E70}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6D749C99-99E4-428A-BCDA-DB65A3D94E70}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2686716" y="224487"/>
             <a:ext cx="6818568" cy="2511642"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg2">
               <a:lumMod val="60000"/>
               <a:lumOff val="40000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ДИСЦИПЛІНА ЗА ВИБОРОМ СТУДЕНТА: </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="3200" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" i="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="C00000"/>
+                  <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Е</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" b="1" i="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="C00000"/>
+                  <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>нергозбереження та енергоефективність за галузями промисловості</a:t>
+              <a:t>нергозбереження та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="3200" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>енергоефективність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="3200" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="3200" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>за галузями промисловості</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" i="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="C00000"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Подзаголовок 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA25040D-3E58-49D5-B81B-7F169B8DDE75}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA25040D-3E58-49D5-B81B-7F169B8DDE75}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1764632" y="4136965"/>
             <a:ext cx="9025504" cy="2309067"/>
           </a:xfrm>
           <a:solidFill>
             <a:srgbClr val="00B0F0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2400" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>розробник дисципліни, лектор:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" b="1" i="1" dirty="0">
+              <a:rPr lang="uk-UA" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Артемчук віктор васильович</a:t>
+              <a:t>Прихно</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>валерія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>леонідівна</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" b="1" i="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" i="1" dirty="0">
+              <a:rPr lang="uk-UA" sz="2400" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>д.т.н., професор електротехніки та енергоефективності </a:t>
+              <a:t>Старший викладач кафедри </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>електричної інженерії та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кіберфізичних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> систем</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" i="1" dirty="0">
+              <a:rPr lang="uk-UA" sz="2400" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Інженерний навчально-науковИЙ інститут</a:t>
+              <a:t>Інженерного навчально-наукового інституту</a:t>
             </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" i="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2400" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> Запорізького національного університету</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
               <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="964830288"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="964830288"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Заголовок 6">
-[...346 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1F0D775-0FF6-444D-9840-A5DE7E1BB36A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C1F0D775-0FF6-444D-9840-A5DE7E1BB36A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="176463" y="-5417"/>
             <a:ext cx="11839074" cy="6863417"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="4400" i="1" dirty="0">
                 <a:solidFill>
@@ -13194,83 +12988,83 @@
                 <a:latin typeface="Arial Unicode MS"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial Unicode MS"/>
               </a:rPr>
               <a:t>промисловості.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3387411198"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3387411198"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77762937-6216-4361-9494-AD4F0E96CFE4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{77762937-6216-4361-9494-AD4F0E96CFE4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="352926" y="513615"/>
             <a:ext cx="11486148" cy="5632311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" dirty="0">
                 <a:solidFill>
@@ -13326,83 +13120,83 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>«Безпека, енергоефективність, конкурентоспроможність», зокрема: «...підвищення енергоефективності на етапі генерації електро- та теплоенергії, зниження втрат енергії у подальшому при її передачі та розподілі»</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1578989098"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1578989098"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C69C49DD-8F76-4FED-9339-7A9EA939174A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C69C49DD-8F76-4FED-9339-7A9EA939174A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="764005" y="181957"/>
             <a:ext cx="10663989" cy="6494085"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" indent="469900" algn="just">
               <a:tabLst>
                 <a:tab pos="4773295" algn="l"/>
@@ -13508,51 +13302,51 @@
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3555862032"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3555862032"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Circuit">
   <a:themeElements>
     <a:clrScheme name="Circuit">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="134770"/>
@@ -13565,86 +13359,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="FAA93A"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="D35940"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="B258D3"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="63A0CC"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="8AC4A7"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="B8FA56"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="7AF8CC"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Circuit">
       <a:majorFont>
-        <a:latin typeface="Tw Cen MT" panose="020B0602020104020603"/>
+        <a:latin typeface="Tw Cen MT"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Tw Cen MT" panose="020B0602020104020603"/>
+        <a:latin typeface="Tw Cen MT"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -13767,99 +13561,86 @@
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:duotone>
               <a:schemeClr val="phClr">
                 <a:shade val="88000"/>
                 <a:hueMod val="106000"/>
                 <a:satMod val="140000"/>
                 <a:lumMod val="54000"/>
               </a:schemeClr>
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:hueMod val="90000"/>
                 <a:satMod val="150000"/>
                 <a:lumMod val="160000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:stretch/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Circuit" id="{0AC2F7E7-15F5-431C-B2A2-456FE929F56C}" vid="{0911B802-464C-4241-8DD9-B60FF88E379F}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Circuit" id="{0AC2F7E7-15F5-431C-B2A2-456FE929F56C}" vid="{0911B802-464C-4241-8DD9-B60FF88E379F}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TM04033919[[fn=Circuit]]</Template>
   <TotalTime></TotalTime>
-  <Words>268</Words>
+  <Words>171</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>5</Slides>
+  <PresentationFormat>Произвольный</PresentationFormat>
+  <Paragraphs>10</Paragraphs>
+  <Slides>4</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
-[...5 lines deleted...]
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="12" baseType="lpstr">
-[...5 lines deleted...]
-      <vt:lpstr>Wingdings</vt:lpstr>
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Circuit</vt:lpstr>
       <vt:lpstr>ДИСЦИПЛІНА ЗА ВИБОРОМ СТУДЕНТА:  Енергозбереження та енергоефективність за галузями промисловості</vt:lpstr>
-      <vt:lpstr>Артемчук віктор васильович – наукові напрями досліджень, практичний досвід, досвід науково – педагогічної діяльності</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Слайд 2</vt:lpstr>
+      <vt:lpstr>Слайд 3</vt:lpstr>
+      <vt:lpstr>Слайд 4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ДИСЦИПЛІНА ЗА ВИБОРОМ СТУДЕНТА:  Енергозбереження та енергоефективність за галузями промисловості</dc:title>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>