--- v0 (2025-12-10)
+++ v1 (2026-02-03)
@@ -1,2489 +1,3545 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="001C527E" w:rsidRPr="00521323" w:rsidRDefault="001C527E" w:rsidP="001C527E">
-      <w:pPr>
+    <w:p w:rsidR="00267796" w:rsidRPr="00425B73" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pageBreakBefore/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00425B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>„Кайдашева</w:t>
+        <w:t xml:space="preserve">Тема 1: Повість Івана Нечуя-Левицького „Кайдашева сім’я” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Специфіка реалізації художньої ідеї в повісті Івана Нечуя-Левицького „Кайдашева сім’я”: текст і підтекст твору. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2. Сюжетно-композиційна організація повісті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3. Особливості оповідної манери у творі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Образна система твору. Засоби </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>характеротворення</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00521323">
-        <w:rPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>5. Засоби творення комічного в повісті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="00425B73" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Література</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="00425B73" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-108" w:firstLine="34"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Основна:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="455"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Іван Нечуй-Левицький. Історія української літератури ХІХ ст. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(70–90-ті роки) : у 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>кн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>підруч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. / за ред. О. Д. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Гнідан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. Київ :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вища школа, 2003. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Кн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 1. С. 216–219.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="455"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Крутікова Н. Нечуй-Левицький. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Історія української літератури. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ХІХ століття </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: у 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>кн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. / за ред. М.  Яценка. Київ : Либідь, 1997. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Кн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 3. С. 108–111.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="455"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Крутікова Н. Іван Нечуй-Левицький. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Історія української літератури ХІХ століття </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: у 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>кн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>підруч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. / за ред. Акад. М. Г. Жулинського. Київ : Либідь, 2006. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Кн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 2. С. 391–393.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="00D748AF" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="455"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Сірук</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В. Історія української літератури 2-ої половини ХІХ століття: мистецькі орієнтири, культурно-історичний контекст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">1. Текст і підтекст повісті Івана Нечуя-Левицького </w:t>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">навчальний посібник </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для бакалаврів галузі знань 01 Освіта, спеціальності 014 Середня освіта програми “Українська мова та література. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Світова література”; галузі знань 03 Гуманітарні науки, спеціальності 035 Філологія, освітньої програми “Українська мова та література. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00521323">
-[...5 lines deleted...]
-        <w:t>„Кайдашева</w:t>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Світова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00521323">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">4. Образи та засоби їх </w:t>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00521323">
-[...5 lines deleted...]
-        <w:t>характеротворення</w:t>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>література</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00521323">
-        <w:rPr>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Луцьк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Терен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2021. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>С. 30–3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C527E" w:rsidRPr="00521323" w:rsidRDefault="001C527E" w:rsidP="001C527E">
-[...33 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="00425B73" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-108" w:firstLine="34"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00521323">
-        <w:rPr>
+      <w:r w:rsidRPr="00425B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Література:</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Додаткова: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Абрамова І. „Кайдашева сім’я”: моє прочитання : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>есей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Літературний журнал одного автора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. Львів, 1998. № 8 (14). 20 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Абрамова І. Національний код героїв прози І. С. Нечуя-Левицького. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Вісник Запорізького державного університету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>зб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. наук. Статей. Серія : Філологічні науки. 2004. № 2. С. 5–10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Бродюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ю. Художнє втілення образу батька в повісті „Кайдашева сім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>я” І. Нечуя-Левицького та романі „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Жменяки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>” М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Томчанія</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>https://litstud.knu.ua/khudozhnye-vtilennya-obrazu-bat-ka-v-povisti-kaydasheva-sim-ya-i-nechuya-levyts-koho-ta-romani-zhmenyaky-m-tomchaniya/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Долгушева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О. „Родинна сварка” у творах І. Нечуя-Левицького у світлі конфліктології та культурології. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Вісник Запорізького державного університету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>зб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. наук. Статей. Серія : Філологічні науки. 2004. № 2. С. 60–65.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Кавун Л. Повість Івана Нечуя-Левицького «Кайдашева сім’я» і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>мімезис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Проблеми інтерпретації художнього твору.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018. № 26. С. 97–105.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Могильницька Г. Люди на бездоріжжі: комедія про трагедію: до проблеми адекватного прочитання української класики (І. Нечуй-Левицький). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Українська мова й література в середніх школах, гімназіях, ліцеях та колегіумах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 2009. № 12. С. 106–122.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нечуй-Левицький І. „Кайдашева сім’я”: Перший варіант початку повісті. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Урок української</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 2002. № 7. С. 46–47.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павличко С. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Фройдистський</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аналіз української класики: Шевченко, Костомаров, Куліш, Нечуй-Левицький. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Павличко С.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Теорія літератури</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. Київ : Основи, 2002. С. 257–263.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Токмань</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Екзистенціально</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-діалогічне прочитання соціологічних </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>смислівуповісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> І. Нечуя-Левицького „Кайдашева сім’я”. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="001B2AFD">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>https://litstud.knu.ua/wp-content/uploads/2020/03/57-16.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="455" w:right="-108" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Якимчук П. Родинно-світоглядний філософський феномен Івана Нечуя-Левицького та вітчизняний християнсько-консервативний контекст. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Наука. Релігія. Суспільство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 2011. № 1. С. 41–49.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="00425B73" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-108" w:firstLine="743"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00521323">
-        <w:rPr>
+      <w:r w:rsidRPr="00425B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Основна:</w:t>
-[...642 lines deleted...]
-    <w:p w:rsidR="001C527E" w:rsidRDefault="001C527E" w:rsidP="001C527E">
+        <w:t>Методичні вказівки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:right="-108" w:firstLine="739"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:t xml:space="preserve">Готуючись до заняття скористайтеся рекомендаціями до виконання вимог, які ставляться до відповідей здобувачів освіти на практичному занятті. Їх ви знайдете вище. Також доречно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">пригадати </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:t>поняття „текст”, „підтекст”, „сюжет”, „фабула”, „композиція”, „оповідь”, „жанр”, „комічне”, „гумор”, „сатира”, „іронія”, „гротеск”, „бурлеск”, їх специфіку. Це допоможе вам обрати правильний алгоритм аналізу повісті „Кайдашева сім’я” під заданим кутом зору. Для побудови переконливої відповіді необхідно апелювати до твору, тож підібрані завчасно цитати будуть дуже доречними. При підготовці відповіді на перше питання наполегливо радимо опрацювати сьоме джерело з основного списку рекомендованої літератури. Працюючи над останнім питанням плану, брати до уваги те, що в повісті І. Нечуя-Левицького „Кайдашева сім’я” використано значний комплекс засобів творення комічного: прислів’я й приказки, порівняння; творення, стилістичних синонімічних рядів; творення і вживання фразеологічних синонімів; змалювання зовнішності персонажів; контраст; прийом антонімічної іронії як засіб індивідуалізації мови; гумористичне й сатиричне забарвлення епітетів у епізодах змалювання щоденного життя Кайдашів; евфемізми; гумористично-сатирична пісня; епізоди, текстуально побудовані за законами усної творчості, комічні ситуації тощо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:left="360" w:hanging="360"/>
-[...180 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="00425B73" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:left="360" w:hanging="360"/>
-[...115 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:ind w:right="-108"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...395 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...1 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:r w:rsidRPr="00425B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Питання для самоконтролю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0" w:right="-108" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Визначте жанровий різновид твору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="597" w:right="-108" w:hanging="597"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Історія якої родини знайшла художнє осмислення в повісті І. Нечуя-Левицького „Кайдашева сім’я”?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0" w:right="-108" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Де відбуваються основні події твору?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0" w:right="-108" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Старша невістка Кайдашів у дівоцтві мала прізвище…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0" w:right="-108" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Що зачарувало Лавріна в Мелашці, коли він її вперше побачив?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0" w:right="-108" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Що вабило Карпа в Мотрі, а згодом дратувало?   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0" w:right="-108" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Чому І. Нечуя-Левицький змінив початок і кінцівку повісті?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="597" w:right="-108" w:hanging="597"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Як називали Марусю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Кайдашиху</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> односельці?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="597" w:right="-108" w:hanging="597"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Чим Омелько Кайдаш заробляв на життя? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="597" w:right="-108" w:hanging="597"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Чому, на вашу думку, саме грушу обрав автор як один із найбільш дратівливих об’єктів для родини Кайдашів?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="597" w:right="-108" w:hanging="597"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Чому, на вашу думку, автор обходить увагою наймолодше покоління Кайдашів, навіть не згадує їхні імена?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="597" w:right="-108" w:hanging="597"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Чому, на вашу думку, письменник майже не використовує сатиричних прийомів і засобів зображення?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="597" w:right="-108" w:hanging="597"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Хто з письменників І пол. ХІХ ст. працював в жанрі повісті?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="597" w:right="-108" w:hanging="597"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Де і коли вперше опубліковано твір?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="597" w:right="-108" w:hanging="597"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Назвіть художників, які ілюстрували повість І. Нечуя-Левицького „Кайдашева сім’я”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="597" w:right="-108" w:hanging="597"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202122"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хто є автором віршованого переказу за мотивами повісті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">І. Нечуя-Левицького „Кайдашева сім’я”? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267796" w:rsidRPr="001B2AFD" w:rsidRDefault="00267796" w:rsidP="00267796">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="597" w:right="-108" w:hanging="597"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Які ви можете назвати сучасні форми мистецького осмислення повісті І. Нечуя-Левицького „Кайдашева сім’я”? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED51B8" w:rsidRPr="00267796" w:rsidRDefault="00ED51B8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00ED51B8" w:rsidRPr="00267796">
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09F0611F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7B0CDE02"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E3A3E99"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67FA595E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FB3308E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9BBE3008"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="333333"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44CD3F77"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="111E1A88"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BB444B"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FE40E8"/>
+    <w:rsidRoot w:val="00E47CF5"/>
+    <w:rsid w:val="00267796"/>
+    <w:rsid w:val="00E47CF5"/>
+    <w:rsid w:val="00ED51B8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="3B88B022"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{57A3CE84-9EC7-489B-9F48-2B258038EDAD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001C527E"/>
-[...8 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00267796"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Subtitle"/>
+    <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="001C527E"/>
+    <w:rsid w:val="00267796"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="60"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Подзаголовок Знак"/>
+    <w:name w:val="Заголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001C527E"/>
+    <w:rsid w:val="00267796"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="001C527E"/>
+    <w:rsid w:val="00267796"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
-[...26 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="001C527E"/>
+    <w:rsid w:val="00267796"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="60"/>
+      <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="baseline"/>
     </w:pPr>
-    <w:rPr>
-[...8 lines deleted...]
-    <w:rsid w:val="001C527E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00267796"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00267796"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://litstud.knu.ua/wp-content/uploads/2020/03/57-16.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2630</Characters>
+  <Pages>3</Pages>
+  <Words>851</Words>
+  <Characters>4855</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3085</CharactersWithSpaces>
+  <CharactersWithSpaces>5695</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Валя</dc:creator>
+  <dc:creator>Valentina</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>