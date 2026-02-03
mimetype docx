--- v0 (2025-12-10)
+++ v1 (2026-02-03)
@@ -1,2376 +1,2927 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00126066" w:rsidRDefault="00126066" w:rsidP="00126066">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="00425B73" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:spacing w:after="0"/>
+        <w:ind w:right="-108"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00425B73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Роман</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00521323">
+        <w:t xml:space="preserve">Тема 2: Роман Івана Нечуя-Левицького </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425B73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Івана Нечуя-Левицького </w:t>
-[...14 lines deleted...]
-          <w:b/>
+        <w:t>Князь Єремія Вишневецький”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-108"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Князь</w:t>
-[...5 lines deleted...]
-          <w:b/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-108"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Єремія Вишневецький</w:t>
-[...4 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>”</w:t>
+        <w:t>1. Історична тема у творчості Івана Нечуя-Левицького.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126066" w:rsidRDefault="00126066" w:rsidP="00126066">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+        <w:ind w:right="-108"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2. Реконструкція минулого в романі:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00126066" w:rsidRDefault="00126066" w:rsidP="00126066">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:spacing w:after="0"/>
+        <w:ind w:right="-108" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001B2AFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1. Історична тема у творчості Івана Нечуя-Левицького.</w:t>
+        <w:t>а) художнє осмислення епохи;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126066" w:rsidRDefault="00126066" w:rsidP="00126066">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:spacing w:after="0"/>
+        <w:ind w:right="-108" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001B2AFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>2. Реконструкція минулого в романі:</w:t>
+        <w:t>б) постать Єремії Вишневецького в історії;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126066" w:rsidRDefault="00126066" w:rsidP="00126066">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="360"/>
+        <w:ind w:right="-108" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001B2AFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>а) художнє осмислення епохи;</w:t>
+        <w:t>в) рецепція образу Єремії Вишневецького Іваном Нечуєм-Левицьким.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126066" w:rsidRDefault="00126066" w:rsidP="00126066">
-[...51 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
+        <w:ind w:right="-108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A158C0">
+      <w:r w:rsidRPr="001B2AFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3. Жанрово-стильові особливості твору.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126066" w:rsidRPr="00A158C0" w:rsidRDefault="00126066" w:rsidP="00126066">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
+        <w:ind w:right="-108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00126066" w:rsidRPr="00521323" w:rsidRDefault="00126066" w:rsidP="00126066">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="00425B73" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="360"/>
+        <w:ind w:right="-108" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00521323">
+      <w:r w:rsidRPr="00425B73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Література:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126066" w:rsidRPr="00521323" w:rsidRDefault="00126066" w:rsidP="00126066">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="00425B73" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="360"/>
+        <w:ind w:right="-108"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00521323">
+      <w:r w:rsidRPr="00425B73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Основна:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126066" w:rsidRDefault="00126066" w:rsidP="00126066">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="459" w:right="-108" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Іван Нечуй-Левицький. Історія української літератури ХІХ ст. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(70–90-ті роки) : у 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>кн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>підруч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. / за ред. О. Д. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Гнідан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. Київ :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вища школа, 2003. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Кн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 1. С. 220–240.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="459" w:right="-108" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Крутікова Н. Нечуй-Левицький. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Історія української літератури. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ХІХ століття </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: у 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>кн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. / за ред. М.  Яценка. Київ : Либідь, 1997. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Кн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>С. 119–123</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="459" w:right="-108" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Крутікова Н. Іван Нечуй-Левицький. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Історія української літератури ХІХ століття </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: у 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>кн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>підруч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. / за ред. Акад. М. Г. Жулинського. Київ : Либідь, 2006. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Кн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 2. С. 401–402.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="00D748AF" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="459" w:right="-108" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00443DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Сірук</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00443DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00443DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Історія української літератури 2-ої половини ХІХ століття: мистецькі орієнтири, культурно-історичний контекст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00443DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00443DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">навчальний посібник </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00443DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00443DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для бакалаврів галузі знань 01 Освіта, спеціальності 014 Середня освіта програми “Українська мова та література. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B925E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Світова література”; галузі знань 03 Гуманітарні науки, спеціальності 035 Філологія, освітньої програми “Українська мова та література. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Світова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>література</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Луцьк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Терен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2021. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>С. 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>–3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D748AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-108" w:firstLine="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="00425B73" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="360" w:right="-108" w:hanging="326"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> // </w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Додаткова:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="459" w:right="-108" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Баран Є. Морально-етична проблематика в історичній романістиці І. С. Нечуя-Левицького</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. Вісник Прикарпатського університету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Серія : Філологія. Івано-Франківськ : Плай, 1995. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A158C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Вип</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 1. С. 61–67.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="459" w:right="-108" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бойко Н. Герой й антигерой в історичних романах І. Нечуя-Левицького. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Дивослово</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A158C0">
-[...6 lines deleted...]
-        <w:t>. – 2001. – № 1. – С. 123–126.</w:t>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 2001. № 1. С. 123–126.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126066" w:rsidRDefault="00126066" w:rsidP="00126066">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="459" w:right="-108" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Бойцун</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> І. Культурна модель України в історичній белетристиці ХІХ століття. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Вісник Луганського національного університету імені Тараса Шевченка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. Філологічні науки. Луганськ. 2009. № 3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Ч. 1. С. 51–55.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="459" w:right="-108" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Габдрахманова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Л. Історична проза І. Нечуя-Левицького: жанрово-стильові особливості. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Вісник Запорізького національного університет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>зб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. наук. статей. Серія : Філологічні науки. Запоріжжя : Запорізький національний університет, 2010. № 2. С. 4–14.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="459" w:right="-108" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Калинчук А. Особливості </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>характеротворення</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в історичних романах І. Нечуя-Левицького. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Слово і Час</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 2000. № 11. С. 26–32.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="459" w:right="-108" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Пода</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О. Польські джерела роману І. С. Нечуя-Левицького „Князь Єремія Вишневецький”. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Вісник Запорізького державного університету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>зб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. наук. статей. Серія : Філологічні науки. Запоріжжя : Запорізький державний університет, 2001. № 1. С. 95–99.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="459" w:right="-108" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приходько І. Тема національної зради у творчості І. Нечуя-Левицького. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Педагогічна думка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 2010. № 3. С. 77–81.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="459" w:right="-108" w:hanging="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Сюндюков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> І. На порозі вибору: історична проза Івана Нечуя-Левицького / І. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Сюндюков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>День.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2005. 7 жовтня. С. 8.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="00425B73" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:right="-108" w:firstLine="743"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...51 lines deleted...]
-        <w:t>чук // Слово і час. – 2000. – № 11. – С. 26–32.</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Методичні вказівки:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126066" w:rsidRDefault="00126066" w:rsidP="00126066">
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:left="34" w:right="-108" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:t xml:space="preserve">Готуючись до заняття скористайтеся рекомендаціями до виконання вимог, які ставляться до відповідей здобувачів освіти на практичному занятті. Їх ви знайдете вище. Також доречно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">пригадати </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2AFD">
+        <w:t>поняття „текст”, „підтекст”, „сюжет”, „фабула”, „композиція”, „оповідь”, „жанр”, „комічне”, „гумор”, „сатира”, „іронія”, „гротеск”, „бурлеск”, їх специфіку. Це допоможе вам обрати правильний алгоритм аналізу повісті „Кайдашева сім’я” під заданим кутом зору. Для побудови переконливої відповіді необхідно апелювати до твору, тож підібрані завчасно цитати будуть дуже доречними. При підготовці відповіді на перше питання наполегливо радимо опрацювати сьоме джерело з основного списку рекомендованої літератури. Працюючи над останнім питанням плану, брати до уваги те, що в повісті І. Нечуя-Левицького „Кайдашева сім’я” використано значний комплекс засобів творення комічного: прислів’я й приказки, порівняння; творення, стилістичних синонімічних рядів; творення і вживання фразеологічних синонімів; змалювання зовнішності персонажів; контраст; прийом антонімічної іронії як засіб індивідуалізації мови; гумористичне й сатиричне забарвлення епітетів у епізодах змалювання щоденного життя Кайдашів; евфемізми; гумористично-сатирична пісня; епізоди, текстуально побудовані за законами усної творчості, комічні ситуації тощо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5FED" w:rsidRPr="001B2AFD" w:rsidRDefault="00CA5FED" w:rsidP="00CA5FED">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:right="-108" w:firstLine="172"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1015 lines deleted...]
-    <w:p w:rsidR="0093411A" w:rsidRDefault="0093411A">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="0093411A">
-      <w:pgSz w:w="11906" w:h="16838"/>
+    <w:sectPr w:rsidR="00CA5FED" w:rsidRPr="001B2AFD">
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04A85E32"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BCB052D2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31FF3184"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6EA35CC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E24382C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6DA282A8"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="688F013A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C27CC456"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BFF2320A">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00392E74"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FE40E8"/>
+    <w:rsidRoot w:val="00253C3D"/>
+    <w:rsid w:val="00253C3D"/>
+    <w:rsid w:val="00CA5FED"/>
+    <w:rsid w:val="00D42DC4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4D9D44DA"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{135D57F8-C54D-41FD-8150-085F06660BB7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00CA5FED"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Subtitle"/>
+    <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00126066"/>
+    <w:rsid w:val="00CA5FED"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CA5FED"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CA5FED"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CA5FED"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Подзаголовок Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00126066"/>
-[...215 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00CA5FED"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...11 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>364</Words>
-  <Characters>2080</Characters>
+  <Words>591</Words>
+  <Characters>3374</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2440</CharactersWithSpaces>
+  <CharactersWithSpaces>3958</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Валя</dc:creator>
+  <dc:creator>Valentina</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>