--- v0 (2025-12-10)
+++ v1 (2026-02-03)
@@ -1,842 +1,1203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="0093411A" w:rsidRPr="001422DB" w:rsidRDefault="001422DB">
+    <w:p w14:paraId="391AB26B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001422DB">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Новелістика О. Кобилянської</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001422DB" w:rsidRPr="001422DB" w:rsidRDefault="001422DB" w:rsidP="001422DB">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="757A001E">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Місце малої прози у творчості письменниці.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6745D6D9">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жанрове розмаїття малої прози О. Кобилянської: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>соцiально-психологiчнi оповiдання</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лiрико-драматичнi пейзажнi малюнки, поезiї в прозi, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>афористичнi мiнiатюри.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="51F40776">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наративні особливості малої прози.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131ECCFB">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Цілісний аналіз новели «Valse melancolique».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFAB575">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Література</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455ED7A7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жулинський М. Г. Українська література. Творці і твори. Київ : Либідь, 2011. 1152 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="641B948D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Історія української літератури. Кінець ХІХ – початок ХХ ст. : У 2 кн. : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ідручник / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а ред. О. Гнідан. Київ : Либідь, 2005. Кн.1. 624 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кн.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 496 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098E2122">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білоус Н. Феміністична проблематика прози О. Кобилянської. Українська мова і література в школі. 1999. №1. С. 36–38. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5F69FB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вітошинська Ольга. Творчі взаємини Ольги Кобилянськоїз Лесею Українкою. Збірник на пошану Ольги Кобилянської (1863-1942)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мюнхен: Вид-во УВУ, 1991, Т. 14. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74536676">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Градовський А. Своєрідний чоловік з розумом се мій ідеал( Феміністичні пошуки Ж. Санд і О. Кобилянської).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Українська література в загальноосвітній школі.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2004. № 12. С. 25 – 26. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB8BBAF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гундорова Т. Ольга Кобилянська Ніцше, або народження жінки з духу природи. Гендер і культура. Київ, 2001.С. 34 – 52. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A5234B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гундорова Т. ПроЯвлення слова. Дискусія раннього українського модернізму. Київ : Критика, 2009. 441 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ABB15F1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Гундорова Т. Feminamelancholica. Стать і культура в гендерній утопії Ольги Кобилянської : монографія. Київ : Критика, 2002. 574 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E15998">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гурдуз А. Міфопоетична парадигма в українській та західноєвропейській «прозі про землю» кінця ХІХ – першої третини ХХ ст. : монографія. Миколаїв: Вид-во МДГУ ім. П. Могили, 2008. 216 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6A9399">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казанова О. В. «Поезія в прозі» кінця ХІХ – початку ХХ століття: проблема жанрового визначення. Історико-літературний журнал / відп. ред. Н. П. Малютіна. 2011. Вип. 19.С. 153 – 164. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A1901D9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:leftChars="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казанова О. В. Жанр поезії у прозі як форма літературно-естетичної свідомості перехідної доби. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Слово і Час</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2015. № 11. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D46189">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:numPr>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="360" w:leftChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001422DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="0FF3EDA7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Місце малої прози у творчості письменниці.</w:t>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...132 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="001422DB" w:rsidRPr="001422DB">
+    <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:cols w:space="708" w:num="1"/>
+      <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...4 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="11F05E68"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="11F05E68"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="67013D1E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="67013D1E"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="110"/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
+  <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
   <w:compat>
+    <w:doNotExpandShiftReturn/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C44FE"/>
     <w:rsid w:val="001422DB"/>
     <w:rsid w:val="00166CB7"/>
     <w:rsid w:val="00195181"/>
     <w:rsid w:val="0093411A"/>
     <w:rsid w:val="009C44FE"/>
     <w:rsid w:val="00FC1396"/>
     <w:rsid w:val="00FE40E8"/>
+    <w:rsid w:val="27D92B49"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...6 lines deleted...]
-  <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:uiPriority="99" w:name="header"/>
+    <w:lsdException w:uiPriority="99" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="59" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="34" w:semiHidden="0" w:name="List Paragraph"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:lang w:val="uk-UA"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="2">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="3">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...5 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat/>
-    <w:rsid w:val="001422DB"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...209 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1076,63 +1437,65 @@
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
-  <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>23</Words>
   <Characters>134</Characters>
-  <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
+  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>156</CharactersWithSpaces>
-  <SharedDoc>false</SharedDoc>
-[...1 lines deleted...]
-  <AppVersion></AppVersion>
+  <Application>WPS Office_12.2.0.23196_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Валя</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>1049-12.2.0.23196</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>E6A25013CA60419D91FCE724737A01CD_12</vt:lpwstr>
+  </property>
+</Properties>
+</file>