--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -1,256 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...88 lines deleted...]
-  <Override PartName="/ppt/slides/slide96.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="267" r:id="rId3"/>
     <p:sldId id="268" r:id="rId4"/>
     <p:sldId id="269" r:id="rId5"/>
     <p:sldId id="257" r:id="rId6"/>
     <p:sldId id="270" r:id="rId7"/>
-    <p:sldId id="272" r:id="rId8"/>
-[...88 lines deleted...]
-    <p:sldId id="362" r:id="rId97"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -371,76 +190,76 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="108" d="100"/>
-          <a:sy n="108" d="100"/>
+          <a:sx n="119" d="100"/>
+          <a:sy n="119" d="100"/>
         </p:scale>
-        <p:origin x="1704" y="108"/>
+        <p:origin x="1374" y="102"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide75.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide83.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide88.xml"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide96.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide91.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide78.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide86.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide81.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide89.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide94.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide76.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide79.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide84.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide92.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide74.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide82.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide87.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide90.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide95.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide77.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide80.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide85.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide93.xml"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -554,51 +373,51 @@
             <a:r>
               <a:rPr kumimoji="0" lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="Дата 27"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{463CADA2-B166-4A2C-BE95-23785F0BC622}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>27.02.2021</a:t>
+              <a:t>19.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Нижний колонтитул 16"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -780,51 +599,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{463CADA2-B166-4A2C-BE95-23785F0BC622}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>27.02.2021</a:t>
+              <a:t>19.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -955,51 +774,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{463CADA2-B166-4A2C-BE95-23785F0BC622}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>27.02.2021</a:t>
+              <a:t>19.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1120,51 +939,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{463CADA2-B166-4A2C-BE95-23785F0BC622}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>27.02.2021</a:t>
+              <a:t>19.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1359,51 +1178,51 @@
             <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr kumimoji="0" lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{463CADA2-B166-4A2C-BE95-23785F0BC622}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>27.02.2021</a:t>
+              <a:t>19.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1623,51 +1442,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{463CADA2-B166-4A2C-BE95-23785F0BC622}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>27.02.2021</a:t>
+              <a:t>19.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1997,51 +1816,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{463CADA2-B166-4A2C-BE95-23785F0BC622}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>27.02.2021</a:t>
+              <a:t>19.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2110,51 +1929,51 @@
             <a:r>
               <a:rPr kumimoji="0" lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{463CADA2-B166-4A2C-BE95-23785F0BC622}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>27.02.2021</a:t>
+              <a:t>19.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2200,51 +2019,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{463CADA2-B166-4A2C-BE95-23785F0BC622}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>27.02.2021</a:t>
+              <a:t>19.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2458,51 +2277,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{463CADA2-B166-4A2C-BE95-23785F0BC622}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>27.02.2021</a:t>
+              <a:t>19.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2722,51 +2541,51 @@
             <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr kumimoji="0" lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{463CADA2-B166-4A2C-BE95-23785F0BC622}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>27.02.2021</a:t>
+              <a:t>19.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2943,51 +2762,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="6416675"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr kumimoji="0" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:shade val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{463CADA2-B166-4A2C-BE95-23785F0BC622}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>27.02.2021</a:t>
+              <a:t>19.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6416675"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3360,427 +3179,67 @@
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr kumimoji="0" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...38 lines deleted...]
-
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...39 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ekartka.com.ua/pricing" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...38 lines deleted...]
-
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...38 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide50.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...38 lines deleted...]
-
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...158 lines deleted...]
-<file path=ppt/slides/_rels/slide96.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -3967,1741 +3426,173 @@
             <a:ext cx="2235200" cy="3441700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-[...778 lines deleted...]
-
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0"/>
-              <a:t>Колода «Таргани у голові»</a:t>
+              <a:t>Колода «Таргани в голові»</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
-        </p:nvPicPr>
-[...32 lines deleted...]
-      </p:pic>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>www.ekartka.com.ua/pricing</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4036615995"/>
-      </p:ext>
-[...778 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2937759416"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0"/>
-              <a:t>Колода «Таргани у голові»</a:t>
+              <a:t>Колода «Таргани в голові»</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="137160" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
@@ -5741,51 +3632,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>нібито</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="137160" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>що</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>живуть</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t> у головах у людей і </a:t>
+              <a:t> в головах у людей і </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>створюють</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>їм</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>різного</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> роду </a:t>
             </a:r>
@@ -5878,830 +3769,50 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>його</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>ім'я</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2711540120"/>
-      </p:ext>
-[...778 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="866592638"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -6824,181 +3935,165 @@
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>своїм</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>життям</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> і </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>особистістю</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t> </a:t>
+              <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>Це</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>дає</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>можливість</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>колоді</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> стати </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>універсальною</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t> </a:t>
+              <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Вона </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>підходить</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> для </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>роботи</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> практично з будь-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>якою</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> темою </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>щодо</a:t>
+              <a:t>клієнтських</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>запитів</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t> </a:t>
-[...15 lines deleted...]
-              <a:t> </a:t>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>Унікальність</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>колоди</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> МАК «</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>Таргани</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t> У ГОЛОВІ»  в тому, </a:t>
+              <a:t> В ГОЛОВІ»  в тому, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>що</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> вона створена </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>спеціально</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> для </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>роботи</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> МАК-</a:t>
             </a:r>
@@ -7086,1782 +4181,209 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>, при </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>роботі</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> в </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Skype.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2736053812"/>
-      </p:ext>
-[...778 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2825878361"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>Професійна</a:t>
-[...7 lines deleted...]
-              <a:t>комунікація+МАК</a:t>
+              <a:t>Логопедія+МАК</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0">
                 <a:sym typeface="Wingdings"/>
               </a:rPr>
               <a:t>Запитання і завдання:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:buFontTx/>
-              <a:buChar char="-"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0">
                 <a:sym typeface="Wingdings"/>
               </a:rPr>
-              <a:t>Скільки тарганів Вам вдалося відібрати з колоди і «визнати»?</a:t>
+              <a:t>- Скільки тарганів Вам вдалося відібрати з колоди і «визнати»?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:sym typeface="Wingdings"/>
+              </a:rPr>
+              <a:t>- Яких тарганів Ви залишили в колоді, але їх варто було б додати до ряду «своїх», якщо бути більш щирим з собою?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:sym typeface="Wingdings"/>
+              </a:rPr>
+              <a:t>- Про які невирішені проблеми і труднощі кажуть відібрані Вами таргани?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0">
                 <a:sym typeface="Wingdings"/>
               </a:rPr>
-              <a:t>Яких тарганів Ви залишили в колоді, але їх варто було б додати до ряду «своїх», якщо бути більш щирим із собою?</a:t>
+              <a:t>Як би Ви згрупували відібраних тарганів? Хто з ким дружить або співпрацює? Хто кого підсилює або послаблює? </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0">
                 <a:sym typeface="Wingdings"/>
               </a:rPr>
-              <a:t>Про які невирішені проблеми і труднощі кажуть відібрані Вами таргани?</a:t>
+              <a:t>Розкажіть про їхні взаємини.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:buFontTx/>
-              <a:buChar char="-"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0">
                 <a:sym typeface="Wingdings"/>
               </a:rPr>
-              <a:t>Як би Ви згрупували відібраних тарганів? Хто з ким дружить або співпрацює? Хто кого підсилює або послаблює? </a:t>
+              <a:t>- Розташуйте тарганів, починаючи з самого проблемного і закінчуючи самим незначним за проблемністю для Вас.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:buFontTx/>
-              <a:buChar char="-"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0">
                 <a:sym typeface="Wingdings"/>
               </a:rPr>
-              <a:t>Розкажіть про їхні взаємини.</a:t>
-[...23 lines deleted...]
-              <a:t>Зробіть висновки про те, з яким запитом Вам варто працювати в першу чергу.</a:t>
+              <a:t>- Зробіть висновки про те, з яким запитом Вам варто працювати в першу чергу.</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-  </p:cSld>
-[...778 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -9343,3194 +4865,50 @@
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>важливе</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>рішення</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="770083077"/>
-      </p:ext>
-[...3142 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3512963137"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Апекс">
   <a:themeElements>
     <a:clrScheme name="Справедливость">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="696464"/>
@@ -12791,183 +5169,92 @@
                 <a:shade val="3000"/>
                 <a:satMod val="110000"/>
               </a:schemeClr>
               <a:schemeClr val="phClr">
                 <a:tint val="60000"/>
                 <a:satMod val="425000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Apex</Template>
   <TotalTime></TotalTime>
-  <Words>389</Words>
+  <Words>374</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>34</Paragraphs>
-  <Slides>96</Slides>
+  <Paragraphs>33</Paragraphs>
+  <Slides>6</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>96</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="105" baseType="lpstr">
+    <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Book Antiqua</vt:lpstr>
-      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Lucida Sans</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Wingdings 2</vt:lpstr>
       <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>Апекс</vt:lpstr>
       <vt:lpstr>МАК-технології МАРІЇ мІНАКОВОЇ</vt:lpstr>
-      <vt:lpstr>Колода «Таргани у голові»</vt:lpstr>
-      <vt:lpstr>Колода «Таргани у голові»</vt:lpstr>
+      <vt:lpstr>Колода «Таргани в голові»</vt:lpstr>
+      <vt:lpstr>Колода «Таргани в голові»</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Професійна комунікація+МАК</vt:lpstr>
+      <vt:lpstr>Логопедія+МАК</vt:lpstr>
       <vt:lpstr>Запитання</vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-[...88 lines deleted...]
-      <vt:lpstr>Подаруйте собі та своїм опонентам приємне спілкування!!!</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Моя майбутня професія – Логопед</dc:title>
   <dc:creator>USER</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>