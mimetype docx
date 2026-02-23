--- v0 (2025-11-03)
+++ v1 (2026-02-23)
@@ -1,2889 +1,1117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="281A02F2" w14:textId="77777777" w:rsidR="0006460D" w:rsidRPr="00016D82" w:rsidRDefault="0006460D">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="281A02F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="08EFD18A" w14:textId="77777777" w:rsidR="00CA286B" w:rsidRDefault="00CA286B" w:rsidP="00CA286B">
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08EFD18A">
       <w:pPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Викладач</w:t>
-[...8 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Викладач:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA286B">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Кузьмін Костянтин Сергійович</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>викладач</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...56 lines deleted...]
-    <w:p w14:paraId="73464384" w14:textId="77777777" w:rsidR="00CA286B" w:rsidRDefault="00CA286B" w:rsidP="00CA286B">
+        <w:t xml:space="preserve"> кафедри акторської майстерності </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73464384">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6630"/>
         </w:tabs>
         <w:spacing w:line="230" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Кафедра</w:t>
       </w:r>
-      <w:r w:rsidRPr="00122C96">
-[...18 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: акторської майстерності, навчальний корпус ЗНУ № 8, ауд. 218</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69991B7B">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E-mail: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kam_znu@ukr.net</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="69991B7B" w14:textId="77777777" w:rsidR="00CA286B" w:rsidRPr="00CA286B" w:rsidRDefault="00CA286B" w:rsidP="00CA286B">
+    </w:p>
+    <w:p w14:paraId="31C039B1">
       <w:pPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
         <w:rPr>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CA286B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...30 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Телефон: **</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">288-76-46 (кафедра </w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="36720661" w14:textId="77777777" w:rsidR="00CA286B" w:rsidRDefault="00CA286B" w:rsidP="00CA286B">
+        <w:t>288-76-46 (кафедра акторської майстерності)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36720661">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="12539"/>
         </w:tabs>
         <w:spacing w:line="230" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Інші</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Інші засоби зв’язку: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сторінка дисципліни  на платформі СЕЗН (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Moodle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) – форум дисципліни, приватні повідомлення</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F6B913A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Консультації: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Консультації проходять по понеділках за попередньо узгодженим часом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CAF3DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Дисципліни:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Викладає «Хореографію», «Майстерність актора» та «Мистецтво балетмейстера»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36ABE106">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біографія: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>З 2011 р. навчався на кафедрі акторської майстерності (керівники: Заслужена артистка України Надія Василівна Стадніченко та Заслужений артист України Віктор Миколайович Гончаров). Отримав кваліфікацію «Актор драматичного театру і кіно» з відзнакою, а також спеціалізацію «Хореограф-постановник».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF5B6F8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>У 2018 році здобув ступінь магістра педагогіки вищої ш</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>коли з відзнакою.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512E29D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>З 2017 працював в Запорізькому музично-драматичному театрі ім.Магара актором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671D71E8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>З 2017 року – викладач хореографії кафедри акторської майстерності ЗНУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4505D9E8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>З 2023 року – актор Українського сучасного театру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70BA0939">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>З 2024 року – старший викладач кафедри акторської майстерності ЗНУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C228BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>З 2024 року – член національної спілки театральних діячів України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D62EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>У 2024 році отримав відзнаку «За служіння мистецтву» від громадської організації Всеукраїнське об’єднання «КРАЇНА», за представленням первинної організації Національної спілки театральних діячів України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16394264">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Хореограф-постановник та режисер концертних танцювальних номерів студентів 1-4 курсів ОР Бакалавр та студентів ОР Магістр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D4A96B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Хореограф-постановник та режисер хореографічних вистав.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE19D8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Член журі всеукраїнських конкурсів та фестивалів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB9CD76">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Міжнародний чемпіонат сучасної хореографії та танцю «Dance of life» (2021 р.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25BD3AD0">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Міжнародний конкурс-фестиваль «Хортиця – серце Європи» (2021 р.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23FDC85B">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Міський фестиваль хореографічних та цирковиї колективів «Терпсіхора» (2021 Р.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C6BC3D">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Міжнародний фестиваль-конкурс лауреатів «International festival of talents» (2021 р.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175A718C">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Всеукраїнський фестиваль-конкурс «Різдвяна коляда» (2021 р.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B90812">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Міжнародний фестиваль мистецтв «Дивосвіт» (2021 р.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B156A31">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Всеукраїнський фестиваль таланту «Щастя поруч» (2021 р.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6208CA">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...1783 lines deleted...]
-    <w:sectPr w:rsidR="0006460D" w:rsidRPr="00CA286B">
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AF810F7">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:cols w:space="708" w:num="1"/>
+      <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
-    <w:altName w:val="바탕"/>
+    <w:altName w:val="Malgun Gothic"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...4 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  <w:font w:name="Malgun Gothic">
+    <w:panose1 w:val="020B0503020000020004"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...4 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="sans-serif">
+    <w:altName w:val="Segoe Print"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe Print">
+    <w:panose1 w:val="02000600000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="0000028F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="2000009F" w:csb1="47010000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="80"/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
+    <w:doNotExpandShiftReturn/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00083D84"/>
     <w:rsid w:val="00016D82"/>
     <w:rsid w:val="0006460D"/>
     <w:rsid w:val="00083D84"/>
     <w:rsid w:val="000D51B5"/>
     <w:rsid w:val="000F7666"/>
     <w:rsid w:val="001D1AA9"/>
     <w:rsid w:val="003A3D44"/>
     <w:rsid w:val="00747F72"/>
     <w:rsid w:val="00776472"/>
     <w:rsid w:val="00950920"/>
     <w:rsid w:val="009F38D8"/>
     <w:rsid w:val="00A6220B"/>
     <w:rsid w:val="00CA25CC"/>
     <w:rsid w:val="00CA286B"/>
     <w:rsid w:val="00CB1A23"/>
+    <w:rsid w:val="176551F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:shapeDefaults>
-[...8 lines deleted...]
-  <w15:docId w15:val="{FDAB2A9D-7365-4BA9-8304-51A910D45138}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...363 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="0" w:name="index 1"/>
+    <w:lsdException w:uiPriority="0" w:name="index 2"/>
+    <w:lsdException w:uiPriority="0" w:name="index 3"/>
+    <w:lsdException w:uiPriority="0" w:name="index 4"/>
+    <w:lsdException w:uiPriority="0" w:name="index 5"/>
+    <w:lsdException w:uiPriority="0" w:name="index 6"/>
+    <w:lsdException w:uiPriority="0" w:name="index 7"/>
+    <w:lsdException w:uiPriority="0" w:name="index 8"/>
+    <w:lsdException w:uiPriority="0" w:name="index 9"/>
+    <w:lsdException w:uiPriority="0" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="0" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="0" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="0" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="0" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="0" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="0" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="0" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="0" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="0" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="0" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="0" w:name="annotation text"/>
+    <w:lsdException w:uiPriority="0" w:name="header"/>
+    <w:lsdException w:uiPriority="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:uiPriority="0" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="0" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="0" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="0" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="0" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="0" w:name="line number"/>
+    <w:lsdException w:uiPriority="0" w:name="page number"/>
+    <w:lsdException w:uiPriority="0" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="0" w:name="macro"/>
+    <w:lsdException w:uiPriority="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="0" w:name="List Number"/>
+    <w:lsdException w:uiPriority="0" w:name="List 2"/>
+    <w:lsdException w:uiPriority="0" w:name="List 3"/>
+    <w:lsdException w:uiPriority="0" w:name="List 4"/>
+    <w:lsdException w:uiPriority="0" w:name="List 5"/>
+    <w:lsdException w:uiPriority="0" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="0" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="0" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="0" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="0" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="0" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="0" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="0" w:name="Closing"/>
+    <w:lsdException w:uiPriority="0" w:name="Signature"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="0" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="0" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="0" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="0" w:name="Date"/>
+    <w:lsdException w:uiPriority="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="0" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="0" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="0" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="0" w:name="Block Text"/>
+    <w:lsdException w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="0" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="0" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="0" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="0" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="0" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="0" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="0" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="0" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="0" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="0" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="0" w:name="HTML Variable"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="0" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="0" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="0" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="0" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="0" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="0" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="0" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="0" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="0" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Batang" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ko-KR"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ko-KR" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="2">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="3">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
-[...2 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="character" w:styleId="4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="2"/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...4 lines deleted...]
-    <w:rsid w:val="00CA286B"/>
+    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="Normal (Web)"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:ind w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...58 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3121,76 +1349,67 @@
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>301</Words>
   <Characters>1722</Characters>
-  <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
+  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2019</CharactersWithSpaces>
-  <SharedDoc>false</SharedDoc>
-[...1 lines deleted...]
-  <AppVersion></AppVersion>
+  <Application>WPS Office_12.2.0.23155_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Особова сторінка викладача повинна містити такі дані:</dc:title>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:title>Особова сторінка викладача повинна містити такі дані:</dc:title>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
-[...1 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>1049-12.2.0.23155</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>2DA221AE8923475FAB18F377C949D6B4_12</vt:lpwstr>
+  </property>
+</Properties>
+</file>