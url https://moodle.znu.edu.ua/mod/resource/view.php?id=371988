--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -218,173 +218,227 @@
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidRPr="00E441DE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00631632" w:rsidRPr="00801712" w:rsidRDefault="00631632" w:rsidP="00631632">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00631632" w:rsidRPr="00157DCC" w:rsidRDefault="00E93A71" w:rsidP="00631632">
+    <w:p w:rsidR="005C1EF9" w:rsidRDefault="00E93A71" w:rsidP="005C1EF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
+      <w:r w:rsidR="00217D9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00631632" w:rsidRPr="00801712">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Ми, що нижче підписалися, з однієї сторони</w:t>
       </w:r>
       <w:r w:rsidR="00631632">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00631632" w:rsidRPr="00E93A71">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Запорізький національний університет</w:t>
       </w:r>
+      <w:r w:rsidR="00217D9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
       <w:r w:rsidR="00631632">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1EF9" w:rsidRDefault="005C1EF9" w:rsidP="00631632">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="235" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00631632" w:rsidRDefault="00E93A71" w:rsidP="00631632">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="235" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">(далі – </w:t>
       </w:r>
       <w:r w:rsidR="00631632" w:rsidRPr="00E42A24">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>заклад</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> вищої освіти</w:t>
       </w:r>
       <w:r w:rsidR="00631632" w:rsidRPr="00E42A24">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>) в особі</w:t>
       </w:r>
-      <w:r w:rsidR="00A12A24">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00631632">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ректора </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E87689">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0567">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>першого проректора</w:t>
+      </w:r>
+      <w:r w:rsidR="00631632">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0567">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Бондаря О.Г.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E87689" w:rsidRPr="00E87689">
+        <w:t>Бондаря Олександра Григоровича</w:t>
+      </w:r>
+      <w:r w:rsidR="00631632">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00631632" w:rsidRPr="00801712">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">діючого на підставі </w:t>
       </w:r>
       <w:r w:rsidR="00631632">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>С</w:t>
       </w:r>
@@ -410,259 +464,266 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і, з другої</w:t>
       </w:r>
       <w:r w:rsidR="00631632" w:rsidRPr="00801712">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> сторони</w:t>
       </w:r>
       <w:r w:rsidR="00631632">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A12A24">
-[...43 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidR="00631632" w:rsidRPr="00157DCC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00631632">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3F4F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB0567" w:rsidRPr="00157DCC" w:rsidRDefault="00DB0567" w:rsidP="00631632">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="235" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00157DCC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00157DCC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>________________________</w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00631632" w:rsidRPr="007808D0" w:rsidRDefault="00E93A71" w:rsidP="00631632">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:left="1416" w:firstLine="708"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                </w:t>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3F4F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00631632" w:rsidRPr="00801712">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>(назва підприємства, організації, установи тощо)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00631632" w:rsidRPr="00801712" w:rsidRDefault="00631632" w:rsidP="00631632">
+    <w:p w:rsidR="00631632" w:rsidRPr="00801712" w:rsidRDefault="001C61DD" w:rsidP="00631632">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="9923"/>
         </w:tabs>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00801712">
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...39 lines deleted...]
-        <w:t>________</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00631632" w:rsidRPr="00801712">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>далі – база практики) в особі</w:t>
+      </w:r>
+      <w:r w:rsidR="00631632">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3F4F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00631632" w:rsidRPr="00801712" w:rsidRDefault="00631632" w:rsidP="00631632">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:left="4320" w:firstLine="720"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00801712">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>(посада)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00631632" w:rsidRDefault="00631632" w:rsidP="00631632">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00801712">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>__________________</w:t>
-[...16 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>_______________________________,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009610B9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00801712">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">діючого на підставі </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00631632" w:rsidRPr="00801712" w:rsidRDefault="00631632" w:rsidP="00631632">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:left="1416" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00801712">
@@ -687,71 +748,69 @@
       <w:r w:rsidRPr="00314947">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
       <w:r w:rsidRPr="00314947">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>__</w:t>
-[...19 lines deleted...]
-        <w:t>_________________</w:t>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314947">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>_____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00314947">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>(далі – сторони),</w:t>
       </w:r>
       <w:r w:rsidRPr="00E010C5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
@@ -803,73 +862,66 @@
         <w:t xml:space="preserve"> підприємства, розпорядження</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00801712">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> доручення)</w:t>
       </w:r>
       <w:r w:rsidRPr="00801712">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00631632" w:rsidRDefault="00631632" w:rsidP="00631632">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00631632" w:rsidRDefault="00631632" w:rsidP="00631632">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:overflowPunct/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00801712">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1247,179 +1299,50 @@
           <w:p w:rsidR="00631632" w:rsidRPr="00481E8F" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
             <w:pPr>
               <w:spacing w:line="235" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>кінець</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidTr="009D1C9A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="466" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidRDefault="005C0AD8" w:rsidP="009D1C9A">
-[...127 lines deleted...]
-          </w:tcPr>
           <w:p w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3242" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
@@ -1812,50 +1735,161 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1223" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidTr="009D1C9A">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3242" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1073" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1223" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00631632" w:rsidRPr="00330B4A" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w:rsidR="00631632" w:rsidRDefault="00631632" w:rsidP="00631632">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00631632" w:rsidRPr="00801712" w:rsidRDefault="00E93A71" w:rsidP="00631632">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1875"/>
@@ -2372,91 +2406,91 @@
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00631632" w:rsidRPr="00F82C46">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Призначити керівниками практики кваліфікованих викладачів.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00631632" w:rsidRPr="00F82C46" w:rsidRDefault="00E93A71" w:rsidP="00631632">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00631632" w:rsidRPr="00F82C46">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Забезпечити додержання студентами трудової дисципліни і правил внутрішнього трудового розпорядку. Брати участь у розслідуванні комісією бази практики нещасних випадків, якщо  вони сталися  зі  студентами під час проходження практики.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00631632" w:rsidRPr="00801712" w:rsidRDefault="00E93A71" w:rsidP="00631632">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:ind w:left="0" w:firstLine="720"/>
@@ -3419,67 +3453,59 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00631632" w:rsidRPr="003322C1" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00631632" w:rsidRPr="003322C1" w:rsidTr="009D1C9A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00631632" w:rsidRPr="003322C1" w:rsidRDefault="00E87689" w:rsidP="00E87689">
+          <w:p w:rsidR="00631632" w:rsidRPr="003322C1" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
             <w:pPr>
-              <w:ind w:left="2127" w:hanging="2127"/>
+              <w:ind w:firstLine="2640"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="314" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00631632" w:rsidRPr="003322C1" w:rsidRDefault="00631632" w:rsidP="009D1C9A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3668,58 +3694,58 @@
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="009B59EF" w:rsidRPr="00631632" w:rsidRDefault="009B59EF" w:rsidP="00631632">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009B59EF" w:rsidRPr="00631632" w:rsidSect="003D3BD2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006B002C" w:rsidRDefault="006B002C" w:rsidP="00F20F87">
+    <w:p w:rsidR="00E35F29" w:rsidRDefault="00E35F29" w:rsidP="00F20F87">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006B002C" w:rsidRDefault="006B002C" w:rsidP="00F20F87">
+    <w:p w:rsidR="00E35F29" w:rsidRDefault="00E35F29" w:rsidP="00F20F87">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3757,58 +3783,58 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006B002C" w:rsidRDefault="006B002C" w:rsidP="00F20F87">
+    <w:p w:rsidR="00E35F29" w:rsidRDefault="00E35F29" w:rsidP="00F20F87">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006B002C" w:rsidRDefault="006B002C" w:rsidP="00F20F87">
+    <w:p w:rsidR="00E35F29" w:rsidRDefault="00E35F29" w:rsidP="00F20F87">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="027034D8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="07906636"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
@@ -6772,212 +6798,210 @@
   <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00395B97"/>
     <w:rsid w:val="00012124"/>
     <w:rsid w:val="0002170F"/>
     <w:rsid w:val="0007288A"/>
     <w:rsid w:val="000772EF"/>
     <w:rsid w:val="000A3591"/>
     <w:rsid w:val="000B3747"/>
     <w:rsid w:val="000E4FFE"/>
+    <w:rsid w:val="00123FB7"/>
     <w:rsid w:val="00124E32"/>
     <w:rsid w:val="00157DCC"/>
     <w:rsid w:val="00167806"/>
     <w:rsid w:val="0018206D"/>
     <w:rsid w:val="00192D36"/>
     <w:rsid w:val="001A77D6"/>
     <w:rsid w:val="001B0F8B"/>
     <w:rsid w:val="001B2E34"/>
     <w:rsid w:val="001B32C2"/>
+    <w:rsid w:val="001C61DD"/>
     <w:rsid w:val="001D19F8"/>
     <w:rsid w:val="001F5F47"/>
     <w:rsid w:val="00200847"/>
+    <w:rsid w:val="00217D9F"/>
     <w:rsid w:val="00235915"/>
     <w:rsid w:val="00241F3D"/>
     <w:rsid w:val="00254482"/>
     <w:rsid w:val="00276835"/>
     <w:rsid w:val="002A7ACB"/>
     <w:rsid w:val="00314947"/>
     <w:rsid w:val="00330B4A"/>
     <w:rsid w:val="003322C1"/>
     <w:rsid w:val="003409CA"/>
-    <w:rsid w:val="003440E9"/>
     <w:rsid w:val="003667D8"/>
     <w:rsid w:val="00367681"/>
     <w:rsid w:val="00383A95"/>
     <w:rsid w:val="00395B97"/>
     <w:rsid w:val="003A0850"/>
     <w:rsid w:val="003B41D8"/>
     <w:rsid w:val="003D3897"/>
     <w:rsid w:val="003D3BD2"/>
-    <w:rsid w:val="003E2BB1"/>
-    <w:rsid w:val="003E46A6"/>
     <w:rsid w:val="00430717"/>
     <w:rsid w:val="004326EB"/>
     <w:rsid w:val="00476A79"/>
     <w:rsid w:val="00481E8F"/>
     <w:rsid w:val="00493209"/>
     <w:rsid w:val="00515634"/>
     <w:rsid w:val="005237CC"/>
     <w:rsid w:val="0056076D"/>
     <w:rsid w:val="00560DFC"/>
     <w:rsid w:val="00561A13"/>
     <w:rsid w:val="00592684"/>
     <w:rsid w:val="005949FD"/>
-    <w:rsid w:val="005C0AD8"/>
+    <w:rsid w:val="005C1EF9"/>
     <w:rsid w:val="005C2977"/>
     <w:rsid w:val="005F458D"/>
     <w:rsid w:val="005F4D94"/>
     <w:rsid w:val="00625179"/>
     <w:rsid w:val="00627D25"/>
     <w:rsid w:val="00631632"/>
     <w:rsid w:val="006A0166"/>
-    <w:rsid w:val="006B002C"/>
     <w:rsid w:val="006B0C89"/>
     <w:rsid w:val="006B4238"/>
+    <w:rsid w:val="006C3F4F"/>
     <w:rsid w:val="006C7A0D"/>
     <w:rsid w:val="006D6810"/>
     <w:rsid w:val="006E0FB3"/>
     <w:rsid w:val="006F01FB"/>
     <w:rsid w:val="00780345"/>
     <w:rsid w:val="007808D0"/>
     <w:rsid w:val="007B4E9E"/>
     <w:rsid w:val="00800925"/>
     <w:rsid w:val="00801712"/>
     <w:rsid w:val="00805B8A"/>
     <w:rsid w:val="00830474"/>
     <w:rsid w:val="0087030D"/>
     <w:rsid w:val="008807C6"/>
     <w:rsid w:val="00890AAD"/>
     <w:rsid w:val="008A420C"/>
     <w:rsid w:val="008D151A"/>
     <w:rsid w:val="008D72FB"/>
     <w:rsid w:val="008F4BE3"/>
     <w:rsid w:val="0090178B"/>
     <w:rsid w:val="00912D33"/>
     <w:rsid w:val="009329B1"/>
     <w:rsid w:val="0093763B"/>
     <w:rsid w:val="00960057"/>
     <w:rsid w:val="009610B9"/>
     <w:rsid w:val="00970530"/>
     <w:rsid w:val="009B1D4A"/>
     <w:rsid w:val="009B59EF"/>
     <w:rsid w:val="009D1C9A"/>
     <w:rsid w:val="009F7EC9"/>
-    <w:rsid w:val="00A12A24"/>
     <w:rsid w:val="00A35B09"/>
     <w:rsid w:val="00A721AF"/>
     <w:rsid w:val="00A84922"/>
     <w:rsid w:val="00AA05E0"/>
     <w:rsid w:val="00AA0EC9"/>
     <w:rsid w:val="00AB17DA"/>
     <w:rsid w:val="00B33D9A"/>
     <w:rsid w:val="00B56D81"/>
     <w:rsid w:val="00B61FDA"/>
     <w:rsid w:val="00B813C0"/>
     <w:rsid w:val="00BA004E"/>
     <w:rsid w:val="00BB7F3B"/>
     <w:rsid w:val="00BD04F7"/>
     <w:rsid w:val="00BD3537"/>
+    <w:rsid w:val="00BD6981"/>
     <w:rsid w:val="00BF21B1"/>
     <w:rsid w:val="00C054AD"/>
     <w:rsid w:val="00C1135D"/>
     <w:rsid w:val="00C361BB"/>
     <w:rsid w:val="00C928AE"/>
     <w:rsid w:val="00C9598C"/>
     <w:rsid w:val="00D05994"/>
     <w:rsid w:val="00D337B5"/>
     <w:rsid w:val="00D43328"/>
     <w:rsid w:val="00D60DFD"/>
     <w:rsid w:val="00DA0E02"/>
+    <w:rsid w:val="00DB0567"/>
     <w:rsid w:val="00DC23D0"/>
-    <w:rsid w:val="00DC286D"/>
     <w:rsid w:val="00DF181D"/>
     <w:rsid w:val="00DF2832"/>
     <w:rsid w:val="00E010C5"/>
+    <w:rsid w:val="00E35F29"/>
     <w:rsid w:val="00E42A24"/>
     <w:rsid w:val="00E441DE"/>
     <w:rsid w:val="00E5209B"/>
     <w:rsid w:val="00E705F1"/>
-    <w:rsid w:val="00E87689"/>
     <w:rsid w:val="00E93A71"/>
     <w:rsid w:val="00EF42CF"/>
     <w:rsid w:val="00F123F5"/>
-    <w:rsid w:val="00F176BD"/>
     <w:rsid w:val="00F20F87"/>
     <w:rsid w:val="00F31915"/>
     <w:rsid w:val="00F34CD7"/>
     <w:rsid w:val="00F41591"/>
     <w:rsid w:val="00F42207"/>
     <w:rsid w:val="00F758CC"/>
     <w:rsid w:val="00F82C46"/>
     <w:rsid w:val="00FC5DA3"/>
-    <w:rsid w:val="00FE5521"/>
     <w:rsid w:val="00FE7EE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...2 lines deleted...]
-  <w15:docId w15:val="{0028A6C1-F7FB-48DE-9126-DD35A1E045E1}"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2E4F039E"/>
+  <w15:docId w15:val="{CB6E8A07-C9D4-4CD1-8D1B-F2C45389B4B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -7512,51 +7536,50 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Основной текст с отступом Знак"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006A0166"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00395B97"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
-      <w:lang w:val="ru-MD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006A0166"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FR2">
     <w:name w:val="FR2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00395B97"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="220" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7981,55 +8004,55 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>771</Words>
-  <Characters>4398</Characters>
+  <Words>3231</Words>
+  <Characters>1842</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
+  <Lines>15</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5159</CharactersWithSpaces>
+  <CharactersWithSpaces>5063</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>                                                           ЗАТВЕРДЖУЮ</dc:title>
   <dc:subject/>
   <dc:creator>USER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>