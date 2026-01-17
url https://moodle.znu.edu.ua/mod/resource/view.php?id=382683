--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -1,97 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483651" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId16"/>
+    <p:handoutMasterId r:id="rId25"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="261" r:id="rId4"/>
     <p:sldId id="262" r:id="rId5"/>
     <p:sldId id="263" r:id="rId6"/>
     <p:sldId id="264" r:id="rId7"/>
     <p:sldId id="265" r:id="rId8"/>
     <p:sldId id="266" r:id="rId9"/>
     <p:sldId id="267" r:id="rId10"/>
     <p:sldId id="268" r:id="rId11"/>
-    <p:sldId id="273" r:id="rId12"/>
-[...2 lines deleted...]
-    <p:sldId id="271" r:id="rId15"/>
+    <p:sldId id="274" r:id="rId12"/>
+    <p:sldId id="275" r:id="rId13"/>
+    <p:sldId id="281" r:id="rId14"/>
+    <p:sldId id="282" r:id="rId15"/>
+    <p:sldId id="283" r:id="rId16"/>
+    <p:sldId id="284" r:id="rId17"/>
+    <p:sldId id="273" r:id="rId18"/>
+    <p:sldId id="277" r:id="rId19"/>
+    <p:sldId id="278" r:id="rId20"/>
+    <p:sldId id="285" r:id="rId21"/>
+    <p:sldId id="269" r:id="rId22"/>
+    <p:sldId id="270" r:id="rId23"/>
+    <p:sldId id="271" r:id="rId24"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6759575" cy="9867900"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr sz="2000" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
@@ -180,93 +198,102 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="2000" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="2000" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main"/>
+<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:extLst>
+    <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+    </p:ext>
+    <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+    </p:ext>
+  </p:extLst>
+</p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="107" d="100"/>
-          <a:sy n="107" d="100"/>
+          <a:sx n="69" d="100"/>
+          <a:sy n="69" d="100"/>
         </p:scale>
-        <p:origin x="-90" y="-114"/>
+        <p:origin x="-1416" y="-90"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="73736200" cy="73736200"/>
+  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -438,50 +465,55 @@
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{C0D00AB1-0BD0-4ABE-949D-02EDAC7FDAB7}" type="slidenum">
               <a:rPr lang="ru-RU" altLang=""/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU" altLang=""/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1271366861"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -3742,99 +3774,135 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2050" name="Rectangle 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -4032,419 +4100,1699 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="0"/>
             <a:ext cx="8229600" cy="981075"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="uk-UA" sz="1600" smtClean="0"/>
               <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="31750" name="Picture 6"/>
+          <p:cNvPr id="1026" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="395288" y="765175"/>
-            <a:ext cx="5686425" cy="4965700"/>
+            <a:off x="1763688" y="764704"/>
+            <a:ext cx="5153025" cy="323850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="31751" name="Picture 7"/>
+          <p:cNvPr id="1027" name="Picture 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5435600" y="2852738"/>
-            <a:ext cx="3132138" cy="1970087"/>
+            <a:off x="1609725" y="1340768"/>
+            <a:ext cx="5924550" cy="3629025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4181904762"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="27650" name="Rectangle 2"/>
+          <p:cNvPr id="31746" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-            <a:ext cx="8229600" cy="706437"/>
+            <a:off x="457200" y="0"/>
+            <a:ext cx="8229600" cy="981075"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...1 lines deleted...]
-              <a:rPr lang="uk-UA" sz="1400" smtClean="0"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" smtClean="0"/>
               <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1400" smtClean="0"/>
+            <a:endParaRPr lang="ru-RU" sz="1600" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="27651" name="Picture 3"/>
+          <p:cNvPr id="1026" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2555875" y="836613"/>
-            <a:ext cx="3533775" cy="247650"/>
+            <a:off x="1763688" y="764704"/>
+            <a:ext cx="5153025" cy="323850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="27652" name="Picture 4"/>
+          <p:cNvPr id="2050" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="684213" y="1484313"/>
-            <a:ext cx="7200900" cy="3413125"/>
+            <a:off x="1506091" y="1340768"/>
+            <a:ext cx="6115050" cy="2819400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="692687643"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="28674" name="Rectangle 2"/>
+          <p:cNvPr id="31746" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-            <a:ext cx="8229600" cy="706437"/>
+            <a:off x="457200" y="0"/>
+            <a:ext cx="8229600" cy="981075"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...1 lines deleted...]
-              <a:rPr lang="uk-UA" sz="1400" smtClean="0"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" smtClean="0"/>
               <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1400" smtClean="0"/>
+            <a:endParaRPr lang="ru-RU" sz="1600" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="28675" name="Picture 3"/>
+          <p:cNvPr id="1026" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2268538" y="836613"/>
-            <a:ext cx="4048125" cy="257175"/>
+            <a:off x="1763688" y="764704"/>
+            <a:ext cx="5153025" cy="323850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="28676" name="Picture 4"/>
+          <p:cNvPr id="3074" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="468313" y="1268413"/>
-            <a:ext cx="5983287" cy="1847850"/>
+            <a:off x="467544" y="1088554"/>
+            <a:ext cx="5895975" cy="1171575"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="28677" name="Picture 5"/>
+          <p:cNvPr id="3075" name="Picture 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4"/>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1187450" y="3357563"/>
-            <a:ext cx="6354763" cy="3076575"/>
+            <a:off x="467544" y="2420888"/>
+            <a:ext cx="6000750" cy="4276725"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3629989717"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="29698" name="Rectangle 2"/>
+          <p:cNvPr id="31746" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-            <a:ext cx="8229600" cy="706437"/>
+            <a:off x="457200" y="0"/>
+            <a:ext cx="8229600" cy="981075"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1"/>
-[...1 lines deleted...]
-              <a:rPr lang="uk-UA" sz="1400" smtClean="0"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" smtClean="0"/>
               <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1400" smtClean="0"/>
+            <a:endParaRPr lang="ru-RU" sz="1600" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="29699" name="Picture 3"/>
+          <p:cNvPr id="1026" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1763688" y="764704"/>
+            <a:ext cx="5153025" cy="323850"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1399096" y="4707285"/>
+            <a:ext cx="5547705" cy="1974911"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4099" name="Picture 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="982638" y="1268760"/>
+            <a:ext cx="5934075" cy="3438525"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="280821115"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31746" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="0"/>
+            <a:ext cx="8229600" cy="981075"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" dirty="0" smtClean="0"/>
+              <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1026" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1763689" y="646686"/>
+            <a:ext cx="4680520" cy="294155"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5124" name="Picture 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1331640" y="1124744"/>
+            <a:ext cx="6010275" cy="3571875"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="280821115"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31746" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="0"/>
+            <a:ext cx="8229600" cy="981075"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" smtClean="0"/>
+              <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1026" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1907704" y="898373"/>
+            <a:ext cx="5153025" cy="323850"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6146" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1325536" y="1556792"/>
+            <a:ext cx="6029325" cy="1419225"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6147" name="Picture 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="-29197" y="3426845"/>
+            <a:ext cx="4752528" cy="2285258"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6148" name="Picture 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4645674" y="3631261"/>
+            <a:ext cx="4257675" cy="1876425"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="280821115"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31746" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="0"/>
+            <a:ext cx="8229600" cy="981075"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" smtClean="0"/>
+              <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="31750" name="Picture 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1462088" y="1704975"/>
-            <a:ext cx="6219825" cy="3448050"/>
+            <a:off x="395288" y="765175"/>
+            <a:ext cx="5686425" cy="4965700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="31751" name="Picture 7"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5435600" y="2852738"/>
+            <a:ext cx="3132138" cy="1970087"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31746" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="0"/>
+            <a:ext cx="8229600" cy="981075"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" smtClean="0"/>
+              <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1026" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1763688" y="764704"/>
+            <a:ext cx="5153025" cy="323850"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7170" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1581150" y="1315296"/>
+            <a:ext cx="5981700" cy="4257675"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="692687643"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31746" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="0"/>
+            <a:ext cx="8229600" cy="981075"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" smtClean="0"/>
+              <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1026" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1763688" y="602779"/>
+            <a:ext cx="5153025" cy="323850"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8194" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1187624" y="926629"/>
+            <a:ext cx="6038850" cy="1866900"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8195" name="Picture 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1920061" y="2793529"/>
+            <a:ext cx="5010150" cy="3800475"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="692687643"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -4612,50 +5960,588 @@
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5183188" y="4298950"/>
             <a:ext cx="3133725" cy="1085850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31746" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="0"/>
+            <a:ext cx="8229600" cy="981075"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" smtClean="0"/>
+              <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1026" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1763688" y="764704"/>
+            <a:ext cx="5153025" cy="323850"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9218" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="755576" y="1088554"/>
+            <a:ext cx="4402821" cy="3428256"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9219" name="Picture 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1475656" y="4550377"/>
+            <a:ext cx="4291114" cy="2191627"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1103570839"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27650" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="706437"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1400" smtClean="0"/>
+              <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="27651" name="Picture 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2555875" y="836613"/>
+            <a:ext cx="3533775" cy="247650"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="27652" name="Picture 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="684213" y="1484313"/>
+            <a:ext cx="7200900" cy="3413125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28674" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="706437"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1400" smtClean="0"/>
+              <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="28675" name="Picture 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2268538" y="836613"/>
+            <a:ext cx="4048125" cy="257175"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="28676" name="Picture 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="468313" y="1268413"/>
+            <a:ext cx="5983287" cy="1847850"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="28677" name="Picture 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1187450" y="3357563"/>
+            <a:ext cx="6354763" cy="3076575"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29698" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="706437"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1400" smtClean="0"/>
+              <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="29699" name="Picture 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1462088" y="1704975"/>
+            <a:ext cx="6219825" cy="3448050"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -4670,84 +6556,58 @@
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="706437"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="uk-UA" sz="1400" smtClean="0"/>
               <a:t>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="19462" name="Picture 6"/>
+          <p:cNvPr id="19463" name="Picture 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
-          <a:srcRect/>
-[...24 lines deleted...]
-          <a:blip r:embed="rId3"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1979613" y="1773238"/>
             <a:ext cx="5133975" cy="4619625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6319,86 +8179,87 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>73</Words>
+  <Words>118</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>15</Paragraphs>
-  <Slides>14</Slides>
+  <Paragraphs>24</Paragraphs>
+  <Slides>23</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Использованные шрифты</vt:lpstr>
-[...5 lines deleted...]
-        <vt:lpstr>Шаблон оформления</vt:lpstr>
+        <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>23</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="17" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Calibri</vt:lpstr>
+    <vt:vector size="24" baseType="lpstr">
       <vt:lpstr>Оформление по умолчанию</vt:lpstr>
+      <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
+      <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
+      <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
+      <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
+      <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
+      <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
+      <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
+      <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
+      <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
       <vt:lpstr>ТЕНДЕНЦІЇ ТА ПРОБЛЕМИ СУЧАСНОЇ НАНОЕЛЕКТРОНІКИ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MoBIL GROUP</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>