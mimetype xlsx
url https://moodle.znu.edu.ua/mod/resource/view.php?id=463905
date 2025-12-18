--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -1,704 +1,589 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:dbsheet="http://web.wps.cn/et/2021/dbsheet">
   <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView windowWidth="22188" windowHeight="9000"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="167">
-[...34 lines deleted...]
-    <t>тест 10</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="153">
+  <si>
+    <t>ФІЛОСОФІЯ (вибіркова дисципліна)</t>
+  </si>
+  <si>
+    <t>3 курс, заочне відділення</t>
+  </si>
+  <si>
+    <t>1 тест</t>
+  </si>
+  <si>
+    <t>2 тест</t>
+  </si>
+  <si>
+    <t>3 тест</t>
+  </si>
+  <si>
+    <t>4 тест</t>
+  </si>
+  <si>
+    <t>5 тест</t>
+  </si>
+  <si>
+    <t>6 тест</t>
+  </si>
+  <si>
+    <t>7 тест</t>
+  </si>
+  <si>
+    <t>8 тест</t>
+  </si>
+  <si>
+    <t>9 тест</t>
+  </si>
+  <si>
+    <t>10 тест</t>
+  </si>
+  <si>
+    <t>Підс</t>
+  </si>
+  <si>
+    <t>бнус</t>
   </si>
   <si>
     <t>сума</t>
   </si>
   <si>
-    <t>пот. т</t>
-[...4 lines deleted...]
-  <si>
     <t>залік</t>
   </si>
   <si>
-    <t>6.0122 з (СПП)</t>
-[...2 lines deleted...]
-    <t>Піддубрівна Олена</t>
+    <t>6.0123-з</t>
+  </si>
+  <si>
+    <t>Довженко Ольга Григорівна</t>
+  </si>
+  <si>
+    <t>Пирх Ганна Володимирівна</t>
+  </si>
+  <si>
+    <t>Фалій Оксана Володимирівна</t>
+  </si>
+  <si>
+    <t>6.0133-з</t>
+  </si>
+  <si>
+    <t>Дитюк Людмила Вячеславівна</t>
+  </si>
+  <si>
+    <t>Орловська Юлія Русланівна</t>
+  </si>
+  <si>
+    <t>Циганок Вікторія Андріївна</t>
+  </si>
+  <si>
+    <t>6.0173-с-з</t>
+  </si>
+  <si>
+    <t>1. Антоненко Максим Валерійович</t>
+  </si>
+  <si>
+    <t>2. Булах Іван Сергійович</t>
+  </si>
+  <si>
+    <t>3. Метлушко Іван Олександрович</t>
+  </si>
+  <si>
+    <t>4. Найманов Євген Олександрович</t>
+  </si>
+  <si>
+    <t>5. Ноголь Олег Юрійович</t>
+  </si>
+  <si>
+    <t>6. Хихло Богдан Олександрович</t>
+  </si>
+  <si>
+    <t>6.0173-ф-з</t>
+  </si>
+  <si>
+    <t>Бараннік Поліна Олегівна</t>
+  </si>
+  <si>
+    <t>Буланік Вікторія Володимирівна</t>
+  </si>
+  <si>
+    <t>Васильченко Олександр Андрійович</t>
+  </si>
+  <si>
+    <t>Лавренюк Сергій Олександрович</t>
+  </si>
+  <si>
+    <t>Посукан Євген Анатолійович</t>
+  </si>
+  <si>
+    <t>Філінова Аліна Романівна</t>
+  </si>
+  <si>
+    <t>6.0174-с-з-с2</t>
+  </si>
+  <si>
+    <t>Дерновий Лука Олександрович</t>
+  </si>
+  <si>
+    <t>Підсадня Аліна Миколаївна</t>
+  </si>
+  <si>
+    <t>6.0323-з</t>
+  </si>
+  <si>
+    <t>Онаць Роман Володимирович</t>
+  </si>
+  <si>
+    <t>6.0353-а-з</t>
+  </si>
+  <si>
+    <t>Гільфанова Олександра Радіковна</t>
+  </si>
+  <si>
+    <t>Лучанінова Ольга Сергіївна</t>
+  </si>
+  <si>
+    <t>Москаленко Владислав Олександрович</t>
+  </si>
+  <si>
+    <t>Скидан Ярослава Сергіївна</t>
+  </si>
+  <si>
+    <t>Скрібка Поліна Євгенівна</t>
+  </si>
+  <si>
+    <t>Чиботару Лада Віталіївна</t>
+  </si>
+  <si>
+    <t>Чубенко Аліна Олександрівна</t>
+  </si>
+  <si>
+    <t>6.0353-ап-з</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кодак Ірина Вікторівна </t>
+  </si>
+  <si>
+    <t>6.0513-уп-з</t>
+  </si>
+  <si>
+    <t>Гнєдая Ольга Анатоліївна</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Романовська- Кузьмічева Валерія </t>
+  </si>
+  <si>
+    <t>6.0533-з</t>
+  </si>
+  <si>
+    <t>Гончарова Дар`я Максимівна</t>
+  </si>
+  <si>
+    <t>Козиряцька Юлія Миколаївна</t>
+  </si>
+  <si>
+    <t>Постарнак Анастасія Олександрівна</t>
+  </si>
+  <si>
+    <t>Савченко Олександра Сергіївна</t>
+  </si>
+  <si>
+    <t>Соколенко Сергій Григорович</t>
+  </si>
+  <si>
+    <t>6.0534-з-с2</t>
+  </si>
+  <si>
+    <t>1. Вельможко Єлизаветаа</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2. Войтенко Андрій </t>
+  </si>
+  <si>
+    <t>3. Клименко Марина</t>
+  </si>
+  <si>
+    <t>4. Кукобін Олексій</t>
+  </si>
+  <si>
+    <t>5. Френкель Наталія Сергіївна</t>
+  </si>
+  <si>
+    <t>6. Харченко Марія Євгенівна</t>
+  </si>
+  <si>
+    <t>6.0544-смк-з-с2</t>
+  </si>
+  <si>
+    <t>Савіна Анна Леонідівна</t>
+  </si>
+  <si>
+    <t>6.0713-оа-з</t>
+  </si>
+  <si>
+    <t>Коник Єлизавета Русланівна</t>
+  </si>
+  <si>
+    <t>6.0724-фк-з-с2</t>
+  </si>
+  <si>
+    <t>Галицький Олександр Олександрович</t>
+  </si>
+  <si>
+    <t>Драчов Борис Русланович</t>
+  </si>
+  <si>
+    <t>Заіка Каріна Олегівна</t>
+  </si>
+  <si>
+    <t>Сьомак Крістіна Володимирівна</t>
+  </si>
+  <si>
+    <t>Фарина Оксана Романівна</t>
+  </si>
+  <si>
+    <t>6.0733-мб</t>
+  </si>
+  <si>
+    <t>Катченко Нікіта Владиславович</t>
+  </si>
+  <si>
+    <t>6.0733-мб-з</t>
+  </si>
+  <si>
+    <t>Семидьянова Анастасія Сергіївна</t>
+  </si>
+  <si>
+    <t>Сухарев Артур Євгенович</t>
   </si>
   <si>
     <t>зараховано</t>
   </si>
   <si>
-    <t>Полякова Ірина</t>
-[...440 lines deleted...]
-    <t>Чередніченко Вероніка</t>
+    <t>Юнаш Анастасія Андріївна</t>
+  </si>
+  <si>
+    <t>6.0733-моа-з</t>
+  </si>
+  <si>
+    <t>1. Рябчук Діана Олексіївна</t>
+  </si>
+  <si>
+    <t>2. Семеренко Олена Василівна</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3. Штибіна Євгенія </t>
+  </si>
+  <si>
+    <t>6.0753-з</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Варакута Кирило </t>
+  </si>
+  <si>
+    <t>2. Ткачова Ольга Ігорівна</t>
+  </si>
+  <si>
+    <t>3. Ухтікова Валерія Вікторівна</t>
+  </si>
+  <si>
+    <t>6.0754-з-с2</t>
+  </si>
+  <si>
+    <t>Грабчилєва Ксенія Костянтинівна</t>
+  </si>
+  <si>
+    <t>6.0813-1</t>
+  </si>
+  <si>
+    <t>Моторна Аліна В`ячеславівна</t>
+  </si>
+  <si>
+    <t>6.0813-з</t>
+  </si>
+  <si>
+    <t>Денисюк Софія Андріївна</t>
+  </si>
+  <si>
+    <t>Пасека Дар`я Андріївна</t>
+  </si>
+  <si>
+    <t>Щербак Денис Сергійович</t>
+  </si>
+  <si>
+    <t>6.0814-з-с2</t>
+  </si>
+  <si>
+    <t>Аксанюк Сергій Миколайович</t>
+  </si>
+  <si>
+    <t>Булат Дарія Андріївна</t>
+  </si>
+  <si>
+    <t>Кононова Олександра Костянтинівна</t>
+  </si>
+  <si>
+    <t>Яценко Сергій Іванович</t>
+  </si>
+  <si>
+    <t>6.0913-ф</t>
+  </si>
+  <si>
+    <t>Федорець Анастасія Євгеніївна</t>
+  </si>
+  <si>
+    <t>6.0913-ф-з</t>
+  </si>
+  <si>
+    <t>Васеніна Марина Олександрівна</t>
+  </si>
+  <si>
+    <t>Власенко Анастасія Іванівна</t>
+  </si>
+  <si>
+    <t>Довбиш Аліна Віталіївна</t>
+  </si>
+  <si>
+    <t>34+37</t>
+  </si>
+  <si>
+    <t>Лєкомцева Тамара Максимівна</t>
+  </si>
+  <si>
+    <t>Ліщук Каріна Анатоліївна</t>
+  </si>
+  <si>
+    <t>Онуфрієнко Катерина Олександрівна</t>
+  </si>
+  <si>
+    <t>Палій Катерина Сергіївна</t>
+  </si>
+  <si>
+    <t>Пелих Єлизавета Сергіївна</t>
+  </si>
+  <si>
+    <t>Салогуб Аліна Ігорівна</t>
+  </si>
+  <si>
+    <t>Синицька Діана Сергіївна</t>
+  </si>
+  <si>
+    <t>Філоненко Тетяна Романівна</t>
+  </si>
+  <si>
+    <t>6.0914-ф-з-с2</t>
+  </si>
+  <si>
+    <t>Московченко Катерина Юріївна</t>
+  </si>
+  <si>
+    <t>6.1223-з</t>
+  </si>
+  <si>
+    <t>Касьян Анастасія Олександрівна</t>
+  </si>
+  <si>
+    <t>0+34</t>
+  </si>
+  <si>
+    <t>Снегірьова Ірина Сергіївна</t>
+  </si>
+  <si>
+    <t>6.1224-з-c2</t>
+  </si>
+  <si>
+    <t>Романішин Микита Миколайович</t>
+  </si>
+  <si>
+    <t>6.2053-з</t>
+  </si>
+  <si>
+    <t>Горжій Олександр Сергійович</t>
+  </si>
+  <si>
+    <t>Єфіменко Сергій Володимирович</t>
+  </si>
+  <si>
+    <t>Маслов Сергій Сергійович</t>
+  </si>
+  <si>
+    <t>Паливода Сергій Володимирович</t>
+  </si>
+  <si>
+    <t>6.2313-ср-з</t>
+  </si>
+  <si>
+    <t>Манько Віталій Олександрович</t>
+  </si>
+  <si>
+    <t>6.2314-ср-з-с2</t>
+  </si>
+  <si>
+    <t>Веліканова Віра Володимирівна</t>
+  </si>
+  <si>
+    <t>6.2413-з</t>
+  </si>
+  <si>
+    <t>Калініна Аліна Андріївна</t>
+  </si>
+  <si>
+    <t>Салига Максим Сергійовмч</t>
+  </si>
+  <si>
+    <t>нема в системі</t>
+  </si>
+  <si>
+    <t>Тихонова Вікторія Олексіївна</t>
+  </si>
+  <si>
+    <t>Фазекош Родіон Олександрович</t>
+  </si>
+  <si>
+    <t>6.2414-з-с2</t>
+  </si>
+  <si>
+    <t>Дончик Єкатерина Андріївна</t>
+  </si>
+  <si>
+    <t>6.2423-з</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Воловик Данило </t>
+  </si>
+  <si>
+    <t>2. Явися Дар`я Андріївна</t>
+  </si>
+  <si>
+    <t>6.2624-з-с2</t>
+  </si>
+  <si>
+    <t>Бугайов Богдан Віталійович</t>
+  </si>
+  <si>
+    <t>Малько Тарас Андрійович</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
   <numFmts count="4">
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="176" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="177" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
   </numFmts>
-  <fonts count="39">
+  <fonts count="26">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Black"/>
       <charset val="134"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
+      <color theme="1"/>
       <name val="Arial Black"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial Black"/>
       <charset val="134"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
-      <name val="Times New Roman"/>
-[...40 lines deleted...]
-      <sz val="12"/>
+      <color rgb="FF212529"/>
       <name val="Rockwell Nova Extra Bold"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="12"/>
-      <color rgb="FF858796"/>
+      <color rgb="FF212529"/>
       <name val="Segoe UI"/>
       <charset val="134"/>
     </font>
     <font>
-      <sz val="14"/>
-[...14 lines deleted...]
-    <font>
       <sz val="11"/>
-      <name val="Rockwell Nova Extra Bold"/>
-[...9 lines deleted...]
-      <sz val="16"/>
       <color theme="1"/>
       <name val="Arial Black"/>
-      <charset val="134"/>
-[...4 lines deleted...]
-      <name val="Rockwell Nova Extra Bold"/>
       <charset val="134"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF800080"/>
       <name val="Calibri"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
@@ -802,96 +687,60 @@
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C6500"/>
       <name val="Calibri"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="40">
+  <fills count="34">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFF0000"/>
-[...35 lines deleted...]
-        <fgColor theme="0" tint="-0.05"/>
+        <fgColor theme="9" tint="0.6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA5A5A5"/>
         <bgColor indexed="64"/>
@@ -1038,71 +887,56 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.799981688894314"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.599993896298105"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.399975585192419"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...13 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="4"/>
       </bottom>
       <diagonal/>
@@ -1179,307 +1013,214 @@
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="49">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
-[...125 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="39" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="6" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...6 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
-[...89 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="49">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Percent" xfId="3" builtinId="5"/>
     <cellStyle name="Comma [0]" xfId="4" builtinId="6"/>
     <cellStyle name="Currency [0]" xfId="5" builtinId="7"/>
-    <cellStyle name="Hyperlink" xfId="6" builtinId="8"/>
+    <cellStyle name="Link" xfId="6" builtinId="8"/>
     <cellStyle name="Followed Hyperlink" xfId="7" builtinId="9"/>
     <cellStyle name="Note" xfId="8" builtinId="10"/>
     <cellStyle name="Warning Text" xfId="9" builtinId="11"/>
     <cellStyle name="Title" xfId="10" builtinId="15"/>
     <cellStyle name="CExplanatory Text" xfId="11" builtinId="53"/>
     <cellStyle name="Heading 1" xfId="12" builtinId="16"/>
     <cellStyle name="Heading 2" xfId="13" builtinId="17"/>
     <cellStyle name="Heading 3" xfId="14" builtinId="18"/>
     <cellStyle name="Heading 4" xfId="15" builtinId="19"/>
     <cellStyle name="Input" xfId="16" builtinId="20"/>
     <cellStyle name="Output" xfId="17" builtinId="21"/>
     <cellStyle name="Calculation" xfId="18" builtinId="22"/>
     <cellStyle name="Check Cell" xfId="19" builtinId="23"/>
     <cellStyle name="Linked Cell" xfId="20" builtinId="24"/>
     <cellStyle name="Total" xfId="21" builtinId="25"/>
     <cellStyle name="Good" xfId="22" builtinId="26"/>
     <cellStyle name="Bad" xfId="23" builtinId="27"/>
     <cellStyle name="Neutral" xfId="24" builtinId="28"/>
     <cellStyle name="Accent1" xfId="25" builtinId="29"/>
     <cellStyle name="20% - Accent1" xfId="26" builtinId="30"/>
     <cellStyle name="40% - Accent1" xfId="27" builtinId="31"/>
     <cellStyle name="60% - Accent1" xfId="28" builtinId="32"/>
     <cellStyle name="Accent2" xfId="29" builtinId="33"/>
     <cellStyle name="20% - Accent2" xfId="30" builtinId="34"/>
     <cellStyle name="40% - Accent2" xfId="31" builtinId="35"/>
@@ -1964,5821 +1705,1431 @@
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
   <sheetPr/>
-  <dimension ref="A1:T146"/>
+  <dimension ref="A1:P136"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="U6" sqref="U6"/>
+    <sheetView tabSelected="1" topLeftCell="A45" workbookViewId="0">
+      <selection activeCell="Q57" sqref="Q57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88888888888889" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="34.7777777777778" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="6.77777777777778" customWidth="1"/>
+    <col min="1" max="1" width="34.2222222222222" customWidth="1"/>
+    <col min="2" max="2" width="6.88888888888889" customWidth="1"/>
+    <col min="3" max="3" width="6.44444444444444" customWidth="1"/>
+    <col min="4" max="4" width="5.66666666666667" customWidth="1"/>
+    <col min="5" max="5" width="5.55555555555556" customWidth="1"/>
+    <col min="6" max="6" width="5.44444444444444" customWidth="1"/>
+    <col min="7" max="7" width="5.55555555555556" customWidth="1"/>
+    <col min="8" max="8" width="5.77777777777778" customWidth="1"/>
+    <col min="9" max="9" width="6.11111111111111" customWidth="1"/>
+    <col min="10" max="10" width="5.66666666666667" customWidth="1"/>
+    <col min="11" max="11" width="6.11111111111111" customWidth="1"/>
+    <col min="12" max="12" width="6.44444444444444" customWidth="1"/>
+    <col min="14" max="14" width="6.55555555555556" customWidth="1"/>
+    <col min="15" max="15" width="5.88888888888889" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="17.4" spans="1:1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:16">
+    <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
       <c r="I2" t="s">
         <v>9</v>
       </c>
       <c r="J2" t="s">
         <v>10</v>
       </c>
       <c r="K2" t="s">
         <v>11</v>
       </c>
       <c r="L2" t="s">
         <v>12</v>
       </c>
+      <c r="M2" t="s">
+        <v>13</v>
+      </c>
       <c r="N2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="O2" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="P2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3" ht="21" spans="1:19">
+    <row r="3" ht="21" spans="1:1">
       <c r="A3" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B3" s="3"/>
-[...19 lines deleted...]
-      <c r="A4" s="4" t="s">
+    </row>
+    <row r="4" spans="1:14">
+      <c r="A4" t="s">
         <v>17</v>
       </c>
-      <c r="B4" s="3">
-[...5 lines deleted...]
-      <c r="D4" s="3">
+      <c r="B4">
+        <v>5</v>
+      </c>
+      <c r="C4">
+        <v>5</v>
+      </c>
+      <c r="D4">
+        <v>8</v>
+      </c>
+      <c r="E4">
+        <v>5</v>
+      </c>
+      <c r="F4">
+        <v>4</v>
+      </c>
+      <c r="G4">
         <v>6</v>
       </c>
-      <c r="E4" s="3">
+      <c r="H4">
+        <v>6</v>
+      </c>
+      <c r="I4">
+        <v>5</v>
+      </c>
+      <c r="J4">
+        <v>3</v>
+      </c>
+      <c r="K4">
+        <v>11</v>
+      </c>
+      <c r="L4"/>
+      <c r="N4">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5">
+        <v>4</v>
+      </c>
+      <c r="C5">
+        <v>3</v>
+      </c>
+      <c r="N5">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14">
+      <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6">
+        <v>5</v>
+      </c>
+      <c r="C6">
+        <v>5</v>
+      </c>
+      <c r="N6">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" ht="21" spans="1:1">
+      <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14">
+      <c r="A8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8">
+        <v>5</v>
+      </c>
+      <c r="C8">
+        <v>5</v>
+      </c>
+      <c r="D8">
+        <v>8</v>
+      </c>
+      <c r="E8">
+        <v>5</v>
+      </c>
+      <c r="F8">
+        <v>5</v>
+      </c>
+      <c r="N8">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="N9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14">
+      <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10">
+        <v>5</v>
+      </c>
+      <c r="C10">
+        <v>5</v>
+      </c>
+      <c r="D10">
+        <v>8</v>
+      </c>
+      <c r="E10">
+        <v>5</v>
+      </c>
+      <c r="F10">
+        <v>5</v>
+      </c>
+      <c r="G10">
+        <v>4</v>
+      </c>
+      <c r="H10">
+        <v>6</v>
+      </c>
+      <c r="I10">
+        <v>5</v>
+      </c>
+      <c r="J10">
+        <v>4</v>
+      </c>
+      <c r="K10">
+        <v>11</v>
+      </c>
+      <c r="N10">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="11" ht="21" spans="1:1">
+      <c r="A11" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14">
+      <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14">
+      <c r="A13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14">
+      <c r="A14" t="s">
+        <v>27</v>
+      </c>
+      <c r="N14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14">
+      <c r="A15" t="s">
+        <v>28</v>
+      </c>
+      <c r="N15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14">
+      <c r="A16" t="s">
+        <v>29</v>
+      </c>
+      <c r="N16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14">
+      <c r="A17" t="s">
+        <v>30</v>
+      </c>
+      <c r="N17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" ht="21" spans="1:1">
+      <c r="A18" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14">
+      <c r="A19" t="s">
+        <v>32</v>
+      </c>
+      <c r="N19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14">
+      <c r="A20" t="s">
+        <v>33</v>
+      </c>
+      <c r="N20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14">
+      <c r="A21" t="s">
+        <v>34</v>
+      </c>
+      <c r="N21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14">
+      <c r="A22" t="s">
+        <v>35</v>
+      </c>
+      <c r="N22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14">
+      <c r="A23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14">
+      <c r="A24" t="s">
+        <v>37</v>
+      </c>
+      <c r="N24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" ht="21" spans="1:1">
+      <c r="A25" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14">
+      <c r="A26" t="s">
+        <v>39</v>
+      </c>
+      <c r="B26">
+        <v>5</v>
+      </c>
+      <c r="C26">
+        <v>5</v>
+      </c>
+      <c r="D26">
+        <v>7</v>
+      </c>
+      <c r="E26">
+        <v>5</v>
+      </c>
+      <c r="F26">
+        <v>5</v>
+      </c>
+      <c r="G26">
+        <v>5</v>
+      </c>
+      <c r="N26">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14">
+      <c r="A27" t="s">
+        <v>40</v>
+      </c>
+      <c r="N27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" ht="21" spans="1:1">
+      <c r="A28" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14">
+      <c r="A29" t="s">
+        <v>42</v>
+      </c>
+      <c r="N29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" ht="21" spans="1:1">
+      <c r="A30" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14">
+      <c r="A31" t="s">
+        <v>44</v>
+      </c>
+      <c r="N31">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14">
+      <c r="A32" t="s">
+        <v>45</v>
+      </c>
+      <c r="B32">
+        <v>5</v>
+      </c>
+      <c r="C32">
+        <v>5</v>
+      </c>
+      <c r="N32">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14">
+      <c r="A33" t="s">
+        <v>46</v>
+      </c>
+      <c r="N33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14">
+      <c r="A34" t="s">
+        <v>47</v>
+      </c>
+      <c r="N34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14">
+      <c r="A35" t="s">
+        <v>48</v>
+      </c>
+      <c r="N35">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14">
+      <c r="A36" t="s">
+        <v>49</v>
+      </c>
+      <c r="N36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14">
+      <c r="A37" t="s">
+        <v>50</v>
+      </c>
+      <c r="N37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" ht="21" spans="1:1">
+      <c r="A38" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14">
+      <c r="A39" t="s">
+        <v>52</v>
+      </c>
+      <c r="N39">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="40" ht="21" spans="1:1">
+      <c r="A40" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14">
+      <c r="A41" t="s">
+        <v>54</v>
+      </c>
+      <c r="N41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14">
+      <c r="A42" t="s">
+        <v>55</v>
+      </c>
+      <c r="N42">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" ht="21" spans="1:1">
+      <c r="A43" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14">
+      <c r="A44" t="s">
+        <v>57</v>
+      </c>
+      <c r="N44">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14">
+      <c r="A45" t="s">
+        <v>58</v>
+      </c>
+      <c r="N45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14">
+      <c r="A46" t="s">
+        <v>59</v>
+      </c>
+      <c r="N46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14">
+      <c r="A47" t="s">
+        <v>60</v>
+      </c>
+      <c r="N47">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14">
+      <c r="A48" t="s">
+        <v>61</v>
+      </c>
+      <c r="N48">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" ht="19.8" spans="1:1">
+      <c r="A49" s="4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="50" ht="19.2" spans="1:14">
+      <c r="A50" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="N50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" ht="19.2" spans="1:14">
+      <c r="A51" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B51">
+        <v>5</v>
+      </c>
+      <c r="C51">
+        <v>5</v>
+      </c>
+      <c r="D51">
+        <v>8</v>
+      </c>
+      <c r="E51">
+        <v>5</v>
+      </c>
+      <c r="F51">
+        <v>5</v>
+      </c>
+      <c r="N51">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="52" ht="19.2" spans="1:14">
+      <c r="A52" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="N52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" ht="19.2" spans="1:14">
+      <c r="A53" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B53">
+        <v>5</v>
+      </c>
+      <c r="N53">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="54" ht="19.2" spans="1:14">
+      <c r="A54" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="B54">
+        <v>5</v>
+      </c>
+      <c r="C54">
+        <v>5</v>
+      </c>
+      <c r="N54">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55" ht="19.2" spans="1:14">
+      <c r="A55" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="N55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" ht="21" spans="1:1">
+      <c r="A56" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14">
+      <c r="A57" t="s">
+        <v>70</v>
+      </c>
+      <c r="N57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" ht="21" spans="1:1">
+      <c r="A58" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14">
+      <c r="A59" t="s">
+        <v>72</v>
+      </c>
+      <c r="N59">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" ht="21" spans="1:1">
+      <c r="A60" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14">
+      <c r="A61" t="s">
+        <v>74</v>
+      </c>
+      <c r="N61">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14">
+      <c r="A62" t="s">
+        <v>75</v>
+      </c>
+      <c r="N62">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14">
+      <c r="A63" t="s">
+        <v>76</v>
+      </c>
+      <c r="N63">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14">
+      <c r="A64" t="s">
+        <v>77</v>
+      </c>
+      <c r="N64">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14">
+      <c r="A65" t="s">
+        <v>78</v>
+      </c>
+      <c r="N65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" ht="21" spans="1:1">
+      <c r="A66" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14">
+      <c r="A67" t="s">
+        <v>80</v>
+      </c>
+      <c r="N67">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" ht="17.4" spans="1:1">
+      <c r="A68" s="6" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="69" spans="1:14">
+      <c r="A69" t="s">
+        <v>82</v>
+      </c>
+      <c r="D69">
+        <v>6</v>
+      </c>
+      <c r="I69">
+        <v>3</v>
+      </c>
+      <c r="J69">
+        <v>5</v>
+      </c>
+      <c r="K69">
+        <v>10</v>
+      </c>
+      <c r="N69">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B70" s="7">
+        <v>5</v>
+      </c>
+      <c r="C70" s="7">
+        <v>5</v>
+      </c>
+      <c r="D70" s="7">
+        <v>7</v>
+      </c>
+      <c r="E70" s="7">
+        <v>5</v>
+      </c>
+      <c r="F70" s="7">
+        <v>4</v>
+      </c>
+      <c r="G70" s="7">
+        <v>6</v>
+      </c>
+      <c r="H70" s="7">
+        <v>5</v>
+      </c>
+      <c r="I70" s="7">
+        <v>5</v>
+      </c>
+      <c r="J70" s="7">
+        <v>4</v>
+      </c>
+      <c r="K70" s="7">
+        <v>11</v>
+      </c>
+      <c r="L70" s="7">
+        <v>39</v>
+      </c>
+      <c r="M70" s="7"/>
+      <c r="N70" s="7">
+        <v>96</v>
+      </c>
+      <c r="O70" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="P70" s="7"/>
+    </row>
+    <row r="71" spans="1:14">
+      <c r="A71" t="s">
+        <v>85</v>
+      </c>
+      <c r="N71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" ht="19.8" spans="1:1">
+      <c r="A72" s="4" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="73" ht="19.2" spans="1:14">
+      <c r="A73" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="N73">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" ht="19.2" spans="1:14">
+      <c r="A74" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="N74">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" ht="19.2" spans="1:14">
+      <c r="A75" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="N75">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" ht="19.8" spans="1:1">
+      <c r="A76" s="4" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="77" ht="19.2" spans="1:14">
+      <c r="A77" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="N77">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" ht="19.2" spans="1:14">
+      <c r="A78" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="N78">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" ht="19.2" spans="1:14">
+      <c r="A79" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="N79">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" ht="21" spans="1:1">
+      <c r="A80" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="81" spans="1:14">
+      <c r="A81" t="s">
+        <v>95</v>
+      </c>
+      <c r="N81">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" ht="21" spans="1:1">
+      <c r="A82" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="83" spans="1:14">
+      <c r="A83" t="s">
+        <v>97</v>
+      </c>
+      <c r="N83">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" ht="21" spans="1:1">
+      <c r="A84" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="85" spans="1:14">
+      <c r="A85" t="s">
+        <v>99</v>
+      </c>
+      <c r="N85">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="B86" s="7">
+        <v>5</v>
+      </c>
+      <c r="C86" s="7">
+        <v>5</v>
+      </c>
+      <c r="D86" s="7">
+        <v>8</v>
+      </c>
+      <c r="E86" s="7">
+        <v>5</v>
+      </c>
+      <c r="F86" s="7">
+        <v>5</v>
+      </c>
+      <c r="G86" s="7">
+        <v>6</v>
+      </c>
+      <c r="H86" s="7">
+        <v>6</v>
+      </c>
+      <c r="I86" s="7">
+        <v>5</v>
+      </c>
+      <c r="J86" s="7">
+        <v>4</v>
+      </c>
+      <c r="K86" s="7">
+        <v>11</v>
+      </c>
+      <c r="L86" s="7">
+        <v>38</v>
+      </c>
+      <c r="M86" s="7"/>
+      <c r="N86" s="7">
+        <v>98</v>
+      </c>
+      <c r="O86" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="P86" s="7"/>
+    </row>
+    <row r="87" spans="1:14">
+      <c r="A87" t="s">
+        <v>101</v>
+      </c>
+      <c r="N87">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" ht="21" spans="1:1">
+      <c r="A88" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="89" spans="1:14">
+      <c r="A89" t="s">
+        <v>103</v>
+      </c>
+      <c r="N89">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:14">
+      <c r="A90" t="s">
+        <v>104</v>
+      </c>
+      <c r="B90">
+        <v>5</v>
+      </c>
+      <c r="C90">
+        <v>5</v>
+      </c>
+      <c r="N90">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="91" spans="1:14">
+      <c r="A91" t="s">
+        <v>105</v>
+      </c>
+      <c r="B91">
+        <v>4</v>
+      </c>
+      <c r="C91">
+        <v>5</v>
+      </c>
+      <c r="N91">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="92" spans="1:14">
+      <c r="A92" t="s">
+        <v>106</v>
+      </c>
+      <c r="N92">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" ht="21" spans="1:1">
+      <c r="A93" s="3" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="94" spans="1:14">
+      <c r="A94" t="s">
+        <v>108</v>
+      </c>
+      <c r="N94">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" ht="21" spans="1:1">
+      <c r="A95" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="96" spans="1:14">
+      <c r="A96" t="s">
+        <v>110</v>
+      </c>
+      <c r="N96">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:14">
+      <c r="A97" t="s">
+        <v>111</v>
+      </c>
+      <c r="N97">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:14">
+      <c r="A98" t="s">
+        <v>112</v>
+      </c>
+      <c r="B98">
+        <v>5</v>
+      </c>
+      <c r="C98">
+        <v>5</v>
+      </c>
+      <c r="D98">
+        <v>8</v>
+      </c>
+      <c r="E98">
+        <v>5</v>
+      </c>
+      <c r="F98">
+        <v>4</v>
+      </c>
+      <c r="G98">
+        <v>7</v>
+      </c>
+      <c r="L98">
+        <v>37</v>
+      </c>
+      <c r="N98" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="99" spans="1:14">
+      <c r="A99" t="s">
+        <v>114</v>
+      </c>
+      <c r="B99">
+        <v>5</v>
+      </c>
+      <c r="C99">
+        <v>5</v>
+      </c>
+      <c r="D99">
+        <v>8</v>
+      </c>
+      <c r="E99">
+        <v>5</v>
+      </c>
+      <c r="F99">
+        <v>4</v>
+      </c>
+      <c r="G99">
+        <v>7</v>
+      </c>
+      <c r="H99">
+        <v>5</v>
+      </c>
+      <c r="I99">
+        <v>5</v>
+      </c>
+      <c r="J99">
+        <v>4</v>
+      </c>
+      <c r="N99">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="100" spans="1:14">
+      <c r="A100" t="s">
+        <v>115</v>
+      </c>
+      <c r="B100">
+        <v>5</v>
+      </c>
+      <c r="C100">
+        <v>5</v>
+      </c>
+      <c r="N100">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="101" spans="1:14">
+      <c r="A101" t="s">
+        <v>116</v>
+      </c>
+      <c r="N101">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:14">
+      <c r="A102" t="s">
+        <v>117</v>
+      </c>
+      <c r="N102">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:14">
+      <c r="A103" t="s">
+        <v>118</v>
+      </c>
+      <c r="N103">
         <v>2</v>
       </c>
-      <c r="F4" s="3">
+    </row>
+    <row r="104" spans="1:14">
+      <c r="A104" t="s">
+        <v>119</v>
+      </c>
+      <c r="N104">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:14">
+      <c r="A105" t="s">
+        <v>120</v>
+      </c>
+      <c r="N105">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:14">
+      <c r="A106" t="s">
+        <v>121</v>
+      </c>
+      <c r="N106">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" ht="21" spans="1:1">
+      <c r="A107" s="3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="108" spans="1:14">
+      <c r="A108" t="s">
+        <v>123</v>
+      </c>
+      <c r="N108">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" ht="21" spans="1:1">
+      <c r="A109" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="110" spans="1:14">
+      <c r="A110" t="s">
+        <v>125</v>
+      </c>
+      <c r="N110" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="111" spans="1:14">
+      <c r="A111" t="s">
+        <v>127</v>
+      </c>
+      <c r="N111">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" ht="21" spans="1:1">
+      <c r="A112" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="113" spans="1:14">
+      <c r="A113" t="s">
+        <v>129</v>
+      </c>
+      <c r="D113">
+        <v>8</v>
+      </c>
+      <c r="I113">
+        <v>5</v>
+      </c>
+      <c r="J113">
+        <v>5</v>
+      </c>
+      <c r="K113">
+        <v>10</v>
+      </c>
+      <c r="N113">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="114" ht="21" spans="1:1">
+      <c r="A114" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="115" spans="1:14">
+      <c r="A115" t="s">
+        <v>131</v>
+      </c>
+      <c r="N115">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:14">
+      <c r="A116" t="s">
+        <v>132</v>
+      </c>
+      <c r="N116">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:14">
+      <c r="A117" t="s">
+        <v>133</v>
+      </c>
+      <c r="N117">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:14">
+      <c r="A118" t="s">
+        <v>134</v>
+      </c>
+      <c r="N118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" ht="21" spans="1:1">
+      <c r="A119" s="3" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="120" spans="1:14">
+      <c r="A120" t="s">
+        <v>136</v>
+      </c>
+      <c r="N120">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" ht="21" spans="1:1">
+      <c r="A121" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="122" spans="1:14">
+      <c r="A122" t="s">
+        <v>138</v>
+      </c>
+      <c r="N122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" ht="21" spans="1:1">
+      <c r="A123" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="124" spans="1:14">
+      <c r="A124" t="s">
+        <v>140</v>
+      </c>
+      <c r="N124">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:2">
+      <c r="A125" t="s">
+        <v>141</v>
+      </c>
+      <c r="B125" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="126" spans="1:14">
+      <c r="A126" t="s">
+        <v>143</v>
+      </c>
+      <c r="B126">
         <v>4</v>
       </c>
-      <c r="G4" s="3">
-[...97 lines deleted...]
-      <c r="D6" s="3">
+      <c r="C126">
+        <v>5</v>
+      </c>
+      <c r="D126">
         <v>8</v>
       </c>
-      <c r="E6" s="3">
-[...167 lines deleted...]
-      <c r="G9" s="3">
+      <c r="E126">
+        <v>5</v>
+      </c>
+      <c r="F126">
+        <v>5</v>
+      </c>
+      <c r="G126">
         <v>7</v>
       </c>
-      <c r="H9" s="3">
-[...386 lines deleted...]
-      <c r="A19" s="14" t="s">
+      <c r="N126">
         <v>34</v>
       </c>
-      <c r="B19" s="3">
-[...4095 lines deleted...]
-      <c r="A125" s="12" t="s">
+    </row>
+    <row r="127" spans="1:14">
+      <c r="A127" t="s">
         <v>144</v>
       </c>
-      <c r="B125" s="3"/>
-[...19 lines deleted...]
-      <c r="A126" s="5" t="s">
+      <c r="N127">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" ht="21" spans="1:1">
+      <c r="A128" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B126" s="3">
-[...49 lines deleted...]
-      <c r="A127" s="32" t="s">
+    </row>
+    <row r="129" spans="1:14">
+      <c r="A129" t="s">
         <v>146</v>
       </c>
-      <c r="B127" s="3">
-[...49 lines deleted...]
-      <c r="A128" s="16" t="s">
+      <c r="N129">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" ht="19.8" spans="1:1">
+      <c r="A130" s="4" t="s">
         <v>147</v>
       </c>
-      <c r="B128" s="3"/>
-[...23 lines deleted...]
-      <c r="A129" s="5" t="s">
+    </row>
+    <row r="131" ht="19.2" spans="1:14">
+      <c r="A131" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="B129" s="3">
-[...49 lines deleted...]
-      <c r="A130" s="12" t="s">
+      <c r="N131">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" ht="19.2" spans="1:14">
+      <c r="A132" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="B130" s="3"/>
-[...19 lines deleted...]
-      <c r="A131" s="16" t="s">
+      <c r="N132">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" ht="21" spans="1:1">
+      <c r="A133" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B131" s="3">
-[...41 lines deleted...]
-      <c r="A132" s="31" t="s">
+    </row>
+    <row r="134" spans="1:1">
+      <c r="A134" t="s">
         <v>151</v>
       </c>
-      <c r="B132" s="3">
-[...49 lines deleted...]
-      <c r="A133" s="27" t="s">
+    </row>
+    <row r="135" spans="1:14">
+      <c r="A135" t="s">
         <v>152</v>
       </c>
-      <c r="B133" s="3">
-[...546 lines deleted...]
-      <c r="R146" s="34"/>
+      <c r="N135">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="14:14">
+      <c r="N136">
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>WPS Spreadsheets</Application>
+  <Application>WPS Sheets</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
-    <vt:lpwstr>90C7CBF6ACF24C0C8108C43A32EE4A9C_13</vt:lpwstr>
+    <vt:lpwstr>1CF63F50997C4599AA0B16E392D79BCC_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
-    <vt:lpwstr>1033-12.2.0.19805</vt:lpwstr>
+    <vt:lpwstr>1033-12.2.0.23131</vt:lpwstr>
   </property>
 </Properties>
 </file>