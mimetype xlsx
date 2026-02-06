--- v1 (2025-12-18)
+++ v2 (2026-02-06)
@@ -1,132 +1,138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:dbsheet="http://web.wps.cn/et/2021/dbsheet">
   <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
-    <workbookView windowWidth="22188" windowHeight="9000"/>
+    <workbookView windowWidth="22188" windowHeight="8280"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="163">
   <si>
     <t>ФІЛОСОФІЯ (вибіркова дисципліна)</t>
   </si>
   <si>
     <t>3 курс, заочне відділення</t>
   </si>
   <si>
     <t>1 тест</t>
   </si>
   <si>
     <t>2 тест</t>
   </si>
   <si>
     <t>3 тест</t>
   </si>
   <si>
     <t>4 тест</t>
   </si>
   <si>
     <t>5 тест</t>
   </si>
   <si>
     <t>6 тест</t>
   </si>
   <si>
     <t>7 тест</t>
   </si>
   <si>
     <t>8 тест</t>
   </si>
   <si>
     <t>9 тест</t>
   </si>
   <si>
     <t>10 тест</t>
   </si>
   <si>
     <t>Підс</t>
   </si>
   <si>
-    <t>бнус</t>
+    <t>бонус</t>
   </si>
   <si>
     <t>сума</t>
   </si>
   <si>
     <t>залік</t>
   </si>
   <si>
     <t>6.0123-з</t>
   </si>
   <si>
     <t>Довженко Ольга Григорівна</t>
   </si>
   <si>
+    <t>зараховано</t>
+  </si>
+  <si>
     <t>Пирх Ганна Володимирівна</t>
   </si>
   <si>
+    <t>відомість закрита</t>
+  </si>
+  <si>
     <t>Фалій Оксана Володимирівна</t>
   </si>
   <si>
     <t>6.0133-з</t>
   </si>
   <si>
     <t>Дитюк Людмила Вячеславівна</t>
   </si>
   <si>
     <t>Орловська Юлія Русланівна</t>
   </si>
   <si>
     <t>Циганок Вікторія Андріївна</t>
   </si>
   <si>
     <t>6.0173-с-з</t>
   </si>
   <si>
     <t>1. Антоненко Максим Валерійович</t>
   </si>
   <si>
     <t>2. Булах Іван Сергійович</t>
   </si>
   <si>
     <t>3. Метлушко Іван Олександрович</t>
@@ -140,50 +146,53 @@
   <si>
     <t>6. Хихло Богдан Олександрович</t>
   </si>
   <si>
     <t>6.0173-ф-з</t>
   </si>
   <si>
     <t>Бараннік Поліна Олегівна</t>
   </si>
   <si>
     <t>Буланік Вікторія Володимирівна</t>
   </si>
   <si>
     <t>Васильченко Олександр Андрійович</t>
   </si>
   <si>
     <t>Лавренюк Сергій Олександрович</t>
   </si>
   <si>
     <t>Посукан Євген Анатолійович</t>
   </si>
   <si>
     <t>Філінова Аліна Романівна</t>
   </si>
   <si>
+    <t>відомість</t>
+  </si>
+  <si>
     <t>6.0174-с-з-с2</t>
   </si>
   <si>
     <t>Дерновий Лука Олександрович</t>
   </si>
   <si>
     <t>Підсадня Аліна Миколаївна</t>
   </si>
   <si>
     <t>6.0323-з</t>
   </si>
   <si>
     <t>Онаць Роман Володимирович</t>
   </si>
   <si>
     <t>6.0353-а-з</t>
   </si>
   <si>
     <t>Гільфанова Олександра Радіковна</t>
   </si>
   <si>
     <t>Лучанінова Ольга Сергіївна</t>
   </si>
   <si>
     <t>Москаленко Владислав Олександрович</t>
@@ -197,134 +206,152 @@
   <si>
     <t>Чиботару Лада Віталіївна</t>
   </si>
   <si>
     <t>Чубенко Аліна Олександрівна</t>
   </si>
   <si>
     <t>6.0353-ап-з</t>
   </si>
   <si>
     <t xml:space="preserve">Кодак Ірина Вікторівна </t>
   </si>
   <si>
     <t>6.0513-уп-з</t>
   </si>
   <si>
     <t>Гнєдая Ольга Анатоліївна</t>
   </si>
   <si>
     <t xml:space="preserve">Романовська- Кузьмічева Валерія </t>
   </si>
   <si>
     <t>6.0533-з</t>
   </si>
   <si>
+    <t>Бутковська Анна</t>
+  </si>
+  <si>
     <t>Гончарова Дар`я Максимівна</t>
   </si>
   <si>
+    <t>заблокована деканатом</t>
+  </si>
+  <si>
     <t>Козиряцька Юлія Миколаївна</t>
   </si>
   <si>
+    <t>зараховао</t>
+  </si>
+  <si>
     <t>Постарнак Анастасія Олександрівна</t>
   </si>
   <si>
     <t>Савченко Олександра Сергіївна</t>
   </si>
   <si>
     <t>Соколенко Сергій Григорович</t>
   </si>
   <si>
     <t>6.0534-з-с2</t>
   </si>
   <si>
     <t>1. Вельможко Єлизаветаа</t>
   </si>
   <si>
     <t xml:space="preserve">2. Войтенко Андрій </t>
   </si>
   <si>
     <t>3. Клименко Марина</t>
   </si>
   <si>
     <t>4. Кукобін Олексій</t>
   </si>
   <si>
+    <t>заблокован деканатом</t>
+  </si>
+  <si>
     <t>5. Френкель Наталія Сергіївна</t>
   </si>
   <si>
     <t>6. Харченко Марія Євгенівна</t>
   </si>
   <si>
     <t>6.0544-смк-з-с2</t>
   </si>
   <si>
     <t>Савіна Анна Леонідівна</t>
   </si>
   <si>
+    <t xml:space="preserve"> у вас іша вбіркова дисципліна</t>
+  </si>
+  <si>
+    <t>інша</t>
+  </si>
+  <si>
+    <t>вибіркова дисципліна</t>
+  </si>
+  <si>
     <t>6.0713-оа-з</t>
   </si>
   <si>
     <t>Коник Єлизавета Русланівна</t>
   </si>
   <si>
     <t>6.0724-фк-з-с2</t>
   </si>
   <si>
     <t>Галицький Олександр Олександрович</t>
   </si>
   <si>
     <t>Драчов Борис Русланович</t>
   </si>
   <si>
     <t>Заіка Каріна Олегівна</t>
   </si>
   <si>
     <t>Сьомак Крістіна Володимирівна</t>
   </si>
   <si>
     <t>Фарина Оксана Романівна</t>
   </si>
   <si>
     <t>6.0733-мб</t>
   </si>
   <si>
     <t>Катченко Нікіта Владиславович</t>
   </si>
   <si>
     <t>6.0733-мб-з</t>
   </si>
   <si>
     <t>Семидьянова Анастасія Сергіївна</t>
   </si>
   <si>
     <t>Сухарев Артур Євгенович</t>
   </si>
   <si>
-    <t>зараховано</t>
-[...1 lines deleted...]
-  <si>
     <t>Юнаш Анастасія Андріївна</t>
   </si>
   <si>
     <t>6.0733-моа-з</t>
   </si>
   <si>
     <t>1. Рябчук Діана Олексіївна</t>
   </si>
   <si>
     <t>2. Семеренко Олена Василівна</t>
   </si>
   <si>
     <t xml:space="preserve">3. Штибіна Євгенія </t>
   </si>
   <si>
     <t>6.0753-з</t>
   </si>
   <si>
     <t xml:space="preserve">1. Варакута Кирило </t>
   </si>
   <si>
     <t>2. Ткачова Ольга Ігорівна</t>
   </si>
   <si>
     <t>3. Ухтікова Валерія Вікторівна</t>
@@ -332,258 +359,274 @@
   <si>
     <t>6.0754-з-с2</t>
   </si>
   <si>
     <t>Грабчилєва Ксенія Костянтинівна</t>
   </si>
   <si>
     <t>6.0813-1</t>
   </si>
   <si>
     <t>Моторна Аліна В`ячеславівна</t>
   </si>
   <si>
     <t>6.0813-з</t>
   </si>
   <si>
     <t>Денисюк Софія Андріївна</t>
   </si>
   <si>
     <t>Пасека Дар`я Андріївна</t>
   </si>
   <si>
     <t>Щербак Денис Сергійович</t>
   </si>
   <si>
+    <t>Семешенко Анастасія</t>
+  </si>
+  <si>
     <t>6.0814-з-с2</t>
   </si>
   <si>
     <t>Аксанюк Сергій Миколайович</t>
   </si>
   <si>
     <t>Булат Дарія Андріївна</t>
   </si>
   <si>
     <t>Кононова Олександра Костянтинівна</t>
   </si>
   <si>
     <t>Яценко Сергій Іванович</t>
   </si>
   <si>
     <t>6.0913-ф</t>
   </si>
   <si>
     <t>Федорець Анастасія Євгеніївна</t>
   </si>
   <si>
     <t>6.0913-ф-з</t>
   </si>
   <si>
+    <t>НЕМА  ПРІЗВИЩ У ВІДОМІСТІ</t>
+  </si>
+  <si>
     <t>Васеніна Марина Олександрівна</t>
   </si>
   <si>
     <t>Власенко Анастасія Іванівна</t>
   </si>
   <si>
     <t>Довбиш Аліна Віталіївна</t>
   </si>
   <si>
-    <t>34+37</t>
-[...1 lines deleted...]
-  <si>
     <t>Лєкомцева Тамара Максимівна</t>
   </si>
   <si>
     <t>Ліщук Каріна Анатоліївна</t>
   </si>
   <si>
     <t>Онуфрієнко Катерина Олександрівна</t>
   </si>
   <si>
     <t>Палій Катерина Сергіївна</t>
   </si>
   <si>
     <t>Пелих Єлизавета Сергіївна</t>
   </si>
   <si>
     <t>Салогуб Аліна Ігорівна</t>
   </si>
   <si>
     <t>Синицька Діана Сергіївна</t>
   </si>
   <si>
     <t>Філоненко Тетяна Романівна</t>
   </si>
   <si>
     <t>6.0914-ф-з-с2</t>
   </si>
   <si>
     <t>Московченко Катерина Юріївна</t>
   </si>
   <si>
     <t>6.1223-з</t>
   </si>
   <si>
     <t>Касьян Анастасія Олександрівна</t>
   </si>
   <si>
-    <t>0+34</t>
-[...1 lines deleted...]
-  <si>
     <t>Снегірьова Ірина Сергіївна</t>
   </si>
   <si>
     <t>6.1224-з-c2</t>
   </si>
   <si>
     <t>Романішин Микита Миколайович</t>
   </si>
   <si>
     <t>6.2053-з</t>
   </si>
   <si>
     <t>Горжій Олександр Сергійович</t>
   </si>
   <si>
     <t>Єфіменко Сергій Володимирович</t>
   </si>
   <si>
     <t>Маслов Сергій Сергійович</t>
   </si>
   <si>
     <t>Паливода Сергій Володимирович</t>
   </si>
   <si>
     <t>6.2313-ср-з</t>
   </si>
   <si>
     <t>Манько Віталій Олександрович</t>
   </si>
   <si>
     <t>6.2314-ср-з-с2</t>
   </si>
   <si>
     <t>Веліканова Віра Володимирівна</t>
   </si>
   <si>
     <t>6.2413-з</t>
   </si>
   <si>
     <t>Калініна Аліна Андріївна</t>
   </si>
   <si>
+    <t>відмість</t>
+  </si>
+  <si>
     <t>Салига Максим Сергійовмч</t>
   </si>
   <si>
-    <t>нема в системі</t>
-[...1 lines deleted...]
-  <si>
     <t>Тихонова Вікторія Олексіївна</t>
+  </si>
+  <si>
+    <t xml:space="preserve">нема в системі </t>
   </si>
   <si>
     <t>Фазекош Родіон Олександрович</t>
   </si>
   <si>
     <t>6.2414-з-с2</t>
   </si>
   <si>
     <t>Дончик Єкатерина Андріївна</t>
   </si>
   <si>
     <t>6.2423-з</t>
   </si>
   <si>
     <t xml:space="preserve">1. Воловик Данило </t>
   </si>
   <si>
     <t>2. Явися Дар`я Андріївна</t>
   </si>
   <si>
     <t>6.2624-з-с2</t>
   </si>
   <si>
     <t>Бугайов Богдан Віталійович</t>
   </si>
   <si>
     <t>Малько Тарас Андрійович</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
   <numFmts count="4">
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="176" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="177" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
   </numFmts>
-  <fonts count="26">
+  <fonts count="28">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Black"/>
       <charset val="134"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial Black"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial Black"/>
       <charset val="134"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF212529"/>
       <name val="Rockwell Nova Extra Bold"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF212529"/>
       <name val="Segoe UI"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Black"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
       <charset val="134"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF800080"/>
       <name val="Calibri"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
@@ -687,60 +730,72 @@
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C6500"/>
       <name val="Calibri"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="34">
+  <fills count="36">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.6"/>
+        <fgColor theme="9" tint="0.8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF0000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA5A5A5"/>
         <bgColor indexed="64"/>
@@ -1013,203 +1068,230 @@
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="49">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="7" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
-[...62 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="26" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="49">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Percent" xfId="3" builtinId="5"/>
     <cellStyle name="Comma [0]" xfId="4" builtinId="6"/>
     <cellStyle name="Currency [0]" xfId="5" builtinId="7"/>
     <cellStyle name="Link" xfId="6" builtinId="8"/>
     <cellStyle name="Followed Hyperlink" xfId="7" builtinId="9"/>
     <cellStyle name="Note" xfId="8" builtinId="10"/>
     <cellStyle name="Warning Text" xfId="9" builtinId="11"/>
     <cellStyle name="Title" xfId="10" builtinId="15"/>
     <cellStyle name="CExplanatory Text" xfId="11" builtinId="53"/>
     <cellStyle name="Heading 1" xfId="12" builtinId="16"/>
     <cellStyle name="Heading 2" xfId="13" builtinId="17"/>
     <cellStyle name="Heading 3" xfId="14" builtinId="18"/>
     <cellStyle name="Heading 4" xfId="15" builtinId="19"/>
     <cellStyle name="Input" xfId="16" builtinId="20"/>
     <cellStyle name="Output" xfId="17" builtinId="21"/>
     <cellStyle name="Calculation" xfId="18" builtinId="22"/>
     <cellStyle name="Check Cell" xfId="19" builtinId="23"/>
     <cellStyle name="Linked Cell" xfId="20" builtinId="24"/>
@@ -1705,54 +1787,54 @@
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
   <sheetPr/>
-  <dimension ref="A1:P136"/>
+  <dimension ref="A1:T137"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A45" workbookViewId="0">
-      <selection activeCell="Q57" sqref="Q57"/>
+    <sheetView tabSelected="1" topLeftCell="A47" workbookViewId="0">
+      <selection activeCell="A56" sqref="A56:Q56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88888888888889" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="34.2222222222222" customWidth="1"/>
     <col min="2" max="2" width="6.88888888888889" customWidth="1"/>
     <col min="3" max="3" width="6.44444444444444" customWidth="1"/>
     <col min="4" max="4" width="5.66666666666667" customWidth="1"/>
     <col min="5" max="5" width="5.55555555555556" customWidth="1"/>
     <col min="6" max="6" width="5.44444444444444" customWidth="1"/>
     <col min="7" max="7" width="5.55555555555556" customWidth="1"/>
     <col min="8" max="8" width="5.77777777777778" customWidth="1"/>
     <col min="9" max="9" width="6.11111111111111" customWidth="1"/>
     <col min="10" max="10" width="5.66666666666667" customWidth="1"/>
     <col min="11" max="11" width="6.11111111111111" customWidth="1"/>
     <col min="12" max="12" width="6.44444444444444" customWidth="1"/>
     <col min="14" max="14" width="6.55555555555556" customWidth="1"/>
     <col min="15" max="15" width="5.88888888888889" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="17.4" spans="1:1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1786,1350 +1868,3278 @@
       </c>
       <c r="J2" t="s">
         <v>10</v>
       </c>
       <c r="K2" t="s">
         <v>11</v>
       </c>
       <c r="L2" t="s">
         <v>12</v>
       </c>
       <c r="M2" t="s">
         <v>13</v>
       </c>
       <c r="N2" t="s">
         <v>14</v>
       </c>
       <c r="O2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" ht="21" spans="1:1">
       <c r="A3" s="2" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B4">
-[...5 lines deleted...]
-      <c r="D4">
+      <c r="B4" s="3">
+        <v>5</v>
+      </c>
+      <c r="C4" s="3">
+        <v>5</v>
+      </c>
+      <c r="D4" s="3">
         <v>8</v>
       </c>
-      <c r="E4">
-[...14 lines deleted...]
-      <c r="J4">
+      <c r="E4" s="3">
+        <v>5</v>
+      </c>
+      <c r="F4" s="3">
+        <v>4</v>
+      </c>
+      <c r="G4" s="3">
+        <v>6</v>
+      </c>
+      <c r="H4" s="3">
+        <v>6</v>
+      </c>
+      <c r="I4" s="3">
+        <v>5</v>
+      </c>
+      <c r="J4" s="3">
         <v>3</v>
       </c>
-      <c r="K4">
+      <c r="K4" s="3">
         <v>11</v>
       </c>
-      <c r="L4"/>
-[...5 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L4" s="3">
+        <v>39</v>
+      </c>
+      <c r="M4" s="3"/>
+      <c r="N4" s="3">
+        <v>97</v>
+      </c>
+      <c r="O4" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B5">
-[...2 lines deleted...]
-      <c r="C5">
+      <c r="P4" s="3"/>
+    </row>
+    <row r="5" spans="1:18">
+      <c r="A5" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="3">
+        <v>4</v>
+      </c>
+      <c r="C5" s="3">
         <v>3</v>
       </c>
-      <c r="N5">
+      <c r="D5" s="3">
+        <v>8</v>
+      </c>
+      <c r="E5" s="3">
+        <v>5</v>
+      </c>
+      <c r="F5" s="3">
+        <v>5</v>
+      </c>
+      <c r="G5" s="3">
+        <v>6</v>
+      </c>
+      <c r="H5" s="3">
+        <v>5</v>
+      </c>
+      <c r="I5" s="3">
+        <v>5</v>
+      </c>
+      <c r="J5" s="3">
+        <v>5</v>
+      </c>
+      <c r="K5" s="3">
+        <v>11</v>
+      </c>
+      <c r="L5" s="3">
+        <v>39</v>
+      </c>
+      <c r="M5" s="3"/>
+      <c r="N5" s="3">
+        <v>96</v>
+      </c>
+      <c r="O5" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P5" s="3"/>
+      <c r="Q5" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="R5" s="13"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="3">
+        <v>5</v>
+      </c>
+      <c r="C6" s="3">
+        <v>5</v>
+      </c>
+      <c r="D6" s="3">
         <v>7</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="N6">
+      <c r="E6" s="3">
+        <v>5</v>
+      </c>
+      <c r="F6" s="3">
+        <v>3</v>
+      </c>
+      <c r="G6" s="3">
+        <v>8</v>
+      </c>
+      <c r="H6" s="3">
+        <v>6</v>
+      </c>
+      <c r="I6" s="3">
+        <v>5</v>
+      </c>
+      <c r="J6" s="3">
+        <v>5</v>
+      </c>
+      <c r="K6" s="3">
+        <v>11</v>
+      </c>
+      <c r="L6" s="3">
+        <v>38</v>
+      </c>
+      <c r="M6" s="3"/>
+      <c r="N6" s="3">
+        <v>98</v>
+      </c>
+      <c r="O6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P6" s="3"/>
+    </row>
+    <row r="7" ht="21" spans="1:1">
+      <c r="A7" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="3">
+        <v>5</v>
+      </c>
+      <c r="C8" s="3">
+        <v>5</v>
+      </c>
+      <c r="D8" s="3">
+        <v>8</v>
+      </c>
+      <c r="E8" s="3">
+        <v>5</v>
+      </c>
+      <c r="F8" s="3">
+        <v>5</v>
+      </c>
+      <c r="G8" s="3">
+        <v>8</v>
+      </c>
+      <c r="H8" s="3">
+        <v>6</v>
+      </c>
+      <c r="I8" s="3">
+        <v>5</v>
+      </c>
+      <c r="J8" s="3">
+        <v>5</v>
+      </c>
+      <c r="K8" s="3">
+        <v>11</v>
+      </c>
+      <c r="L8" s="3">
+        <v>38</v>
+      </c>
+      <c r="M8" s="3"/>
+      <c r="N8" s="3">
+        <v>98</v>
+      </c>
+      <c r="O8" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P8" s="3"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3">
+        <v>5</v>
+      </c>
+      <c r="C9" s="3">
+        <v>5</v>
+      </c>
+      <c r="D9" s="3">
+        <v>8</v>
+      </c>
+      <c r="E9" s="3">
+        <v>5</v>
+      </c>
+      <c r="F9" s="3"/>
+      <c r="G9" s="3">
+        <v>3</v>
+      </c>
+      <c r="H9" s="3">
+        <v>6</v>
+      </c>
+      <c r="I9" s="3">
+        <v>5</v>
+      </c>
+      <c r="J9" s="3">
+        <v>4</v>
+      </c>
+      <c r="K9" s="3">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="3" t="s">
+      <c r="L9" s="3">
+        <v>37</v>
+      </c>
+      <c r="M9" s="3"/>
+      <c r="N9" s="3">
+        <v>88</v>
+      </c>
+      <c r="O9" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P9" s="3"/>
+    </row>
+    <row r="10" spans="1:18">
+      <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3">
+        <v>5</v>
+      </c>
+      <c r="C10" s="3">
+        <v>5</v>
+      </c>
+      <c r="D10" s="3">
+        <v>8</v>
+      </c>
+      <c r="E10" s="3">
+        <v>5</v>
+      </c>
+      <c r="F10" s="3">
+        <v>5</v>
+      </c>
+      <c r="G10" s="3">
+        <v>4</v>
+      </c>
+      <c r="H10" s="3">
+        <v>6</v>
+      </c>
+      <c r="I10" s="3">
+        <v>5</v>
+      </c>
+      <c r="J10" s="3">
+        <v>4</v>
+      </c>
+      <c r="K10" s="3">
+        <v>11</v>
+      </c>
+      <c r="L10" s="3">
+        <v>38</v>
+      </c>
+      <c r="M10" s="3"/>
+      <c r="N10" s="3">
+        <v>96</v>
+      </c>
+      <c r="O10" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P10" s="3"/>
+      <c r="Q10" s="13" t="s">
         <v>20</v>
       </c>
-    </row>
-[...72 lines deleted...]
-      </c>
+      <c r="R10" s="13"/>
+    </row>
+    <row r="11" ht="21" spans="1:16">
+      <c r="A11" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3"/>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3"/>
+      <c r="E11" s="3"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="3"/>
+      <c r="H11" s="3"/>
+      <c r="I11" s="3"/>
+      <c r="J11" s="3"/>
+      <c r="K11" s="3"/>
+      <c r="L11" s="3"/>
+      <c r="M11" s="3"/>
+      <c r="N11" s="3"/>
+      <c r="O11" s="3"/>
+      <c r="P11" s="3"/>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="N13">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="N14">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="N15">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" t="s">
-        <v>29</v>
-      </c>
+        <v>31</v>
+      </c>
+      <c r="M16" s="11"/>
       <c r="N16">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N17">
         <v>0</v>
       </c>
     </row>
     <row r="18" ht="21" spans="1:1">
       <c r="A18" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="N19">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="N20">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="N21">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N22">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="N23">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:14">
-      <c r="A24" t="s">
+    <row r="24" spans="1:17">
+      <c r="A24" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B24" s="3">
+        <v>4</v>
+      </c>
+      <c r="C24" s="3">
+        <v>5</v>
+      </c>
+      <c r="D24" s="3">
+        <v>8</v>
+      </c>
+      <c r="E24" s="3">
+        <v>5</v>
+      </c>
+      <c r="F24" s="3">
+        <v>3</v>
+      </c>
+      <c r="G24" s="3">
+        <v>7</v>
+      </c>
+      <c r="H24" s="3">
+        <v>5</v>
+      </c>
+      <c r="I24" s="3">
+        <v>4</v>
+      </c>
+      <c r="J24" s="3">
+        <v>3</v>
+      </c>
+      <c r="K24" s="3">
+        <v>9</v>
+      </c>
+      <c r="L24" s="3">
         <v>37</v>
       </c>
-      <c r="N24">
-        <v>0</v>
+      <c r="M24" s="3"/>
+      <c r="N24" s="3">
+        <v>90</v>
+      </c>
+      <c r="O24" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P24" s="3"/>
+      <c r="Q24" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="25" ht="21" spans="1:1">
-      <c r="A25" s="3" t="s">
-[...13 lines deleted...]
-      <c r="D26">
+      <c r="A25" s="4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18">
+      <c r="A26" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B26" s="3">
+        <v>5</v>
+      </c>
+      <c r="C26" s="3">
+        <v>5</v>
+      </c>
+      <c r="D26" s="3">
         <v>7</v>
       </c>
-      <c r="E26">
-[...18 lines deleted...]
-      </c>
+      <c r="E26" s="3">
+        <v>5</v>
+      </c>
+      <c r="F26" s="3">
+        <v>5</v>
+      </c>
+      <c r="G26" s="3">
+        <v>5</v>
+      </c>
+      <c r="H26" s="3">
+        <v>6</v>
+      </c>
+      <c r="I26" s="3">
+        <v>5</v>
+      </c>
+      <c r="J26" s="3">
+        <v>4</v>
+      </c>
+      <c r="K26" s="3">
+        <v>11</v>
+      </c>
+      <c r="L26" s="3">
+        <v>37</v>
+      </c>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3">
+        <v>95</v>
+      </c>
+      <c r="O26" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P26" s="3"/>
+      <c r="Q26" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="R26" s="13"/>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B27" s="3">
+        <v>1</v>
+      </c>
+      <c r="C27" s="3">
+        <v>5</v>
+      </c>
+      <c r="D27" s="3">
+        <v>8</v>
+      </c>
+      <c r="E27" s="3">
+        <v>5</v>
+      </c>
+      <c r="F27" s="3">
+        <v>5</v>
+      </c>
+      <c r="G27" s="3">
+        <v>8</v>
+      </c>
+      <c r="H27" s="3">
+        <v>6</v>
+      </c>
+      <c r="I27" s="3">
+        <v>5</v>
+      </c>
+      <c r="J27" s="3">
+        <v>5</v>
+      </c>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3">
+        <v>35</v>
+      </c>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3">
+        <v>83</v>
+      </c>
+      <c r="O27" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P27" s="3"/>
     </row>
     <row r="28" ht="21" spans="1:1">
-      <c r="A28" s="3" t="s">
-        <v>41</v>
+      <c r="A28" s="4" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="N29">
         <v>0</v>
       </c>
     </row>
     <row r="30" ht="21" spans="1:1">
-      <c r="A30" s="3" t="s">
-        <v>43</v>
+      <c r="A30" s="4" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="N31">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:14">
-[...18 lines deleted...]
-        <v>0</v>
+    <row r="32" spans="1:17">
+      <c r="A32" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B32" s="3">
+        <v>5</v>
+      </c>
+      <c r="C32" s="3">
+        <v>5</v>
+      </c>
+      <c r="D32" s="3">
+        <v>8</v>
+      </c>
+      <c r="E32" s="3">
+        <v>5</v>
+      </c>
+      <c r="F32" s="3">
+        <v>5</v>
+      </c>
+      <c r="G32" s="3">
+        <v>5</v>
+      </c>
+      <c r="H32" s="3">
+        <v>6</v>
+      </c>
+      <c r="I32" s="3">
+        <v>5</v>
+      </c>
+      <c r="J32" s="3">
+        <v>4</v>
+      </c>
+      <c r="K32" s="3">
+        <v>11</v>
+      </c>
+      <c r="L32" s="3">
+        <v>39</v>
+      </c>
+      <c r="M32" s="3"/>
+      <c r="N32" s="3">
+        <v>98</v>
+      </c>
+      <c r="O32" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P32" s="3"/>
+      <c r="Q32" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17">
+      <c r="A33" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B33" s="3">
+        <v>5</v>
+      </c>
+      <c r="C33" s="3">
+        <v>5</v>
+      </c>
+      <c r="D33" s="3">
+        <v>7</v>
+      </c>
+      <c r="E33" s="3">
+        <v>4</v>
+      </c>
+      <c r="F33" s="3">
+        <v>5</v>
+      </c>
+      <c r="G33" s="3">
+        <v>6</v>
+      </c>
+      <c r="H33" s="3">
+        <v>6</v>
+      </c>
+      <c r="I33" s="3">
+        <v>5</v>
+      </c>
+      <c r="J33" s="3">
+        <v>4</v>
+      </c>
+      <c r="K33" s="3">
+        <v>11</v>
+      </c>
+      <c r="L33" s="3">
+        <v>37</v>
+      </c>
+      <c r="M33" s="3"/>
+      <c r="N33" s="3">
+        <v>95</v>
+      </c>
+      <c r="O33" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P33" s="3"/>
+      <c r="Q33" s="3" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="N34">
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:14">
-[...20 lines deleted...]
-        <v>0</v>
+    <row r="35" spans="1:17">
+      <c r="A35" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B35" s="3">
+        <v>5</v>
+      </c>
+      <c r="C35" s="3">
+        <v>5</v>
+      </c>
+      <c r="D35" s="3">
+        <v>8</v>
+      </c>
+      <c r="E35" s="3">
+        <v>5</v>
+      </c>
+      <c r="F35" s="3">
+        <v>4</v>
+      </c>
+      <c r="G35" s="3">
+        <v>5</v>
+      </c>
+      <c r="H35" s="3">
+        <v>6</v>
+      </c>
+      <c r="I35" s="3">
+        <v>3</v>
+      </c>
+      <c r="J35" s="3">
+        <v>5</v>
+      </c>
+      <c r="K35" s="3">
+        <v>11</v>
+      </c>
+      <c r="L35" s="3">
+        <v>37</v>
+      </c>
+      <c r="M35" s="3"/>
+      <c r="N35" s="3">
+        <v>94</v>
+      </c>
+      <c r="O35" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P35" s="3"/>
+      <c r="Q35" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17">
+      <c r="A36" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B36" s="3">
+        <v>3</v>
+      </c>
+      <c r="C36" s="3">
+        <v>4</v>
+      </c>
+      <c r="D36" s="3">
+        <v>5</v>
+      </c>
+      <c r="E36" s="3">
+        <v>5</v>
+      </c>
+      <c r="F36" s="3">
+        <v>3</v>
+      </c>
+      <c r="G36" s="3">
+        <v>4</v>
+      </c>
+      <c r="H36" s="3">
+        <v>4</v>
+      </c>
+      <c r="I36" s="3">
+        <v>4</v>
+      </c>
+      <c r="J36" s="3">
+        <v>3</v>
+      </c>
+      <c r="K36" s="3">
+        <v>10</v>
+      </c>
+      <c r="L36" s="3">
+        <v>36</v>
+      </c>
+      <c r="M36" s="3"/>
+      <c r="N36" s="3">
+        <v>81</v>
+      </c>
+      <c r="O36" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P36" s="3"/>
+      <c r="Q36" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17">
+      <c r="A37" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B37" s="3">
+        <v>4</v>
+      </c>
+      <c r="C37" s="3">
+        <v>5</v>
+      </c>
+      <c r="D37" s="3">
+        <v>7</v>
+      </c>
+      <c r="E37" s="3">
+        <v>5</v>
+      </c>
+      <c r="F37" s="3">
+        <v>5</v>
+      </c>
+      <c r="G37" s="3"/>
+      <c r="H37" s="3">
+        <v>6</v>
+      </c>
+      <c r="I37" s="3">
+        <v>5</v>
+      </c>
+      <c r="J37" s="3">
+        <v>4</v>
+      </c>
+      <c r="K37" s="3">
+        <v>11</v>
+      </c>
+      <c r="L37" s="3">
+        <v>39</v>
+      </c>
+      <c r="M37" s="3"/>
+      <c r="N37" s="3">
+        <v>91</v>
+      </c>
+      <c r="O37" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P37" s="3"/>
+      <c r="Q37" s="3" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="38" ht="21" spans="1:1">
-      <c r="A38" s="3" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="A38" s="4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18">
+      <c r="A39" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B39" s="3">
+        <v>4</v>
+      </c>
+      <c r="C39" s="3">
+        <v>4</v>
+      </c>
+      <c r="D39" s="3">
+        <v>6</v>
+      </c>
+      <c r="E39" s="3">
+        <v>5</v>
+      </c>
+      <c r="F39" s="3">
+        <v>4</v>
+      </c>
+      <c r="G39" s="3">
+        <v>8</v>
+      </c>
+      <c r="H39" s="3">
+        <v>6</v>
+      </c>
+      <c r="I39" s="3">
+        <v>5</v>
+      </c>
+      <c r="J39" s="3">
+        <v>5</v>
+      </c>
+      <c r="K39" s="3">
+        <v>11</v>
+      </c>
+      <c r="L39" s="3">
+        <v>40</v>
+      </c>
+      <c r="M39" s="3"/>
+      <c r="N39" s="3">
+        <v>98</v>
+      </c>
+      <c r="O39" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P39" s="3"/>
+      <c r="Q39" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="R39" s="13"/>
     </row>
     <row r="40" ht="21" spans="1:1">
-      <c r="A40" s="3" t="s">
-        <v>53</v>
+      <c r="A40" s="4" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="N41">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:14">
-[...4 lines deleted...]
-        <v>0</v>
+    <row r="42" spans="1:17">
+      <c r="A42" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B42" s="3">
+        <v>1</v>
+      </c>
+      <c r="C42" s="3">
+        <v>5</v>
+      </c>
+      <c r="D42" s="3">
+        <v>6</v>
+      </c>
+      <c r="E42" s="3">
+        <v>4</v>
+      </c>
+      <c r="F42" s="3">
+        <v>3</v>
+      </c>
+      <c r="G42" s="3">
+        <v>3</v>
+      </c>
+      <c r="H42" s="3">
+        <v>5</v>
+      </c>
+      <c r="I42" s="3">
+        <v>4</v>
+      </c>
+      <c r="J42" s="3">
+        <v>5</v>
+      </c>
+      <c r="K42" s="3">
+        <v>11</v>
+      </c>
+      <c r="L42" s="3">
+        <v>39</v>
+      </c>
+      <c r="M42" s="3"/>
+      <c r="N42" s="3">
+        <v>86</v>
+      </c>
+      <c r="O42" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P42" s="3"/>
+      <c r="Q42" s="3" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="43" ht="21" spans="1:1">
-      <c r="A43" s="3" t="s">
-[...11 lines deleted...]
-    <row r="45" spans="1:14">
+      <c r="A43" s="4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="44" ht="21" spans="1:17">
+      <c r="A44" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B44" s="3">
+        <v>5</v>
+      </c>
+      <c r="C44" s="3">
+        <v>4</v>
+      </c>
+      <c r="D44" s="3">
+        <v>8</v>
+      </c>
+      <c r="E44" s="3">
+        <v>5</v>
+      </c>
+      <c r="F44" s="3">
+        <v>5</v>
+      </c>
+      <c r="G44" s="3">
+        <v>6</v>
+      </c>
+      <c r="H44" s="3">
+        <v>6</v>
+      </c>
+      <c r="I44" s="3">
+        <v>5</v>
+      </c>
+      <c r="J44" s="3">
+        <v>4</v>
+      </c>
+      <c r="K44" s="3">
+        <v>11</v>
+      </c>
+      <c r="L44" s="3">
+        <v>40</v>
+      </c>
+      <c r="M44" s="3"/>
+      <c r="N44" s="3">
+        <v>99</v>
+      </c>
+      <c r="O44" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P44" s="3"/>
+      <c r="Q44" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19">
       <c r="A45" t="s">
-        <v>58</v>
+        <v>61</v>
+      </c>
+      <c r="B45">
+        <v>4</v>
+      </c>
+      <c r="C45">
+        <v>5</v>
+      </c>
+      <c r="D45">
+        <v>7</v>
+      </c>
+      <c r="E45">
+        <v>5</v>
+      </c>
+      <c r="F45">
+        <v>5</v>
+      </c>
+      <c r="G45">
+        <v>6</v>
+      </c>
+      <c r="H45">
+        <v>5</v>
+      </c>
+      <c r="I45">
+        <v>3</v>
+      </c>
+      <c r="J45">
+        <v>5</v>
+      </c>
+      <c r="K45">
+        <v>7</v>
+      </c>
+      <c r="L45">
+        <v>33</v>
       </c>
       <c r="N45">
-        <v>0</v>
-[...7 lines deleted...]
-        <v>0</v>
+        <v>85</v>
+      </c>
+      <c r="O45" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q45" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="R45" s="12"/>
+      <c r="S45" s="12"/>
+    </row>
+    <row r="46" spans="1:17">
+      <c r="A46" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B46" s="3">
+        <v>5</v>
+      </c>
+      <c r="C46" s="3">
+        <v>5</v>
+      </c>
+      <c r="D46" s="3">
+        <v>6</v>
+      </c>
+      <c r="E46" s="3">
+        <v>5</v>
+      </c>
+      <c r="F46" s="3">
+        <v>5</v>
+      </c>
+      <c r="G46" s="3">
+        <v>6</v>
+      </c>
+      <c r="H46" s="3">
+        <v>6</v>
+      </c>
+      <c r="I46" s="3">
+        <v>5</v>
+      </c>
+      <c r="J46" s="3">
+        <v>4</v>
+      </c>
+      <c r="K46" s="3">
+        <v>10</v>
+      </c>
+      <c r="L46" s="3">
+        <v>35</v>
+      </c>
+      <c r="M46" s="3"/>
+      <c r="N46" s="3">
+        <v>92</v>
+      </c>
+      <c r="O46" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="P46" s="3"/>
+      <c r="Q46" s="11" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="N47">
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="1:14">
-[...3 lines deleted...]
-      <c r="N48">
+    <row r="48" spans="1:17">
+      <c r="A48" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B48" s="3">
+        <v>4</v>
+      </c>
+      <c r="C48" s="3">
+        <v>5</v>
+      </c>
+      <c r="D48" s="3">
+        <v>8</v>
+      </c>
+      <c r="E48" s="3">
+        <v>5</v>
+      </c>
+      <c r="F48" s="3">
+        <v>5</v>
+      </c>
+      <c r="G48" s="3">
+        <v>7</v>
+      </c>
+      <c r="H48" s="3">
+        <v>6</v>
+      </c>
+      <c r="I48" s="3">
+        <v>5</v>
+      </c>
+      <c r="J48" s="3">
+        <v>4</v>
+      </c>
+      <c r="K48" s="3">
+        <v>11</v>
+      </c>
+      <c r="L48" s="3">
+        <v>40</v>
+      </c>
+      <c r="M48" s="3"/>
+      <c r="N48" s="3">
+        <v>100</v>
+      </c>
+      <c r="O48" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P48" s="3"/>
+      <c r="Q48" s="11" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14">
+      <c r="A49" t="s">
+        <v>67</v>
+      </c>
+      <c r="N49">
         <v>0</v>
       </c>
     </row>
-    <row r="49" ht="19.8" spans="1:1">
-[...22 lines deleted...]
-      <c r="D51">
+    <row r="50" ht="19.8" spans="1:1">
+      <c r="A50" s="7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="51" ht="19.2" spans="1:17">
+      <c r="A51" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B51" s="3">
+        <v>5</v>
+      </c>
+      <c r="C51" s="3">
+        <v>5</v>
+      </c>
+      <c r="D51" s="3">
         <v>8</v>
       </c>
-      <c r="E51">
-[...14 lines deleted...]
-        <v>0</v>
+      <c r="E51" s="3">
+        <v>5</v>
+      </c>
+      <c r="F51" s="3">
+        <v>5</v>
+      </c>
+      <c r="G51" s="3">
+        <v>6</v>
+      </c>
+      <c r="H51" s="3">
+        <v>6</v>
+      </c>
+      <c r="I51" s="3">
+        <v>5</v>
+      </c>
+      <c r="J51" s="3">
+        <v>4</v>
+      </c>
+      <c r="K51" s="3">
+        <v>11</v>
+      </c>
+      <c r="L51" s="3">
+        <v>31</v>
+      </c>
+      <c r="M51" s="3"/>
+      <c r="N51" s="3">
+        <v>91</v>
+      </c>
+      <c r="O51" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P51" s="3"/>
+      <c r="Q51" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="52" ht="19.2" spans="1:17">
+      <c r="A52" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B52" s="3">
+        <v>5</v>
+      </c>
+      <c r="C52" s="3">
+        <v>5</v>
+      </c>
+      <c r="D52" s="3">
+        <v>8</v>
+      </c>
+      <c r="E52" s="3">
+        <v>5</v>
+      </c>
+      <c r="F52" s="3">
+        <v>5</v>
+      </c>
+      <c r="G52" s="3">
+        <v>6</v>
+      </c>
+      <c r="H52" s="3">
+        <v>5</v>
+      </c>
+      <c r="I52" s="3">
+        <v>5</v>
+      </c>
+      <c r="J52" s="3">
+        <v>4</v>
+      </c>
+      <c r="K52" s="3">
+        <v>11</v>
+      </c>
+      <c r="L52" s="3">
+        <v>40</v>
+      </c>
+      <c r="M52" s="3"/>
+      <c r="N52" s="3">
+        <v>99</v>
+      </c>
+      <c r="O52" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P52" s="3"/>
+      <c r="Q52" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="53" ht="19.2" spans="1:14">
-      <c r="A53" s="5" t="s">
-        <v>66</v>
+      <c r="A53" s="9" t="s">
+        <v>71</v>
       </c>
       <c r="B53">
         <v>5</v>
       </c>
+      <c r="C53">
+        <v>5</v>
+      </c>
+      <c r="D53">
+        <v>8</v>
+      </c>
+      <c r="E53">
+        <v>5</v>
+      </c>
       <c r="N53">
-        <v>5</v>
-[...4 lines deleted...]
-        <v>67</v>
+        <v>23</v>
+      </c>
+    </row>
+    <row r="54" ht="19.2" spans="1:17">
+      <c r="A54" s="9" t="s">
+        <v>72</v>
       </c>
       <c r="B54">
         <v>5</v>
       </c>
-      <c r="C54">
-[...1 lines deleted...]
-      </c>
       <c r="N54">
+        <v>5</v>
+      </c>
+      <c r="O54" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="P54" s="12"/>
+      <c r="Q54" s="12"/>
+    </row>
+    <row r="55" ht="19.2" spans="1:17">
+      <c r="A55" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B55" s="3">
+        <v>5</v>
+      </c>
+      <c r="C55" s="3">
+        <v>5</v>
+      </c>
+      <c r="D55" s="3">
+        <v>8</v>
+      </c>
+      <c r="E55" s="3">
+        <v>5</v>
+      </c>
+      <c r="F55" s="3">
+        <v>3</v>
+      </c>
+      <c r="G55" s="3">
+        <v>7</v>
+      </c>
+      <c r="H55" s="3">
+        <v>6</v>
+      </c>
+      <c r="I55" s="3">
+        <v>5</v>
+      </c>
+      <c r="J55" s="3">
+        <v>5</v>
+      </c>
+      <c r="K55" s="3">
+        <v>11</v>
+      </c>
+      <c r="L55" s="3">
+        <v>36</v>
+      </c>
+      <c r="M55" s="3"/>
+      <c r="N55" s="3">
+        <v>96</v>
+      </c>
+      <c r="O55" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P55" s="3"/>
+      <c r="Q55" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="56" ht="19.2" spans="1:17">
+      <c r="A56" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B56" s="3">
+        <v>5</v>
+      </c>
+      <c r="C56" s="3">
+        <v>5</v>
+      </c>
+      <c r="D56" s="3">
+        <v>8</v>
+      </c>
+      <c r="E56" s="3">
+        <v>5</v>
+      </c>
+      <c r="F56" s="3">
+        <v>5</v>
+      </c>
+      <c r="G56" s="3">
+        <v>6</v>
+      </c>
+      <c r="H56" s="3">
+        <v>6</v>
+      </c>
+      <c r="I56" s="3">
+        <v>5</v>
+      </c>
+      <c r="J56" s="3">
+        <v>4</v>
+      </c>
+      <c r="K56" s="3">
+        <v>111</v>
+      </c>
+      <c r="L56" s="3">
+        <v>39</v>
+      </c>
+      <c r="M56" s="3"/>
+      <c r="N56" s="3">
+        <v>99</v>
+      </c>
+      <c r="O56" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P56" s="3"/>
+      <c r="Q56" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="57" ht="21" spans="1:1">
+      <c r="A57" s="4" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18">
+      <c r="A58" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B58" s="10">
+        <v>4</v>
+      </c>
+      <c r="C58" s="10">
+        <v>5</v>
+      </c>
+      <c r="D58" s="10">
+        <v>8</v>
+      </c>
+      <c r="E58" s="10">
+        <v>4</v>
+      </c>
+      <c r="F58" s="10">
+        <v>5</v>
+      </c>
+      <c r="G58" s="10">
+        <v>7</v>
+      </c>
+      <c r="H58" s="10">
+        <v>6</v>
+      </c>
+      <c r="I58" s="10">
+        <v>5</v>
+      </c>
+      <c r="J58" s="10">
+        <v>4</v>
+      </c>
+      <c r="K58" s="10">
+        <v>11</v>
+      </c>
+      <c r="L58" s="10">
+        <v>39</v>
+      </c>
+      <c r="M58" s="10"/>
+      <c r="N58" s="10">
+        <v>98</v>
+      </c>
+      <c r="O58" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P58" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q58" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="R58" s="10"/>
+    </row>
+    <row r="59" ht="21" spans="1:1">
+      <c r="A59" s="4" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18">
+      <c r="A60" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B60" s="3">
+        <v>4</v>
+      </c>
+      <c r="C60" s="3">
+        <v>5</v>
+      </c>
+      <c r="D60" s="3">
+        <v>7</v>
+      </c>
+      <c r="E60" s="3">
+        <v>5</v>
+      </c>
+      <c r="F60" s="3">
+        <v>5</v>
+      </c>
+      <c r="G60" s="3">
+        <v>6</v>
+      </c>
+      <c r="H60" s="3">
+        <v>6</v>
+      </c>
+      <c r="I60" s="3">
+        <v>5</v>
+      </c>
+      <c r="J60" s="3">
+        <v>3</v>
+      </c>
+      <c r="K60" s="3">
         <v>10</v>
       </c>
-    </row>
-[...44 lines deleted...]
-        <v>0</v>
+      <c r="L60" s="3">
+        <v>39</v>
+      </c>
+      <c r="M60" s="3"/>
+      <c r="N60" s="3">
+        <v>95</v>
+      </c>
+      <c r="O60" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P60" s="3"/>
+      <c r="Q60" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="R60" s="13"/>
+    </row>
+    <row r="61" ht="21" spans="1:1">
+      <c r="A61" s="4" t="s">
+        <v>83</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="N62">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="N63">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="N64">
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:14">
-[...3 lines deleted...]
-      <c r="N65">
+    <row r="65" spans="1:17">
+      <c r="A65" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B65" s="3">
+        <v>5</v>
+      </c>
+      <c r="C65" s="3">
+        <v>4</v>
+      </c>
+      <c r="D65" s="3">
+        <v>8</v>
+      </c>
+      <c r="E65" s="3">
+        <v>5</v>
+      </c>
+      <c r="F65" s="3">
+        <v>5</v>
+      </c>
+      <c r="G65" s="3">
+        <v>8</v>
+      </c>
+      <c r="H65" s="3">
+        <v>5</v>
+      </c>
+      <c r="I65" s="3">
+        <v>5</v>
+      </c>
+      <c r="J65" s="3">
+        <v>4</v>
+      </c>
+      <c r="K65" s="3">
+        <v>10</v>
+      </c>
+      <c r="L65" s="3">
+        <v>36</v>
+      </c>
+      <c r="M65" s="3"/>
+      <c r="N65" s="3">
+        <v>95</v>
+      </c>
+      <c r="O65" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P65" s="3"/>
+      <c r="Q65" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14">
+      <c r="A66" t="s">
+        <v>88</v>
+      </c>
+      <c r="N66">
         <v>0</v>
       </c>
     </row>
-    <row r="66" ht="21" spans="1:1">
-[...8 lines deleted...]
-      <c r="N67">
+    <row r="67" ht="21" spans="1:1">
+      <c r="A67" s="4" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="68" spans="1:14">
+      <c r="A68" t="s">
+        <v>90</v>
+      </c>
+      <c r="N68">
         <v>0</v>
       </c>
     </row>
-    <row r="68" ht="17.4" spans="1:1">
-[...11 lines deleted...]
-      <c r="I69">
+    <row r="69" ht="17.4" spans="1:1">
+      <c r="A69" s="14" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B70" s="3">
+        <v>5</v>
+      </c>
+      <c r="C70" s="3">
         <v>3</v>
       </c>
-      <c r="J69">
-[...19 lines deleted...]
-      <c r="D70" s="7">
+      <c r="D70" s="3">
         <v>7</v>
       </c>
-      <c r="E70" s="7">
-[...17 lines deleted...]
-      <c r="K70" s="7">
+      <c r="E70" s="3">
+        <v>5</v>
+      </c>
+      <c r="F70" s="3">
+        <v>5</v>
+      </c>
+      <c r="G70" s="3">
+        <v>8</v>
+      </c>
+      <c r="H70" s="3">
+        <v>4</v>
+      </c>
+      <c r="I70" s="3">
+        <v>3</v>
+      </c>
+      <c r="J70" s="3">
+        <v>5</v>
+      </c>
+      <c r="K70" s="3">
+        <v>7</v>
+      </c>
+      <c r="L70" s="3">
+        <v>32</v>
+      </c>
+      <c r="M70" s="3"/>
+      <c r="N70" s="3">
+        <v>84</v>
+      </c>
+      <c r="O70" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P70" s="3"/>
+    </row>
+    <row r="71" spans="1:18">
+      <c r="A71" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B71" s="3">
+        <v>5</v>
+      </c>
+      <c r="C71" s="3">
+        <v>5</v>
+      </c>
+      <c r="D71" s="3">
+        <v>7</v>
+      </c>
+      <c r="E71" s="3">
+        <v>5</v>
+      </c>
+      <c r="F71" s="3">
+        <v>4</v>
+      </c>
+      <c r="G71" s="3">
+        <v>6</v>
+      </c>
+      <c r="H71" s="3">
+        <v>5</v>
+      </c>
+      <c r="I71" s="3">
+        <v>5</v>
+      </c>
+      <c r="J71" s="3">
+        <v>4</v>
+      </c>
+      <c r="K71" s="3">
         <v>11</v>
       </c>
-      <c r="L70" s="7">
+      <c r="L71" s="3">
         <v>39</v>
       </c>
-      <c r="M70" s="7"/>
-      <c r="N70" s="7">
+      <c r="M71" s="3"/>
+      <c r="N71" s="3">
         <v>96</v>
       </c>
-      <c r="O70" s="7" t="s">
-[...30 lines deleted...]
-        <v>0</v>
+      <c r="O71" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P71" s="3"/>
+      <c r="Q71" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="R71" s="13"/>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B72" s="3">
+        <v>5</v>
+      </c>
+      <c r="C72" s="3">
+        <v>5</v>
+      </c>
+      <c r="D72" s="3">
+        <v>8</v>
+      </c>
+      <c r="E72" s="3">
+        <v>5</v>
+      </c>
+      <c r="F72" s="3">
+        <v>5</v>
+      </c>
+      <c r="G72" s="3">
+        <v>6</v>
+      </c>
+      <c r="H72" s="3">
+        <v>5</v>
+      </c>
+      <c r="I72" s="3">
+        <v>5</v>
+      </c>
+      <c r="J72" s="3">
+        <v>5</v>
+      </c>
+      <c r="K72" s="3">
+        <v>11</v>
+      </c>
+      <c r="L72" s="3">
+        <v>39</v>
+      </c>
+      <c r="M72" s="3"/>
+      <c r="N72" s="3">
+        <v>99</v>
+      </c>
+      <c r="O72" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P72" s="3"/>
+    </row>
+    <row r="73" ht="19.8" spans="1:1">
+      <c r="A73" s="7" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="74" ht="19.2" spans="1:17">
+      <c r="A74" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="B74" s="3">
+        <v>5</v>
+      </c>
+      <c r="C74" s="3">
+        <v>5</v>
+      </c>
+      <c r="D74" s="3">
+        <v>6</v>
+      </c>
+      <c r="E74" s="3">
+        <v>5</v>
+      </c>
+      <c r="F74" s="3">
+        <v>4</v>
+      </c>
+      <c r="G74" s="3">
+        <v>6</v>
+      </c>
+      <c r="H74" s="3">
+        <v>6</v>
+      </c>
+      <c r="I74" s="3">
+        <v>5</v>
+      </c>
+      <c r="J74" s="3">
+        <v>4</v>
+      </c>
+      <c r="K74" s="3">
+        <v>11</v>
+      </c>
+      <c r="L74" s="3">
+        <v>35</v>
+      </c>
+      <c r="M74" s="3"/>
+      <c r="N74" s="3">
+        <v>92</v>
+      </c>
+      <c r="O74" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P74" s="3"/>
+      <c r="Q74" s="3" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="75" ht="19.2" spans="1:14">
-      <c r="A75" s="5" t="s">
-        <v>89</v>
+      <c r="A75" s="9" t="s">
+        <v>97</v>
       </c>
       <c r="N75">
         <v>0</v>
       </c>
     </row>
-    <row r="76" ht="19.8" spans="1:1">
-[...9 lines deleted...]
-        <v>0</v>
+    <row r="76" ht="19.2" spans="1:17">
+      <c r="A76" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="B76" s="3">
+        <v>4</v>
+      </c>
+      <c r="C76" s="3">
+        <v>5</v>
+      </c>
+      <c r="D76" s="3">
+        <v>8</v>
+      </c>
+      <c r="E76" s="3">
+        <v>5</v>
+      </c>
+      <c r="F76" s="3">
+        <v>5</v>
+      </c>
+      <c r="G76" s="3">
+        <v>8</v>
+      </c>
+      <c r="H76" s="3">
+        <v>6</v>
+      </c>
+      <c r="I76" s="3">
+        <v>4</v>
+      </c>
+      <c r="J76" s="3">
+        <v>5</v>
+      </c>
+      <c r="K76" s="3">
+        <v>9</v>
+      </c>
+      <c r="L76" s="3">
+        <v>34</v>
+      </c>
+      <c r="M76" s="3"/>
+      <c r="N76" s="3">
+        <v>93</v>
+      </c>
+      <c r="O76" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P76" s="3"/>
+      <c r="Q76" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="77" ht="19.8" spans="1:1">
+      <c r="A77" s="7" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="78" ht="19.2" spans="1:14">
-      <c r="A78" s="5" t="s">
-        <v>92</v>
+      <c r="A78" s="9" t="s">
+        <v>100</v>
       </c>
       <c r="N78">
         <v>0</v>
       </c>
     </row>
     <row r="79" ht="19.2" spans="1:14">
-      <c r="A79" s="5" t="s">
-        <v>93</v>
+      <c r="A79" s="9" t="s">
+        <v>101</v>
       </c>
       <c r="N79">
         <v>0</v>
       </c>
     </row>
-    <row r="80" ht="21" spans="1:1">
-[...8 lines deleted...]
-      <c r="N81">
+    <row r="80" ht="19.2" spans="1:17">
+      <c r="A80" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="B80" s="3">
+        <v>5</v>
+      </c>
+      <c r="C80" s="3">
+        <v>5</v>
+      </c>
+      <c r="D80" s="3">
+        <v>7</v>
+      </c>
+      <c r="E80" s="3">
+        <v>5</v>
+      </c>
+      <c r="F80" s="3">
+        <v>5</v>
+      </c>
+      <c r="G80" s="3">
+        <v>7</v>
+      </c>
+      <c r="H80" s="3">
+        <v>6</v>
+      </c>
+      <c r="I80" s="3">
+        <v>5</v>
+      </c>
+      <c r="J80" s="3">
+        <v>4</v>
+      </c>
+      <c r="K80" s="3">
+        <v>11</v>
+      </c>
+      <c r="L80" s="3">
+        <v>38</v>
+      </c>
+      <c r="M80" s="3"/>
+      <c r="N80" s="3">
+        <v>98</v>
+      </c>
+      <c r="O80" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P80" s="3"/>
+      <c r="Q80" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="81" ht="21" spans="1:1">
+      <c r="A81" s="4" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="82" spans="1:14">
+      <c r="A82" t="s">
+        <v>104</v>
+      </c>
+      <c r="N82">
         <v>0</v>
       </c>
     </row>
-    <row r="82" ht="21" spans="1:1">
-      <c r="A82" s="3" t="s">
+    <row r="83" ht="21" spans="1:1">
+      <c r="A83" s="4" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="84" spans="1:14">
+      <c r="A84" t="s">
+        <v>106</v>
+      </c>
+      <c r="N84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" ht="21" spans="1:1">
+      <c r="A85" s="4" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B86" s="3">
+        <v>3</v>
+      </c>
+      <c r="C86" s="3">
+        <v>5</v>
+      </c>
+      <c r="D86" s="3">
+        <v>8</v>
+      </c>
+      <c r="E86" s="3">
+        <v>5</v>
+      </c>
+      <c r="F86" s="3">
+        <v>4</v>
+      </c>
+      <c r="G86" s="3">
+        <v>7</v>
+      </c>
+      <c r="H86" s="3">
+        <v>6</v>
+      </c>
+      <c r="I86" s="3">
+        <v>5</v>
+      </c>
+      <c r="J86" s="3">
+        <v>5</v>
+      </c>
+      <c r="K86" s="3">
+        <v>11</v>
+      </c>
+      <c r="L86" s="3">
+        <v>38</v>
+      </c>
+      <c r="M86" s="3"/>
+      <c r="N86" s="3">
+        <v>97</v>
+      </c>
+      <c r="O86" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P86" s="3"/>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B87" s="3">
+        <v>5</v>
+      </c>
+      <c r="C87" s="3">
+        <v>5</v>
+      </c>
+      <c r="D87" s="3">
+        <v>8</v>
+      </c>
+      <c r="E87" s="3">
+        <v>5</v>
+      </c>
+      <c r="F87" s="3">
+        <v>5</v>
+      </c>
+      <c r="G87" s="3">
+        <v>6</v>
+      </c>
+      <c r="H87" s="3">
+        <v>6</v>
+      </c>
+      <c r="I87" s="3">
+        <v>5</v>
+      </c>
+      <c r="J87" s="3">
+        <v>4</v>
+      </c>
+      <c r="K87" s="3">
+        <v>11</v>
+      </c>
+      <c r="L87" s="3">
+        <v>38</v>
+      </c>
+      <c r="M87" s="3"/>
+      <c r="N87" s="3">
+        <v>98</v>
+      </c>
+      <c r="O87" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P87" s="3"/>
+    </row>
+    <row r="88" spans="1:18">
+      <c r="A88" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B88" s="3">
+        <v>5</v>
+      </c>
+      <c r="C88" s="3">
+        <v>5</v>
+      </c>
+      <c r="D88" s="3">
+        <v>7</v>
+      </c>
+      <c r="E88" s="3">
+        <v>5</v>
+      </c>
+      <c r="F88" s="3">
+        <v>5</v>
+      </c>
+      <c r="G88" s="3">
+        <v>6</v>
+      </c>
+      <c r="H88" s="3">
+        <v>6</v>
+      </c>
+      <c r="I88" s="3">
+        <v>5</v>
+      </c>
+      <c r="J88" s="3">
+        <v>5</v>
+      </c>
+      <c r="K88" s="3">
+        <v>11</v>
+      </c>
+      <c r="L88" s="3">
+        <v>38</v>
+      </c>
+      <c r="M88" s="3"/>
+      <c r="N88" s="3">
+        <v>98</v>
+      </c>
+      <c r="O88" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P88" s="3"/>
+      <c r="Q88" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="R88" s="13"/>
+    </row>
+    <row r="89" ht="18" spans="1:20">
+      <c r="A89" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B89" s="3">
+        <v>5</v>
+      </c>
+      <c r="C89" s="3">
+        <v>5</v>
+      </c>
+      <c r="D89" s="3">
+        <v>8</v>
+      </c>
+      <c r="E89" s="3">
+        <v>4</v>
+      </c>
+      <c r="F89" s="3">
+        <v>5</v>
+      </c>
+      <c r="G89" s="3">
+        <v>6</v>
+      </c>
+      <c r="H89" s="3">
+        <v>6</v>
+      </c>
+      <c r="I89" s="3">
+        <v>5</v>
+      </c>
+      <c r="J89" s="3">
+        <v>5</v>
+      </c>
+      <c r="K89" s="3">
+        <v>10</v>
+      </c>
+      <c r="L89" s="3">
+        <v>37</v>
+      </c>
+      <c r="M89" s="3"/>
+      <c r="N89" s="3">
         <v>96</v>
       </c>
-    </row>
-[...14 lines deleted...]
-      <c r="A85" t="s">
+      <c r="O89" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P89" s="3"/>
+      <c r="T89" s="3"/>
+    </row>
+    <row r="90" ht="21" spans="1:1">
+      <c r="A90" s="4" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17">
+      <c r="A91" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B91" s="3">
+        <v>5</v>
+      </c>
+      <c r="C91" s="3">
+        <v>4</v>
+      </c>
+      <c r="D91" s="3">
+        <v>5</v>
+      </c>
+      <c r="E91" s="3"/>
+      <c r="F91" s="3">
+        <v>4</v>
+      </c>
+      <c r="G91" s="3">
+        <v>3</v>
+      </c>
+      <c r="H91" s="3">
+        <v>3</v>
+      </c>
+      <c r="I91" s="3">
+        <v>5</v>
+      </c>
+      <c r="J91" s="3">
+        <v>3</v>
+      </c>
+      <c r="K91" s="3">
+        <v>4</v>
+      </c>
+      <c r="L91" s="3">
+        <v>31</v>
+      </c>
+      <c r="M91" s="3"/>
+      <c r="N91" s="3">
+        <v>67</v>
+      </c>
+      <c r="O91" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P91" s="3"/>
+      <c r="Q91" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17">
+      <c r="A92" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B92" s="3">
+        <v>5</v>
+      </c>
+      <c r="C92" s="3">
+        <v>5</v>
+      </c>
+      <c r="D92" s="3">
+        <v>8</v>
+      </c>
+      <c r="E92" s="3">
+        <v>5</v>
+      </c>
+      <c r="F92" s="3">
+        <v>5</v>
+      </c>
+      <c r="G92" s="3">
+        <v>8</v>
+      </c>
+      <c r="H92" s="3">
+        <v>6</v>
+      </c>
+      <c r="I92" s="3">
+        <v>5</v>
+      </c>
+      <c r="J92" s="3">
+        <v>5</v>
+      </c>
+      <c r="K92" s="3">
+        <v>11</v>
+      </c>
+      <c r="L92" s="3">
+        <v>39</v>
+      </c>
+      <c r="M92" s="3"/>
+      <c r="N92" s="3">
         <v>99</v>
       </c>
-      <c r="N85">
-[...80 lines deleted...]
-      <c r="N90">
+      <c r="O92" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P92" s="3"/>
+      <c r="Q92" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17">
+      <c r="A93" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B93" s="3">
+        <v>4</v>
+      </c>
+      <c r="C93" s="3">
+        <v>5</v>
+      </c>
+      <c r="D93" s="3">
+        <v>7</v>
+      </c>
+      <c r="E93" s="3">
+        <v>5</v>
+      </c>
+      <c r="F93" s="3">
+        <v>5</v>
+      </c>
+      <c r="G93" s="3">
+        <v>7</v>
+      </c>
+      <c r="H93" s="3">
+        <v>4</v>
+      </c>
+      <c r="I93" s="3">
+        <v>4</v>
+      </c>
+      <c r="J93" s="3">
+        <v>4</v>
+      </c>
+      <c r="K93" s="3">
         <v>10</v>
       </c>
-    </row>
-[...24 lines deleted...]
-        <v>107</v>
+      <c r="L93" s="3">
+        <v>30</v>
+      </c>
+      <c r="M93" s="3"/>
+      <c r="N93" s="3">
+        <v>85</v>
+      </c>
+      <c r="O93" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P93" s="3"/>
+      <c r="Q93" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="N94">
         <v>0</v>
       </c>
     </row>
     <row r="95" ht="21" spans="1:1">
-      <c r="A95" s="3" t="s">
-        <v>109</v>
+      <c r="A95" s="4" t="s">
+        <v>117</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="N96">
         <v>0</v>
       </c>
     </row>
-    <row r="97" spans="1:14">
-[...4 lines deleted...]
-        <v>0</v>
+    <row r="97" ht="21" spans="1:15">
+      <c r="A97" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="O97" s="16" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" t="s">
-        <v>112</v>
-[...26 lines deleted...]
-    <row r="99" spans="1:14">
+        <v>121</v>
+      </c>
+      <c r="N98">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:15">
       <c r="A99" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="B99">
         <v>5</v>
       </c>
       <c r="C99">
         <v>5</v>
       </c>
       <c r="D99">
         <v>8</v>
       </c>
       <c r="E99">
         <v>5</v>
       </c>
       <c r="F99">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G99">
         <v>7</v>
       </c>
       <c r="H99">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I99">
         <v>5</v>
       </c>
       <c r="J99">
-        <v>4</v>
-[...5 lines deleted...]
-    <row r="100" spans="1:14">
+        <v>5</v>
+      </c>
+      <c r="K99">
+        <v>10</v>
+      </c>
+      <c r="L99" s="13">
+        <v>40</v>
+      </c>
+      <c r="N99" s="13">
+        <v>100</v>
+      </c>
+      <c r="O99" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:15">
       <c r="A100" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="B100">
         <v>5</v>
       </c>
       <c r="C100">
         <v>5</v>
       </c>
+      <c r="D100">
+        <v>8</v>
+      </c>
+      <c r="E100">
+        <v>5</v>
+      </c>
+      <c r="F100">
+        <v>4</v>
+      </c>
+      <c r="G100">
+        <v>7</v>
+      </c>
+      <c r="H100">
+        <v>6</v>
+      </c>
+      <c r="I100">
+        <v>5</v>
+      </c>
+      <c r="J100">
+        <v>4</v>
+      </c>
+      <c r="K100">
+        <v>11</v>
+      </c>
+      <c r="L100">
+        <v>37</v>
+      </c>
       <c r="N100">
+        <v>97</v>
+      </c>
+      <c r="O100" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:15">
+      <c r="A101" t="s">
+        <v>124</v>
+      </c>
+      <c r="B101">
+        <v>5</v>
+      </c>
+      <c r="C101">
+        <v>5</v>
+      </c>
+      <c r="D101">
+        <v>8</v>
+      </c>
+      <c r="E101">
+        <v>5</v>
+      </c>
+      <c r="F101">
+        <v>4</v>
+      </c>
+      <c r="G101">
+        <v>7</v>
+      </c>
+      <c r="H101">
+        <v>5</v>
+      </c>
+      <c r="I101">
+        <v>5</v>
+      </c>
+      <c r="J101">
+        <v>4</v>
+      </c>
+      <c r="K101">
         <v>10</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>116</v>
+      <c r="L101">
+        <v>39</v>
       </c>
       <c r="N101">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:14">
+        <v>97</v>
+      </c>
+      <c r="O101" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:15">
       <c r="A102" t="s">
-        <v>117</v>
+        <v>125</v>
+      </c>
+      <c r="B102">
+        <v>5</v>
+      </c>
+      <c r="C102">
+        <v>5</v>
+      </c>
+      <c r="D102">
+        <v>6</v>
+      </c>
+      <c r="E102">
+        <v>5</v>
+      </c>
+      <c r="F102">
+        <v>5</v>
+      </c>
+      <c r="G102">
+        <v>6</v>
+      </c>
+      <c r="H102">
+        <v>6</v>
+      </c>
+      <c r="I102">
+        <v>5</v>
+      </c>
+      <c r="J102">
+        <v>5</v>
+      </c>
+      <c r="K102">
+        <v>11</v>
+      </c>
+      <c r="L102">
+        <v>38</v>
       </c>
       <c r="N102">
-        <v>0</v>
+        <v>97</v>
+      </c>
+      <c r="O102" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="N103">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="N104">
         <v>0</v>
       </c>
     </row>
-    <row r="105" spans="1:14">
+    <row r="105" spans="1:15">
       <c r="A105" t="s">
-        <v>120</v>
+        <v>128</v>
+      </c>
+      <c r="B105">
+        <v>2</v>
+      </c>
+      <c r="C105">
+        <v>5</v>
+      </c>
+      <c r="D105">
+        <v>8</v>
+      </c>
+      <c r="E105">
+        <v>5</v>
+      </c>
+      <c r="F105">
+        <v>5</v>
+      </c>
+      <c r="G105">
+        <v>7</v>
+      </c>
+      <c r="H105">
+        <v>6</v>
+      </c>
+      <c r="I105">
+        <v>5</v>
+      </c>
+      <c r="J105">
+        <v>4</v>
+      </c>
+      <c r="K105">
+        <v>11</v>
+      </c>
+      <c r="L105">
+        <v>39</v>
       </c>
       <c r="N105">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:14">
+        <v>97</v>
+      </c>
+      <c r="O105" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:15">
       <c r="A106" t="s">
-        <v>121</v>
+        <v>129</v>
+      </c>
+      <c r="B106">
+        <v>5</v>
+      </c>
+      <c r="C106">
+        <v>5</v>
+      </c>
+      <c r="D106">
+        <v>8</v>
+      </c>
+      <c r="E106">
+        <v>5</v>
+      </c>
+      <c r="F106">
+        <v>5</v>
+      </c>
+      <c r="G106">
+        <v>8</v>
+      </c>
+      <c r="H106">
+        <v>6</v>
+      </c>
+      <c r="I106">
+        <v>5</v>
+      </c>
+      <c r="J106">
+        <v>5</v>
+      </c>
+      <c r="K106">
+        <v>11</v>
+      </c>
+      <c r="L106">
+        <v>38</v>
       </c>
       <c r="N106">
-        <v>0</v>
-[...4 lines deleted...]
-        <v>122</v>
+        <v>98</v>
+      </c>
+      <c r="O106" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:15">
+      <c r="A107" t="s">
+        <v>130</v>
+      </c>
+      <c r="B107">
+        <v>5</v>
+      </c>
+      <c r="C107">
+        <v>5</v>
+      </c>
+      <c r="D107">
+        <v>8</v>
+      </c>
+      <c r="E107">
+        <v>5</v>
+      </c>
+      <c r="F107">
+        <v>5</v>
+      </c>
+      <c r="G107">
+        <v>7</v>
+      </c>
+      <c r="H107">
+        <v>6</v>
+      </c>
+      <c r="I107">
+        <v>5</v>
+      </c>
+      <c r="J107">
+        <v>5</v>
+      </c>
+      <c r="K107">
+        <v>11</v>
+      </c>
+      <c r="L107">
+        <v>38</v>
+      </c>
+      <c r="N107">
+        <v>98</v>
+      </c>
+      <c r="O107" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="N108">
         <v>0</v>
       </c>
     </row>
     <row r="109" ht="21" spans="1:1">
-      <c r="A109" s="3" t="s">
-        <v>124</v>
+      <c r="A109" s="4" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" t="s">
-        <v>125</v>
-[...9 lines deleted...]
-      <c r="N111">
+        <v>133</v>
+      </c>
+      <c r="B110">
+        <v>5</v>
+      </c>
+      <c r="C110">
         <v>0</v>
       </c>
-    </row>
-    <row r="112" ht="21" spans="1:1">
+      <c r="D110">
+        <v>6</v>
+      </c>
+      <c r="E110">
+        <v>4</v>
+      </c>
+      <c r="F110">
+        <v>4</v>
+      </c>
+      <c r="G110">
+        <v>5</v>
+      </c>
+      <c r="H110">
+        <v>1</v>
+      </c>
+      <c r="I110">
+        <v>4</v>
+      </c>
+      <c r="J110">
+        <v>2</v>
+      </c>
+      <c r="K110">
+        <v>9</v>
+      </c>
+      <c r="N110">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="111" ht="21" spans="1:1">
+      <c r="A111" s="4" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="112" spans="1:17">
       <c r="A112" s="3" t="s">
-        <v>128</v>
-[...6 lines deleted...]
-      <c r="D113">
+        <v>135</v>
+      </c>
+      <c r="B112" s="3">
+        <v>5</v>
+      </c>
+      <c r="C112" s="3">
+        <v>5</v>
+      </c>
+      <c r="D112" s="3">
         <v>8</v>
       </c>
-      <c r="I113">
-[...10 lines deleted...]
-      </c>
+      <c r="E112" s="3">
+        <v>3</v>
+      </c>
+      <c r="F112" s="3">
+        <v>5</v>
+      </c>
+      <c r="G112" s="3">
+        <v>6</v>
+      </c>
+      <c r="H112" s="3">
+        <v>4</v>
+      </c>
+      <c r="I112" s="3">
+        <v>5</v>
+      </c>
+      <c r="J112" s="3">
+        <v>4</v>
+      </c>
+      <c r="K112" s="3">
+        <v>11</v>
+      </c>
+      <c r="L112" s="3">
+        <v>34</v>
+      </c>
+      <c r="M112" s="3"/>
+      <c r="N112" s="3">
+        <v>90</v>
+      </c>
+      <c r="O112" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P112" s="3"/>
+      <c r="Q112" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B113" s="3">
+        <v>5</v>
+      </c>
+      <c r="C113" s="3">
+        <v>5</v>
+      </c>
+      <c r="D113" s="3">
+        <v>8</v>
+      </c>
+      <c r="E113" s="3">
+        <v>5</v>
+      </c>
+      <c r="F113" s="3">
+        <v>5</v>
+      </c>
+      <c r="G113" s="3">
+        <v>6</v>
+      </c>
+      <c r="H113" s="3">
+        <v>5</v>
+      </c>
+      <c r="I113" s="3">
+        <v>5</v>
+      </c>
+      <c r="J113" s="3">
+        <v>5</v>
+      </c>
+      <c r="K113" s="3">
+        <v>11</v>
+      </c>
+      <c r="L113" s="3">
+        <v>40</v>
+      </c>
+      <c r="M113" s="3"/>
+      <c r="N113" s="3">
+        <v>100</v>
+      </c>
+      <c r="O113" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P113" s="3"/>
     </row>
     <row r="114" ht="21" spans="1:1">
-      <c r="A114" s="3" t="s">
-[...7 lines deleted...]
-      <c r="N115">
+      <c r="A114" s="4" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17">
+      <c r="A115" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B115" s="3">
         <v>0</v>
       </c>
-    </row>
-[...5 lines deleted...]
-        <v>0</v>
+      <c r="C115" s="3">
+        <v>5</v>
+      </c>
+      <c r="D115" s="3">
+        <v>8</v>
+      </c>
+      <c r="E115" s="3">
+        <v>5</v>
+      </c>
+      <c r="F115" s="3">
+        <v>5</v>
+      </c>
+      <c r="G115" s="3"/>
+      <c r="H115" s="3">
+        <v>6</v>
+      </c>
+      <c r="I115" s="3">
+        <v>5</v>
+      </c>
+      <c r="J115" s="3">
+        <v>5</v>
+      </c>
+      <c r="K115" s="3">
+        <v>11</v>
+      </c>
+      <c r="L115" s="3">
+        <v>38</v>
+      </c>
+      <c r="M115" s="3"/>
+      <c r="N115" s="3">
+        <v>88</v>
+      </c>
+      <c r="O115" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P115" s="3"/>
+      <c r="Q115" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="116" ht="21" spans="1:1">
+      <c r="A116" s="4" t="s">
+        <v>139</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="N117">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="N118">
         <v>0</v>
       </c>
     </row>
-    <row r="119" ht="21" spans="1:1">
-[...1 lines deleted...]
-        <v>135</v>
+    <row r="119" spans="1:14">
+      <c r="A119" t="s">
+        <v>142</v>
+      </c>
+      <c r="N119">
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="N120">
         <v>0</v>
       </c>
     </row>
     <row r="121" ht="21" spans="1:1">
-      <c r="A121" s="3" t="s">
-        <v>137</v>
+      <c r="A121" s="4" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="N122">
         <v>0</v>
       </c>
     </row>
     <row r="123" ht="21" spans="1:1">
-      <c r="A123" s="3" t="s">
-        <v>139</v>
+      <c r="A123" s="4" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="N124">
         <v>0</v>
       </c>
     </row>
-    <row r="125" spans="1:2">
-[...17 lines deleted...]
-      <c r="D126">
+    <row r="125" ht="21" spans="1:1">
+      <c r="A125" s="4" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17">
+      <c r="A126" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B126" s="3">
+        <v>5</v>
+      </c>
+      <c r="C126" s="3">
+        <v>5</v>
+      </c>
+      <c r="D126" s="3">
         <v>8</v>
       </c>
-      <c r="E126">
-[...5 lines deleted...]
-      <c r="G126">
+      <c r="E126" s="3">
+        <v>5</v>
+      </c>
+      <c r="F126" s="3">
+        <v>5</v>
+      </c>
+      <c r="G126" s="3">
+        <v>8</v>
+      </c>
+      <c r="H126" s="3">
+        <v>6</v>
+      </c>
+      <c r="I126" s="3">
+        <v>5</v>
+      </c>
+      <c r="J126" s="3">
+        <v>4</v>
+      </c>
+      <c r="K126" s="3">
+        <v>11</v>
+      </c>
+      <c r="L126" s="3">
+        <v>40</v>
+      </c>
+      <c r="M126" s="3"/>
+      <c r="N126" s="3">
+        <v>100</v>
+      </c>
+      <c r="O126" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P126" s="3"/>
+      <c r="Q126" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="127" spans="1:1">
+      <c r="A127" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="128" spans="1:15">
+      <c r="A128" t="s">
+        <v>152</v>
+      </c>
+      <c r="B128">
+        <v>4</v>
+      </c>
+      <c r="C128">
+        <v>5</v>
+      </c>
+      <c r="D128">
+        <v>8</v>
+      </c>
+      <c r="E128">
+        <v>5</v>
+      </c>
+      <c r="F128">
+        <v>5</v>
+      </c>
+      <c r="G128">
         <v>7</v>
       </c>
-      <c r="N126">
+      <c r="N128">
         <v>34</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="N127">
+      <c r="O128" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17">
+      <c r="A129" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B129" s="3">
+        <v>5</v>
+      </c>
+      <c r="C129" s="3">
+        <v>5</v>
+      </c>
+      <c r="D129" s="3">
+        <v>8</v>
+      </c>
+      <c r="E129" s="3">
+        <v>5</v>
+      </c>
+      <c r="F129" s="3">
+        <v>4</v>
+      </c>
+      <c r="G129" s="3">
+        <v>4</v>
+      </c>
+      <c r="H129" s="3">
+        <v>6</v>
+      </c>
+      <c r="I129" s="3">
+        <v>5</v>
+      </c>
+      <c r="J129" s="3">
+        <v>5</v>
+      </c>
+      <c r="K129" s="3">
+        <v>11</v>
+      </c>
+      <c r="L129" s="3">
+        <v>37</v>
+      </c>
+      <c r="M129" s="3"/>
+      <c r="N129" s="3">
+        <v>95</v>
+      </c>
+      <c r="O129" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P129" s="3"/>
+      <c r="Q129" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="130" ht="21" spans="1:1">
+      <c r="A130" s="4" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17">
+      <c r="A131" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B131" s="3">
+        <v>4</v>
+      </c>
+      <c r="C131" s="3">
+        <v>5</v>
+      </c>
+      <c r="D131" s="3">
+        <v>6</v>
+      </c>
+      <c r="E131" s="3">
+        <v>5</v>
+      </c>
+      <c r="F131" s="3">
+        <v>5</v>
+      </c>
+      <c r="G131" s="3">
+        <v>6</v>
+      </c>
+      <c r="H131" s="3">
+        <v>6</v>
+      </c>
+      <c r="I131" s="3">
+        <v>5</v>
+      </c>
+      <c r="J131" s="3">
+        <v>4</v>
+      </c>
+      <c r="K131" s="3">
+        <v>10</v>
+      </c>
+      <c r="L131" s="3">
+        <v>38</v>
+      </c>
+      <c r="M131" s="3"/>
+      <c r="N131" s="3">
+        <v>94</v>
+      </c>
+      <c r="O131" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P131" s="3"/>
+      <c r="Q131" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="132" ht="19.8" spans="1:1">
+      <c r="A132" s="7" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="133" ht="19.2" spans="1:14">
+      <c r="A133" s="9" t="s">
+        <v>158</v>
+      </c>
+      <c r="N133">
         <v>0</v>
       </c>
     </row>
-    <row r="128" ht="21" spans="1:1">
-[...8 lines deleted...]
-      <c r="N129">
+    <row r="134" ht="19.2" spans="1:17">
+      <c r="A134" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="B134" s="3">
+        <v>5</v>
+      </c>
+      <c r="C134" s="3">
+        <v>5</v>
+      </c>
+      <c r="D134" s="3">
+        <v>7</v>
+      </c>
+      <c r="E134" s="3">
+        <v>5</v>
+      </c>
+      <c r="F134" s="3">
+        <v>3</v>
+      </c>
+      <c r="G134" s="3">
+        <v>6</v>
+      </c>
+      <c r="H134" s="3">
+        <v>6</v>
+      </c>
+      <c r="I134" s="3">
+        <v>5</v>
+      </c>
+      <c r="J134" s="3">
+        <v>5</v>
+      </c>
+      <c r="K134" s="3">
+        <v>8</v>
+      </c>
+      <c r="L134" s="3">
+        <v>38</v>
+      </c>
+      <c r="M134" s="3"/>
+      <c r="N134" s="3">
+        <v>93</v>
+      </c>
+      <c r="O134" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P134" s="3"/>
+      <c r="Q134" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="135" ht="21" spans="1:1">
+      <c r="A135" s="4" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="136" spans="1:14">
+      <c r="A136" t="s">
+        <v>161</v>
+      </c>
+      <c r="N136">
         <v>0</v>
       </c>
     </row>
-    <row r="130" ht="19.8" spans="1:1">
-[...39 lines deleted...]
-      <c r="N136">
+    <row r="137" spans="1:14">
+      <c r="A137" t="s">
+        <v>162</v>
+      </c>
+      <c r="N137">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>WPS Sheets</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
-    <vt:lpwstr>1CF63F50997C4599AA0B16E392D79BCC_13</vt:lpwstr>
+    <vt:lpwstr>9F9C0B62209141CFB31834482ACE2802_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
-    <vt:lpwstr>1033-12.2.0.23131</vt:lpwstr>
+    <vt:lpwstr>1033-12.2.0.23155</vt:lpwstr>
   </property>
 </Properties>
 </file>