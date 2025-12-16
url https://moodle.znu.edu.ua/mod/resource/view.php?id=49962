--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -1,7496 +1,2454 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-[...32 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-[...114 lines deleted...]
-</p:presentation>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:body>
+    <w:p w14:paraId="701BFAA8" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Education System in Ukraine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6BFA6F" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Everyone in Ukraine has the right to high-quality and affordable education. This includes the right to receive a lifelong education, the right to access education, and the right to free education. In Ukraine, no one can be restricted in the right to receive an education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55737AD2" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>A person’s right to education can be exercised by obtaining it at different levels of education, in different forms and types, including pre-school, secondary, vocational education, professional pre-higher, higher, out-of-school and adult education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3BA5ED" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Details on each </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00913ACA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>level</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> can be found below</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D59548E" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Preschool Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170DB52A" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Usually, children aged 3-6 are studying in kindergartens. In some cases – children under 7. Pre-school education for children from the age of 5 is mandatory in Ukraine. A child can receive it both in educational institutions and at home.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03EBBD31" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Preschool education is provided in accordance with the State Standard “Basic Component of Preschool Education”. This document defines the results of a child’s preschool education – key competencies. According to the Standard, the content of education consists of mandatory (invariant) and additional (variable) components.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C5A55F" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Mandatory components:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A65D334" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child’s personality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F643360" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child in the sensory and cognitive space</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4213E0A3" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child in a natural environment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9DA350" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child’s play</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8EDC3A" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child in society</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA35E55" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child’s speech</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0266C4BD" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child in the world of art</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9642AE" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Additional components:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E88D3A6" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child’s personality/sports games</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322C47E5" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child in the sensory and cognitive space/computer literacy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67CEE5B2" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child’s speech/fundamentals of Literacy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074EBEC6" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child’s speech/foreign language</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F974FD" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child in society/social and financial literacy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6709FD8D" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>child in the world of art/choreography.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0550FCF1" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It is important that the child’s parents are actively involved in the development of competencies, and attending kindergarten does not release parents from their duties. To help parents and teachers in Ukraine, there is a preschool children’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>development platform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>which contains useful tips and advice on the development of important skills.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F04608D" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="315" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>More on key components of a pre-school education:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F8C123" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2316333C" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25B83E45" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Pre-school education: Nursery schools or kindergartens Most parents take their children to nursery schools or kindergartens at the age of three. The children usually spend all day long there. At the age of 4-5 they are taught to count, read and write the letters. They also have the lessons of Drawing and Handicrafts. Sometimes they learn English too. Pre-school education is not compulsory and is fee-paying.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28399CC2" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="453F8116" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30481531" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5861B75D" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37C45E53" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03637371" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19506F00" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DBF0846" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64AD44E3" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Primary education in Ukraine, also known as "Pochatkova serednia osvita" (Початкова середня освіта), is the first stage of complete general secondary education, encompassing grades 1-4. It begins for children at the age of six, though some may start at age five or seven. The primary school curriculum focuses on foundational skills and social development through a combination of play-based and integrated subject learning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6638A209" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="390" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Key Aspects of Primary Education in Ukraine:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25AD30DA" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="120" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Duration:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0037DF29" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="120" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Primary education lasts for 4 years. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A78D1B4" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="120" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Levels:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0811CDDF" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="120" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>It is divided into two cycles: an adaptive play-based cycle (grades 1-2) and a basic cycle (grades 3-4). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E13A008" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="120" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Curriculum:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EF1957" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="120" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>The curriculum emphasizes a competency-based approach, focusing on developing key skills and knowledge within various educational areas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CABEE8F" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="120" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Learning Outcomes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AEB9028" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="120" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Students are expected to achieve specific learning outcomes outlined in the State Standard for Primary Education. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A062ED0" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="120" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Assessment:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3ECB0F" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="120" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Assessment in primary school is typically verbal, and students receive a Certificate of Primary Education upon completion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3600F510" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="120" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Transition:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC62EE4" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="120" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Upon completion of primary school, students transition to basic secondary education (grades 5-9). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1701D6FE" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Inclusivity:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA192E9" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="330" w:lineRule="atLeast"/>
+        <w:ind w:left="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ukrainian law allows for children with special educational needs to potentially start primary education at a different age, with the duration of their education adjusted accordingly. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8DB6CF" w14:textId="77777777" w:rsidR="00913ACA" w:rsidRPr="00913ACA" w:rsidRDefault="00913ACA" w:rsidP="00913ACA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B07FC96" w14:textId="77777777" w:rsidR="00DC5B9F" w:rsidRPr="00913ACA" w:rsidRDefault="00DC5B9F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DC5B9F" w:rsidRPr="00913ACA">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</p:presentationPr>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DD947B5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5D260CEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26217839"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E6EEBDFE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="699A0BDF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="492A3126"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
-<file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...27 lines deleted...]
-</p:viewPr>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="007140C9"/>
+    <w:rsid w:val="007140C9"/>
+    <w:rsid w:val="00913ACA"/>
+    <w:rsid w:val="00DC5B9F"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0E07946D"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{9E9DBA7A-D163-4AA2-B438-E7FAABD80E33}"/>
+</w:settings>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00913ACA"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enic.in.ua/index.php/en/educationl-system" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6917 lines deleted...]
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Сектор">
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Сектор">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="537D0B"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="A9E257"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="38540A"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="31A274"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="236073"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="6C4D90"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="983C27"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="CD811F"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="293F06"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="68883A"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Сектор">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Century Gothic" panose="020B0502020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="メイリオ"/>
-[...5 lines deleted...]
-        <a:font script="Thai" typeface="DilleniaUPC"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Tahoma"/>
+        <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-      </a:majorFont>
-[...33 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Сектор">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="62000"/>
-[...1 lines deleted...]
-                <a:satMod val="140000"/>
                 <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="84000"/>
-                <a:satMod val="160000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="128000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:lumMod val="88000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="rnd" cmpd="sng" algn="ctr">
-[...17 lines deleted...]
-        <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="50800" dist="38100" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="46000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-          <a:scene3d>
-[...7 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
-            <a:gs pos="10000">
+            <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="97000"/>
-[...2 lines deleted...]
-                <a:lumMod val="164000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="96000"/>
+                <a:shade val="63000"/>
                 <a:satMod val="120000"/>
-                <a:lumMod val="90000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="6120000" scaled="1"/>
-[...21 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Slice" id="{0507925B-6AC9-4358-8E18-C330545D08F8}" vid="{19759155-7935-4C61-A06C-C04380D1B16E}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Slice</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Words>138</Words>
-[...6 lines deleted...]
-  <MMClips>0</MMClips>
+  <Pages>3</Pages>
+  <Words>580</Words>
+  <Characters>3307</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...42 lines deleted...]
-  <Company>Win-Torrent</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>3880</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Презентация PowerPoint</dc:title>
-  <dc:creator>Админ</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Natalie Nikolaieva</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>