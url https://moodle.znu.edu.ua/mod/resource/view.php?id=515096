--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -4,99 +4,97 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
     <p:sldId id="261" r:id="rId7"/>
     <p:sldId id="262" r:id="rId8"/>
     <p:sldId id="263" r:id="rId9"/>
     <p:sldId id="264" r:id="rId10"/>
-    <p:sldId id="265" r:id="rId11"/>
-[...7 lines deleted...]
-    <p:sldId id="273" r:id="rId19"/>
+    <p:sldId id="266" r:id="rId11"/>
+    <p:sldId id="267" r:id="rId12"/>
+    <p:sldId id="268" r:id="rId13"/>
+    <p:sldId id="269" r:id="rId14"/>
+    <p:sldId id="270" r:id="rId15"/>
+    <p:sldId id="271" r:id="rId16"/>
+    <p:sldId id="272" r:id="rId17"/>
+    <p:sldId id="273" r:id="rId18"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -180,82 +178,82 @@
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="14983" autoAdjust="0"/>
+    <p:restoredLeft sz="14984" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="118" d="100"/>
-          <a:sy n="118" d="100"/>
+          <a:sx n="123" d="100"/>
+          <a:sy n="123" d="100"/>
         </p:scale>
-        <p:origin x="400" y="200"/>
+        <p:origin x="216" y="232"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -410,51 +408,51 @@
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6AD6EE87-EBD5-4F12-A48A-63ACA297AC8F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -658,51 +656,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4CD73815-2707-4475-8F1A-B873CB631BB4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -833,51 +831,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2A4AFB99-0EAB-4182-AFF8-E214C82A68F6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1033,51 +1031,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A5D3794B-289A-4A80-97D7-111025398D45}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1285,51 +1283,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A61015F-7CC6-4D0A-9D87-873EA4C304CC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1600,51 +1598,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{93C6A301-0538-44EC-B09D-202E1042A48B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1993,51 +1991,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D789574A-8875-45EF-8EA2-3CAA0F7ABC4C}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2106,51 +2104,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{67EF4D4C-5367-4C26-9E2B-D8088D7FCA81}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2196,51 +2194,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{56E91E96-98B0-4413-9547-46F3504108EF}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2481,51 +2479,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{05C68B11-C5A8-448C-8CE9-B1A273C79CFC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2756,51 +2754,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C7616CA0-919D-4A49-9C8A-62FDFB3A5183}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3006,51 +3004,51 @@
             <a:ext cx="2154143" cy="274320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{90298CD5-6C1E-4009-B41F-6DF62E31D3BE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4842932" y="6470704"/>
             <a:ext cx="5901459" cy="274320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3492,91 +3490,87 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adwords.google.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://serpstat.com/uk/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trends.google.ru/trends/?geo=UA" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adwords.google.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://serpstat.com/uk/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
@@ -3679,419 +3673,50 @@
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EE63A00-A41B-416C-8FDF-7A533A523F9A}"/>
-[...367 lines deleted...]
-              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AC34D8A-C2CE-4C54-964D-480F55AEDC1E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1024128" y="585216"/>
             <a:ext cx="6066818" cy="1499616"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
@@ -4609,51 +4234,51 @@
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7552266" y="10"/>
             <a:ext cx="4639733" cy="6857990"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="564916609"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -5169,51 +4794,51 @@
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2424565303"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp useBgFill="1">
@@ -5753,51 +5378,51 @@
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> ». - 2 б.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Разом: 18 б.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3180121544"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp useBgFill="1">
@@ -6211,51 +5836,51 @@
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Разом: 16 б.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2439975351"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
@@ -6539,51 +6164,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="1700">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Разом: 15 б.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3851068002"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp useBgFill="1">
@@ -7410,51 +7035,51 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2454183458"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -8002,51 +7627,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
               <a:t>клієнта</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
               <a:t> бонусами, </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1158290329"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:cxnSp>
@@ -8916,62 +8541,50 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>На сайтах </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>https://adwords.google.com/</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:hlinkClick r:id="rId4"/>
-              </a:rPr>
-[...10 lines deleted...]
-                <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>https://serpstat.com/uk/</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
               <a:t>можна</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
               <a:t>проаналізувати</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0"/>
               <a:t>, яка </a:t>
@@ -13926,99 +13539,98 @@
               <a:schemeClr val="phClr">
                 <a:tint val="92000"/>
                 <a:shade val="69000"/>
                 <a:satMod val="250000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:tile tx="0" ty="0" sx="40000" sy="40000" flip="none" algn="tl"/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Integral" id="{3577F8C9-A904-41D8-97D2-FD898F53F20E}" vid="{29F68FFC-748B-4FC3-BF39-7F84A6D5840F}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1839</Words>
+  <Words>1718</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>92</Paragraphs>
-  <Slides>18</Slides>
+  <Paragraphs>84</Paragraphs>
+  <Slides>17</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>18</vt:i4>
+        <vt:i4>17</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="24" baseType="lpstr">
+    <vt:vector size="23" baseType="lpstr">
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Tw Cen MT</vt:lpstr>
       <vt:lpstr>Tw Cen MT Condensed</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>Интеграл</vt:lpstr>
       <vt:lpstr>Інтернет - бізнес</vt:lpstr>
       <vt:lpstr>Відкриваємо інтернет-магазин</vt:lpstr>
       <vt:lpstr>Конкуренція і попит</vt:lpstr>
       <vt:lpstr>Розробка сайту для інтернет магазину</vt:lpstr>
       <vt:lpstr>Реклама і просування інтернет-магазину</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Основних помилок чотири - дві тематичні і дві технічні:</vt:lpstr>
       <vt:lpstr>Основних помилок чотири - дві тематичні і дві технічні:</vt:lpstr>
       <vt:lpstr>Товар в інтернет-магазині.  ТОП-10 найбільш ходових товарів в Інтернеті</vt:lpstr>
-      <vt:lpstr>Товари з секс-шопу</vt:lpstr>
       <vt:lpstr>Сувеніри, іграшки, подарунки</vt:lpstr>
       <vt:lpstr>Товари для тварин</vt:lpstr>
       <vt:lpstr>Велика побутова техніка</vt:lpstr>
       <vt:lpstr>Дрібна побутова техніка (мобілки, фотоапарати, плеєри)</vt:lpstr>
       <vt:lpstr>Косметика і парфюмерія</vt:lpstr>
       <vt:lpstr>Штат інтернет-магазину</vt:lpstr>
       <vt:lpstr>Веб-клієнти</vt:lpstr>
       <vt:lpstr>Далі буде….</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Інтернет - бізнес</dc:title>
   <dc:creator> </dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>