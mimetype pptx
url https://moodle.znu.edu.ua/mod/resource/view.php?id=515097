--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -210,63 +210,63 @@
   <p:clrMru>
     <a:srgbClr val="469FA8"/>
     <a:srgbClr val="34A853"/>
     <a:srgbClr val="FABD03"/>
     <a:srgbClr val="378DD8"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="14983" autoAdjust="0"/>
+    <p:restoredLeft sz="16314" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="118" d="100"/>
-          <a:sy n="118" d="100"/>
+          <a:sx n="120" d="100"/>
+          <a:sy n="120" d="100"/>
         </p:scale>
-        <p:origin x="400" y="200"/>
+        <p:origin x="320" y="176"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -440,51 +440,51 @@
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6AD6EE87-EBD5-4F12-A48A-63ACA297AC8F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -688,51 +688,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4CD73815-2707-4475-8F1A-B873CB631BB4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -863,51 +863,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2A4AFB99-0EAB-4182-AFF8-E214C82A68F6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1063,51 +1063,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A5D3794B-289A-4A80-97D7-111025398D45}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1315,51 +1315,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A61015F-7CC6-4D0A-9D87-873EA4C304CC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1632,51 +1632,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{93C6A301-0538-44EC-B09D-202E1042A48B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2025,51 +2025,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D789574A-8875-45EF-8EA2-3CAA0F7ABC4C}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2138,51 +2138,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{67EF4D4C-5367-4C26-9E2B-D8088D7FCA81}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2228,51 +2228,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{56E91E96-98B0-4413-9547-46F3504108EF}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2513,51 +2513,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{05C68B11-C5A8-448C-8CE9-B1A273C79CFC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2788,51 +2788,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C7616CA0-919D-4A49-9C8A-62FDFB3A5183}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3038,51 +3038,51 @@
             <a:ext cx="2154143" cy="274320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{90298CD5-6C1E-4009-B41F-6DF62E31D3BE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4842932" y="6470704"/>
             <a:ext cx="5901459" cy="274320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3528,135 +3528,135 @@
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemarbet.com/ua/razvitie-internet-magazina/konversiya-v-internet-magazini-i-faktori-yaki-na-neyi-vplivayut/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemarbet.com/ua/razvitie-internet-magazina/konversiya-v-internet-magazini-i-faktori-yaki-na-neyi-vplivayut/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://www.youtube.com/embed/M7FIvfx5J10?feature=oembed" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://www.youtube.com/embed/M7FIvfx5J10?feature=oembed" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wordstream.com/blog/ws/2016/02/29/google-adwords-industry-benchmarks" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karolakarlson.com/instagram-ads-cost-and-bidding/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fitsmallbusiness.com/how-much-does-facebook-advertising-cost/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sendpulse.ua/features/email" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wordstream.com/blog/ws/2016/02/29/google-adwords-industry-benchmarks" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karolakarlson.com/instagram-ads-cost-and-bidding/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fitsmallbusiness.com/how-much-does-facebook-advertising-cost/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sendpulse.ua/features/email" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thinkwithgoogle.com/intl/ru-ru/marketing-strategies/video/kak-stil-povestvovaniia-i-vozrast-zritelei-vliiaiut-na-effektivnost-videoreklamy/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.internetworldstats.com/stats.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
@@ -4609,104 +4609,58 @@
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> в </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>інтернеті</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>показуються</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> в </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>пошуковому</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t> рядку:</a:t>
+              <a:t> рядку.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...44 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2998062544"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
@@ -5529,95 +5483,50 @@
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...43 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="Rectangle 70">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DF330DE-344E-4F40-A47D-23B08D3A9287}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -7004,95 +6913,50 @@
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
               <a:t>конверсії</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
               <a:t> практично </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
               <a:t>вдвічі</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...43 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3238258715"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
@@ -7899,163 +7763,88 @@
               <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
               <a:t>її</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1"/>
               <a:t>неефективною</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" sz="1100" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="751699415"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...44 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AB5A2DD-C7C4-46DE-9B6F-A8B954F51FC4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1024128" y="585216"/>
             <a:ext cx="4421632" cy="1499616"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
@@ -8692,51 +8481,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAB5EBBA-1FE0-44BE-8C19-597284B9099B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4642342" y="1442497"/>
+            <a:off x="4642342" y="1453130"/>
             <a:ext cx="6909577" cy="3973006"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4291317254"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
@@ -9647,96 +9436,50 @@
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>партнерів</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>мережі</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:br>
               <a:rPr lang="ru-RU" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...44 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2917349461"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
@@ -12089,95 +11832,50 @@
               <a:t>збільшувати</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>відвідуваність</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>Вашого</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> кафе.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...43 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="386532541"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
@@ -15403,163 +15101,88 @@
               <a:t>покращити</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>поведінкові</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>фактори</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> сайту.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2111277885"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...43 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="Rectangle 70">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DF330DE-344E-4F40-A47D-23B08D3A9287}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -17572,63 +17195,50 @@
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>Чи потрібно створювати різну рекламу, щоб охопити аудиторію різного віку? Компанія </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Google </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>спільно з </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>L'Oréal Paris </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>провела дослідження, щоб відповісти на це питання.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
-          <a:p>
-[...11 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="73" name="Rectangle 72">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A60E76B6-34F8-4E6C-92B8-6F8C71DE3FBC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvSpPr>
@@ -17728,51 +17338,51 @@
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2" descr="L'Oréal Paris Discovers the Beauty of Search for Building Brand Love">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2A9EA38-3D09-451E-9221-F6A1DEFB87DD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6569894" y="1139578"/>
             <a:ext cx="3602736" cy="2026539"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
@@ -17968,51 +17578,51 @@
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1028" name="Picture 4" descr="В Google заявили о возможной утечке данных 52,5 млн пользователей - LDaily">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46EACC1E-5EA0-4856-9898-1E1E51111EC0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8833799" y="4503487"/>
             <a:ext cx="2880360" cy="1620202"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
@@ -19322,51 +18932,51 @@
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>пошукових</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> систем, таких як </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Google, Yandex, Yahoo </a:t>
+              <a:t>Google,  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>і </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>інші</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>. Реклама в </a:t>
             </a:r>
@@ -21718,54 +21328,54 @@
               <a:schemeClr val="phClr">
                 <a:tint val="92000"/>
                 <a:shade val="69000"/>
                 <a:satMod val="250000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:tile tx="0" ty="0" sx="40000" sy="40000" flip="none" algn="tl"/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Integral" id="{3577F8C9-A904-41D8-97D2-FD898F53F20E}" vid="{C1C93EF2-4785-427F-84A5-F1666490E9CE}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2320</Words>
+  <Words>2299</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>97</Paragraphs>
+  <Paragraphs>95</Paragraphs>
   <Slides>30</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>1</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>30</vt:i4>
       </vt:variant>