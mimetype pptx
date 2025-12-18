--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -13,115 +13,111 @@
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
     <p:sldId id="261" r:id="rId7"/>
     <p:sldId id="262" r:id="rId8"/>
     <p:sldId id="263" r:id="rId9"/>
     <p:sldId id="264" r:id="rId10"/>
     <p:sldId id="265" r:id="rId11"/>
     <p:sldId id="282" r:id="rId12"/>
     <p:sldId id="267" r:id="rId13"/>
-    <p:sldId id="268" r:id="rId14"/>
-[...14 lines deleted...]
-    <p:sldId id="284" r:id="rId29"/>
+    <p:sldId id="269" r:id="rId14"/>
+    <p:sldId id="270" r:id="rId15"/>
+    <p:sldId id="271" r:id="rId16"/>
+    <p:sldId id="272" r:id="rId17"/>
+    <p:sldId id="273" r:id="rId18"/>
+    <p:sldId id="274" r:id="rId19"/>
+    <p:sldId id="275" r:id="rId20"/>
+    <p:sldId id="276" r:id="rId21"/>
+    <p:sldId id="277" r:id="rId22"/>
+    <p:sldId id="278" r:id="rId23"/>
+    <p:sldId id="279" r:id="rId24"/>
+    <p:sldId id="281" r:id="rId25"/>
+    <p:sldId id="283" r:id="rId26"/>
+    <p:sldId id="284" r:id="rId27"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -207,80 +203,80 @@
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="14983" autoAdjust="0"/>
+    <p:restoredLeft sz="14984" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="118" d="100"/>
-          <a:sy n="118" d="100"/>
+          <a:sx n="123" d="100"/>
+          <a:sy n="123" d="100"/>
         </p:scale>
-        <p:origin x="400" y="200"/>
+        <p:origin x="216" y="232"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -1243,51 +1239,51 @@
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
     <dgm:cxn modelId="{56C3CA1A-8500-47A0-B5F0-F0BB3CB9D5A7}" type="presOf" srcId="{B9435D46-019C-4562-8A61-738954D7FAE0}" destId="{CC5D42CA-1CF0-4B30-B4DA-EB6C768E6E98}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{FF2BE72A-9EB9-42FB-809C-389078DF867C}" type="presOf" srcId="{4828FDE9-114D-47DE-8C9F-2664D7ABE0CD}" destId="{68CC2488-F541-4C9B-91B8-5CF5AADDAB60}" srcOrd="0" destOrd="1" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{56DCA22B-831A-4550-A3B8-F104894AE977}" srcId="{A8B2FF65-F9D6-4AFB-B744-12D535D1BEDF}" destId="{B9435D46-019C-4562-8A61-738954D7FAE0}" srcOrd="0" destOrd="0" parTransId="{B4729BBE-6E0E-4AFD-A4D2-9301F33BC905}" sibTransId="{7956EAB2-75B5-4BC2-997E-BEEC42ECB944}"/>
     <dgm:cxn modelId="{35E1AA4A-97CE-43E3-A7A7-2347F8F43A4E}" type="presOf" srcId="{B9435D46-019C-4562-8A61-738954D7FAE0}" destId="{718BAA47-2159-40D4-BE2B-AADB7BE92522}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{61A35364-4BC8-4A8F-B915-7ACC268B57CE}" srcId="{B9435D46-019C-4562-8A61-738954D7FAE0}" destId="{124A5799-7420-4F52-91E1-3BC1043C44F2}" srcOrd="3" destOrd="0" parTransId="{BB96C1B5-C1B6-4611-B0B6-5FC280185FD2}" sibTransId="{AE72E8CF-58AF-48C8-9CF5-0567A749B131}"/>
     <dgm:cxn modelId="{1F790A7E-1840-42A8-8A1F-422C43BB26D4}" type="presOf" srcId="{A8B2FF65-F9D6-4AFB-B744-12D535D1BEDF}" destId="{133E0B2F-FB15-4A92-8C58-DF73C0BF3CD0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{18AD168D-D6B5-437B-A49F-230B4C9D7664}" srcId="{B9435D46-019C-4562-8A61-738954D7FAE0}" destId="{4828FDE9-114D-47DE-8C9F-2664D7ABE0CD}" srcOrd="1" destOrd="0" parTransId="{A35C4CF4-C586-4204-A5B5-59DF4386A68B}" sibTransId="{6B29FCCF-B318-4024-B374-294654113037}"/>
     <dgm:cxn modelId="{766E1AAE-90A0-4C87-9816-328E69546FE1}" srcId="{B9435D46-019C-4562-8A61-738954D7FAE0}" destId="{42F129D9-7387-40D5-B95F-9482826E3589}" srcOrd="2" destOrd="0" parTransId="{ADC032A2-06B3-4B81-9462-8B61FF5E61D0}" sibTransId="{2836866A-8CDE-4A44-9306-7D8998318532}"/>
     <dgm:cxn modelId="{BB3E91B8-41CE-4763-A411-9A0187D7166B}" type="presOf" srcId="{42F129D9-7387-40D5-B95F-9482826E3589}" destId="{68CC2488-F541-4C9B-91B8-5CF5AADDAB60}" srcOrd="0" destOrd="2" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{671972F1-B556-499E-A820-AF4B65D29730}" srcId="{B9435D46-019C-4562-8A61-738954D7FAE0}" destId="{B9F6D35C-B70F-430D-80A6-0DDF095BFABF}" srcOrd="0" destOrd="0" parTransId="{249F7336-F6B2-43CE-B248-6E060B8A2D57}" sibTransId="{8A7484F3-005C-4298-AC3E-F82E17D383EF}"/>
     <dgm:cxn modelId="{DB479BF3-C8B3-419B-86FC-FF5C531F951D}" type="presOf" srcId="{124A5799-7420-4F52-91E1-3BC1043C44F2}" destId="{68CC2488-F541-4C9B-91B8-5CF5AADDAB60}" srcOrd="0" destOrd="3" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{AFD204F9-BFD0-427D-B816-29EDCD934856}" type="presOf" srcId="{B9F6D35C-B70F-430D-80A6-0DDF095BFABF}" destId="{68CC2488-F541-4C9B-91B8-5CF5AADDAB60}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{74BE2E06-B0A1-42F1-AF5B-C3866CFEEA52}" type="presParOf" srcId="{133E0B2F-FB15-4A92-8C58-DF73C0BF3CD0}" destId="{A1E0EF09-54D2-4D50-B5FE-8E46DE452AE4}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{FC721FC3-C3E5-4183-A01C-BDA52FD7F12F}" type="presParOf" srcId="{A1E0EF09-54D2-4D50-B5FE-8E46DE452AE4}" destId="{CC5D42CA-1CF0-4B30-B4DA-EB6C768E6E98}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{29C78C9F-0258-426F-8FAF-D24AFC6303D0}" type="presParOf" srcId="{A1E0EF09-54D2-4D50-B5FE-8E46DE452AE4}" destId="{718BAA47-2159-40D4-BE2B-AADB7BE92522}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{70CDAC7A-6AA4-4F75-8696-36DB42CC9362}" type="presParOf" srcId="{133E0B2F-FB15-4A92-8C58-DF73C0BF3CD0}" destId="{025E7F87-7E15-4107-8F83-B99115E00DAF}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{A0732C43-64FE-4109-883F-403628F03EB4}" type="presParOf" srcId="{133E0B2F-FB15-4A92-8C58-DF73C0BF3CD0}" destId="{68CC2488-F541-4C9B-91B8-5CF5AADDAB60}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId8" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId6" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{68CC2488-F541-4C9B-91B8-5CF5AADDAB60}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="0" y="699930"/>
           <a:ext cx="6066818" cy="2992500"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
@@ -2923,51 +2919,51 @@
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6AD6EE87-EBD5-4F12-A48A-63ACA297AC8F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3171,51 +3167,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4CD73815-2707-4475-8F1A-B873CB631BB4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3346,51 +3342,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2A4AFB99-0EAB-4182-AFF8-E214C82A68F6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3546,51 +3542,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A5D3794B-289A-4A80-97D7-111025398D45}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3798,51 +3794,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A61015F-7CC6-4D0A-9D87-873EA4C304CC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4113,51 +4109,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{93C6A301-0538-44EC-B09D-202E1042A48B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4506,51 +4502,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D789574A-8875-45EF-8EA2-3CAA0F7ABC4C}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4619,51 +4615,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{67EF4D4C-5367-4C26-9E2B-D8088D7FCA81}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4709,51 +4705,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{56E91E96-98B0-4413-9547-46F3504108EF}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4994,51 +4990,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{05C68B11-C5A8-448C-8CE9-B1A273C79CFC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5266,51 +5262,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C7616CA0-919D-4A49-9C8A-62FDFB3A5183}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5516,51 +5512,51 @@
             <a:ext cx="2154143" cy="274320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{90298CD5-6C1E-4009-B41F-6DF62E31D3BE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4842932" y="6470704"/>
             <a:ext cx="5901459" cy="274320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6002,155 +5998,147 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...6 lines deleted...]
-<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6721A3DD-97E2-4B74-8185-F51D464E6E5C}"/>
@@ -6770,63 +6758,71 @@
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8C5BC64-46A2-4646-BF0A-7A8DEA5B3ACF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="613611" y="685893"/>
-            <a:ext cx="3566407" cy="2989044"/>
+            <a:ext cx="8769380" cy="2989044"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
-              <a:rPr lang="en-US" sz="3700" spc="200"/>
-              <a:t>ПОВЕДІНКА ПОКУПЦІВ: ЯК КОЛІР ВПЛИВАЄ НА ПРОДАЖІ В ІНТЕРНЕТІ</a:t>
+              <a:rPr lang="en-US" sz="3700" spc="200" dirty="0"/>
+              <a:t>ПОВЕДІНКА ПОКУПЦІВ: ЯК КОЛІР ВПЛИВАЄ НА ПРОДАЖІ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3700" spc="200" dirty="0" err="1"/>
+              <a:t>В</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3700" spc="200" dirty="0"/>
+              <a:t> ІНТЕРНЕТІ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="9223" name="Straight Connector 76">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AE7F286-34A0-419F-BC33-A9FD7DE2A6B4}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
           </p:cNvCxnSpPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
@@ -6839,95 +6835,50 @@
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:pic>
-[...43 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3515405019"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg2"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
@@ -7825,376 +7776,87 @@
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> і </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>сірий</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> (17%).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="5" name="Объект 4">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Рисунок 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E00228C-F2A2-46A5-80B2-0F612DA3209F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CD879C2-F123-E844-8EA3-2C685BBCA172}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
-        </p:nvPicPr>
-[...4 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5468548" y="10"/>
-            <a:ext cx="6723452" cy="6857990"/>
+            <a:off x="93518" y="-4269001"/>
+            <a:ext cx="12188952" cy="4572000"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...2 lines deleted...]
-          <a:noFill/>
         </p:spPr>
-      </p:pic>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2166587060"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...278 lines deleted...]
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A704B8DE-8B33-4A8F-BB8D-EB0453D3013B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8252,90 +7914,50 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2700" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>зелений</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2700" dirty="0"/>
               <a:t> і </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" err="1"/>
               <a:t>чорний</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2700" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...38 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="Text Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D95C0EC1-38F7-412C-8A82-548BB7BC70D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8477250" y="2082800"/>
             <a:ext cx="3144774" cy="3815080"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
@@ -8509,64 +8131,87 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>аудиторія</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> каналу - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>чоловіки</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Рисунок 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{792ECBA2-1452-B741-AA5C-38FD1504528E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="114300" y="-4478483"/>
+            <a:ext cx="12188952" cy="4572000"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2663635622"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E531B90-4088-47C5-84ED-31F0CA42A539}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8582,51 +8227,51 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1066800" y="990600"/>
             <a:ext cx="10058400" cy="4876800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1306773053"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1871D7BF-BE0B-45AC-A219-7D49EFE9EB68}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8697,69 +8342,50 @@
           <p:cNvPr id="3" name="Объект 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA43FB6D-AC12-4C36-9B35-FB1729619B36}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8458200" y="3017520"/>
             <a:ext cx="3161963" cy="2926080"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...17 lines deleted...]
-          </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75341A66-3E69-4B4C-9665-B7594DCCF72E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
@@ -9120,51 +8746,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>харчування</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4263440227"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98CD3D64-9B86-4B10-8276-7FD4BB07AB2C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -10032,122 +9658,64 @@
               <a:t>підвищеної</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>емоційної</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>реакції</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...56 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="401427610"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Объект 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D5F3447-0583-4B01-836B-4367DD2E3D49}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -10187,70 +9755,70 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr rtl="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{F183FEFD-AB08-4CB5-AE4D-2F6B12D8E3B0}" type="datetime1">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr rtl="0">
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>09.09.2023</a:t>
+              <a:t>08.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1001950460"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{796E2AC4-085C-44C1-99F8-A1127F393CF1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -10575,111 +10143,395 @@
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="1500" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="1500" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Рисунок 4" descr="Изображение выглядит как текст&#10;&#10;Автоматически созданное описание">
-[...28 lines deleted...]
-        <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10EE1A3C-967A-4AFA-A0F8-BB077A2EA52C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:srcRect l="6292" t="8857" r="7417" b="5185"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6096000" y="3429000"/>
             <a:ext cx="5491480" cy="3077018"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3357115261"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Текст 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EB3043E-36E4-4820-8E94-B58B79CEE497}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3054927" y="1148080"/>
+            <a:ext cx="5216238" cy="4795520"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>Зелений</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>колір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>підвищує</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>конверсію</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>якщо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>його</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>використовувати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> для кнопок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>дії</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> («</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>купити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>», «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>замовити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>», «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>підписатися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>» і т. П.). Але треба </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>враховувати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> так званий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>ефект</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>Ресторфф</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>або</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>ефект</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>ізоляції</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>): </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>об'єкти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>краще</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>запам'ятовуються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>якщо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> вони </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>виділяються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> з ряду </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>подібних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>об'єктів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{093C2ECF-CE64-4181-A6D0-3CB6276B91A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:fld id="{F183FEFD-AB08-4CB5-AE4D-2F6B12D8E3B0}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>08.12.2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Объект 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F57DA03-A514-F640-8717-6E1D6EBEA202}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3054927" y="822960"/>
+            <a:ext cx="5288973" cy="5184648"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="353992640"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -11023,810 +10875,382 @@
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="2050" name="Picture 2" descr="Поведение покупателей: как цвет влияет на продажи">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1F0B214-70D4-45FB-BD27-0BD4991445F3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F79BA293-B19B-4926-8B71-C9120837F2E6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="title"/>
           </p:nvPr>
-        </p:nvPicPr>
-[...12 lines deleted...]
-        <p:spPr bwMode="auto">
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="1516063" y="1309255"/>
-            <a:ext cx="6172200" cy="4239490"/>
+            <a:off x="838200" y="347828"/>
+            <a:ext cx="3656012" cy="1282368"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...11 lines deleted...]
-          </a:extLst>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>6. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFC000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Помаранчевий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>колір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>поспішності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>або</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>імпульсу</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EB3043E-36E4-4820-8E94-B58B79CEE497}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A806F59C-F906-43CE-BEA9-CBAD14DA1A16}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8458200" y="1148080"/>
-            <a:ext cx="3161963" cy="4795520"/>
+            <a:off x="839789" y="2057400"/>
+            <a:ext cx="3656012" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
-[...7 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>Цей</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
               <a:t>колір</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
-[...15 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>активний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
-[...7 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>стимулює</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>дії</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>, тому добре </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>підходить</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>магазинів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>дитячих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>спортивних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>товарів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>Також</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
               <a:t>його</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
-[...144 lines deleted...]
-              <a:t>.</a:t>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>використовують</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>служби</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>кур'єрської</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> доставки, як, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>наприклад</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>, TNT, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>щоб</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>підкреслити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>швидкість</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>процесу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Дата 4">
+          <p:cNvPr id="8" name="Объект 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{093C2ECF-CE64-4181-A6D0-3CB6276B91A2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{601ED0C7-36B8-704E-B2B2-9F3434BF0854}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr rtl="0"/>
-[...4 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="ru-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="353992640"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3228561686"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1">
-[...424 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3368F30F-F1BF-470F-B4DA-0D705A6D322E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8458200" y="1562100"/>
             <a:ext cx="3161963" cy="4381500"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -11905,64 +11329,89 @@
               <a:t>помаранчевих</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
               <a:t> тонах, а й кнопки «</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
               <a:t>Купити</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
               <a:t> зараз» і «</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
               <a:t>Додати</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
               <a:t> в корзину»:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9056F887-7F99-A840-AFAA-C089C5B6BEB5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1142421707"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{653EFD3D-F900-42BE-BE64-8826E7D4BDB2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -12252,93 +11701,64 @@
               <a:t>Lamborghini </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>прекрасно про </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>це</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>знають</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2025586648"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10FD2649-D4AC-4367-90BC-CBC45586C32F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -12371,80 +11791,50 @@
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Білий</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>універсальний</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>колір</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC87345A-F012-4ED9-9443-749ED61979B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1024128" y="2257506"/>
             <a:ext cx="3909822" cy="3762294"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
@@ -12727,51 +12117,51 @@
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="363636"/>
                 </a:solidFill>
                 <a:latin typeface="Panton"/>
               </a:rPr>
               <a:t> не </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="363636"/>
                 </a:solidFill>
                 <a:latin typeface="Panton"/>
               </a:rPr>
               <a:t>єдиний</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="363636"/>
                 </a:solidFill>
                 <a:latin typeface="Panton"/>
               </a:rPr>
-              <a:t> поклонник </a:t>
+              <a:t> фанат </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="363636"/>
                 </a:solidFill>
                 <a:latin typeface="Panton"/>
               </a:rPr>
               <a:t>білого</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="363636"/>
                 </a:solidFill>
                 <a:latin typeface="Panton"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="363636"/>
                 </a:solidFill>
                 <a:latin typeface="Panton"/>
@@ -12910,498 +12300,108 @@
                   <a:srgbClr val="363636"/>
                 </a:solidFill>
                 <a:latin typeface="Panton"/>
               </a:rPr>
               <a:t>, простору і </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="363636"/>
                 </a:solidFill>
                 <a:latin typeface="Panton"/>
               </a:rPr>
               <a:t>легкості</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="363636"/>
                 </a:solidFill>
                 <a:latin typeface="Panton"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Объект 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFE3BF6E-3D33-5A47-AAF0-C5D07D032A34}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3831951896"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...413 lines deleted...]
-      </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4098" name="Picture 2" descr="Поведение покупателей: как цвет влияет на продажи">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{999CB818-3336-4E95-A02C-2B876C118D9A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect b="31703"/>
           <a:stretch/>
         </p:blipFill>
@@ -13439,64 +12439,89 @@
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7931672" y="3148330"/>
             <a:ext cx="2286000" cy="2857500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Объект 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0FD2CC2-7FAF-C649-849E-66B641B2261A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1229187975"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg2"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -13580,79 +12605,50 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="524256" y="4767072"/>
             <a:ext cx="6594189" cy="1625210"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="ru-RU">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Завдання</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Rectangle 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73ED6512-6858-4552-B699-9A97FE9A4EA2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -13849,51 +12845,51 @@
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3622852660"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -14577,96 +13573,50 @@
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="20000"/>
                 <a:lumOff val="80000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:pic>
-[...44 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3090264344"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg2"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
@@ -14771,161 +13721,69 @@
               <a:t>ім'я</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>профілю</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0" err="1"/>
               <a:t>сторінки</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...90 lines deleted...]
-      </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="3080" name="TextBox 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8954785-3A09-440B-9CA5-C89B3BDA98CC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="627888" y="2336800"/>
           <a:ext cx="6066818" cy="4023360"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
-            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4204643721"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg2"/>
         </a:solidFill>
         <a:effectLst/>
@@ -15191,95 +14049,50 @@
             </a:extLst>
           </a:blip>
           <a:srcRect l="28159" r="6035"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7681889" y="387296"/>
             <a:ext cx="2370334" cy="3592995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...43 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="77" name="Rectangle 76">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{576BBD53-CEEA-42AC-B3F6-458FD8C47F76}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -15299,79 +14112,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3362797195"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg2"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
@@ -16053,79 +14837,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="75" name="Rectangle 74">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B64D60F9-3F92-43F6-8EA9-95710974B552}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -16227,51 +14982,51 @@
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A641E76-68E5-4BB6-AB37-A75101245B38}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:srcRect t="4224" b="55408"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9848513" y="1889761"/>
             <a:ext cx="1912125" cy="1668944"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="79" name="Rectangle 78">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4226B2A0-BAD3-4637-8C0C-E9792CAEFC04}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -16385,51 +15140,51 @@
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5122" name="Picture 2" descr="Как настроить описание профиля Инстаграм">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53D5ED4A-C778-4A5C-AD96-AD5168C712FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8892297" y="4207910"/>
             <a:ext cx="2921503" cy="2097802"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
@@ -16846,79 +15601,50 @@
               <a:t>зв'язку</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
               <a:t> з вами, та й навряд </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
               <a:t>чи</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
               <a:t> вони </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
               <a:t>захочуть</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1027255630"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg2"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
@@ -18589,125 +17315,96 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2C85E24-CCA6-4F4E-A3C9-4E42DFD0C168}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="524256" y="4767072"/>
             <a:ext cx="6594189" cy="1625210"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
-              <a:rPr lang="uk-UA">
-[...4 lines deleted...]
-              <a:t>7. Правило 3-х «К»</a:t>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>7. Правило 3-х «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>К</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>»</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="uk-UA">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="uk-UA">
+              <a:rPr lang="uk-UA" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Контент-план</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU">
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...43 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="73" name="Rectangle 72">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73ED6512-6858-4552-B699-9A97FE9A4EA2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -19082,112 +17779,110 @@
                 <a:tint val="92000"/>
                 <a:shade val="69000"/>
                 <a:satMod val="250000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:tile tx="0" ty="0" sx="40000" sy="40000" flip="none" algn="tl"/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Integral" id="{3577F8C9-A904-41D8-97D2-FD898F53F20E}" vid="{A41AC481-B287-49C8-90EF-C669597D2D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Integral</Template>
   <TotalTime></TotalTime>
-  <Words>1472</Words>
+  <Words>1275</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>80</Paragraphs>
-  <Slides>28</Slides>
+  <Paragraphs>65</Paragraphs>
+  <Slides>26</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>28</vt:i4>
+        <vt:i4>26</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="35" baseType="lpstr">
+    <vt:vector size="33" baseType="lpstr">
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Panton</vt:lpstr>
       <vt:lpstr>Tw Cen MT</vt:lpstr>
       <vt:lpstr>Tw Cen MT Condensed</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>Интеграл</vt:lpstr>
       <vt:lpstr>Інтернет-бізнес</vt:lpstr>
       <vt:lpstr>Базові правила оформлення профілю в instargam</vt:lpstr>
       <vt:lpstr>1. Відкритий профіль</vt:lpstr>
       <vt:lpstr>2. «Я назову сторінку именем твоим»  Ім'я користувача і ім'я профілю сторінки.</vt:lpstr>
       <vt:lpstr>3. Якісний аватар</vt:lpstr>
       <vt:lpstr>4. Опис профілю 150 символів, щоб переконати) </vt:lpstr>
       <vt:lpstr>5. Зв’язок</vt:lpstr>
       <vt:lpstr>6. Актуальне має бути актуальним для вашої аудиторії. Ті самі кружечки - Highlights.</vt:lpstr>
       <vt:lpstr>7. Правило 3-х «К» Контент-план</vt:lpstr>
       <vt:lpstr>8. ФОТО</vt:lpstr>
       <vt:lpstr>ПОВЕДІНКА ПОКУПЦІВ: ЯК КОЛІР ВПЛИВАЄ НА ПРОДАЖІ В ІНТЕРНЕТІ</vt:lpstr>
       <vt:lpstr>1. Жіночі кольори: синій, фіолетовий та зелений </vt:lpstr>
-      <vt:lpstr>Існує стереотип, що жінки без розуму від рожевого. Але лише деякі вибирають його в якості улюбленого кольору. У дизайні сайту все-таки вигідніше використовувати синій, фіолетовий і зелений - це допоможе підвищити конверсію.</vt:lpstr>
       <vt:lpstr>2. Чоловічі кольори: синій, зелений і чорний</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>3. Синій підвищує довіру</vt:lpstr>
       <vt:lpstr>4. Жовтий акцентує увагу і попереджає</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>5. Зелений - колір екологічності</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>6. Помаранчевий - колір поспішності або імпульсу</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>7. Чорний - колір luxury-сегмента</vt:lpstr>
       <vt:lpstr>8. Білий - універсальний колір</vt:lpstr>
-      <vt:lpstr>Кольори для різних сфер діяльності: шпаргалка Кожен колір надає певним чином впливати, тому логічно, що в різних сферах віддають перевагу тим чи іншим кольорам:</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Завдання</vt:lpstr>
       <vt:lpstr>Дякую за увагу</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Інтернет-бізнес</dc:title>
   <dc:creator>Марина Лысенко</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>