--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -18,115 +18,113 @@
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="259" r:id="rId4"/>
     <p:sldId id="258" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
-    <p:sldId id="261" r:id="rId7"/>
-[...26 lines deleted...]
-    <p:sldId id="288" r:id="rId34"/>
+    <p:sldId id="262" r:id="rId7"/>
+    <p:sldId id="263" r:id="rId8"/>
+    <p:sldId id="264" r:id="rId9"/>
+    <p:sldId id="265" r:id="rId10"/>
+    <p:sldId id="276" r:id="rId11"/>
+    <p:sldId id="267" r:id="rId12"/>
+    <p:sldId id="266" r:id="rId13"/>
+    <p:sldId id="268" r:id="rId14"/>
+    <p:sldId id="277" r:id="rId15"/>
+    <p:sldId id="278" r:id="rId16"/>
+    <p:sldId id="279" r:id="rId17"/>
+    <p:sldId id="269" r:id="rId18"/>
+    <p:sldId id="270" r:id="rId19"/>
+    <p:sldId id="271" r:id="rId20"/>
+    <p:sldId id="272" r:id="rId21"/>
+    <p:sldId id="273" r:id="rId22"/>
+    <p:sldId id="280" r:id="rId23"/>
+    <p:sldId id="274" r:id="rId24"/>
+    <p:sldId id="281" r:id="rId25"/>
+    <p:sldId id="282" r:id="rId26"/>
+    <p:sldId id="283" r:id="rId27"/>
+    <p:sldId id="284" r:id="rId28"/>
+    <p:sldId id="285" r:id="rId29"/>
+    <p:sldId id="286" r:id="rId30"/>
+    <p:sldId id="275" r:id="rId31"/>
+    <p:sldId id="287" r:id="rId32"/>
+    <p:sldId id="288" r:id="rId33"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -234,82 +232,82 @@
     <a:srgbClr val="7377C1"/>
     <a:srgbClr val="724EA8"/>
     <a:srgbClr val="F8BB68"/>
     <a:srgbClr val="D6911B"/>
     <a:srgbClr val="406464"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="14983" autoAdjust="0"/>
+    <p:restoredLeft sz="14984" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="118" d="100"/>
-          <a:sy n="118" d="100"/>
+          <a:sx n="123" d="100"/>
+          <a:sy n="123" d="100"/>
         </p:scale>
-        <p:origin x="400" y="200"/>
+        <p:origin x="216" y="232"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -464,51 +462,51 @@
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6AD6EE87-EBD5-4F12-A48A-63ACA297AC8F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -712,51 +710,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4CD73815-2707-4475-8F1A-B873CB631BB4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -887,51 +885,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2A4AFB99-0EAB-4182-AFF8-E214C82A68F6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1087,51 +1085,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A5D3794B-289A-4A80-97D7-111025398D45}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1339,51 +1337,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5A61015F-7CC6-4D0A-9D87-873EA4C304CC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1654,51 +1652,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{93C6A301-0538-44EC-B09D-202E1042A48B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2047,51 +2045,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D789574A-8875-45EF-8EA2-3CAA0F7ABC4C}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2160,51 +2158,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{67EF4D4C-5367-4C26-9E2B-D8088D7FCA81}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2250,51 +2248,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{56E91E96-98B0-4413-9547-46F3504108EF}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2535,51 +2533,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{05C68B11-C5A8-448C-8CE9-B1A273C79CFC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2810,51 +2808,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C7616CA0-919D-4A49-9C8A-62FDFB3A5183}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3060,51 +3058,51 @@
             <a:ext cx="2154143" cy="274320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{90298CD5-6C1E-4009-B41F-6DF62E31D3BE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
               <a:pPr/>
-              <a:t>9/9/23</a:t>
+              <a:t>12/8/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4842932" y="6470704"/>
             <a:ext cx="5901459" cy="274320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3546,163 +3544,159 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...2 lines deleted...]
-<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -3765,413 +3759,50 @@
             <a:r>
               <a:rPr lang="uk-UA"/>
               <a:t>Лекція 7</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3787733676"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...361 lines deleted...]
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:cxnSp>
@@ -4559,96 +4190,50 @@
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:pic>
-[...44 lines deleted...]
-      </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="94" name="Straight Connector 93">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96DD1755-20FA-4EA0-9CAC-E624DC6DA68D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
           </p:cNvCxnSpPr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{386F3935-93C4-4BCD-93E2-E3B085C9AB24}">
                 <p16:designElem xmlns:p16="http://schemas.microsoft.com/office/powerpoint/2015/main" val="1"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
@@ -4672,51 +4257,51 @@
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="18440" name="Picture 8" descr="Структура мотивации потребителей. AIDA. - BTL-агентство, БТЛ-акции,  промоушен акции, промо акции, промо агентство, услуги BTL, акции БТЛ,  услуги промоутеров, услуги мерчандайзеров, услуги тайных покупателей, Btl  по всей Украине, хостес, флеш-моб ...">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{263FB734-30B1-4C3B-9CCC-496DA7DD8C4D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8162336" y="1038244"/>
             <a:ext cx="3517120" cy="2494957"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
@@ -4768,51 +4353,51 @@
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3588134185"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -5558,51 +5143,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2820429638"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
@@ -6651,51 +6236,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1518343542"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -7088,51 +6673,51 @@
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3942210883"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
@@ -7666,51 +7251,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>гривень</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>»</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1407854438"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0EB9D35-79AD-4604-B583-EDE4E605B4D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8087,51 +7672,51 @@
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2051926883"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67FEB46C-61AD-45C1-AF3D-3EE9315152B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8593,51 +8178,51 @@
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2310767256"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E25F3166-727C-4A83-A19B-B115920E031D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8904,51 +8489,51 @@
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="775372145"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
@@ -9455,50 +9040,637 @@
               <a:t> за </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>допомогою</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> букв.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="521697973"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D68B1362-ED27-4962-A5AA-B848F9F6C05B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1024128" y="585216"/>
+            <a:ext cx="6066818" cy="1499616"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Chivo"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Chivo"/>
+              </a:rPr>
+              <a:t>romise</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A18C1830-BD38-4C27-827C-E796C1C79EA1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="690880" y="2286000"/>
+            <a:ext cx="6586220" cy="4023360"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>На другому </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>етапі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> ми </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>повинні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>пообіцяти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>читачеві</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>всі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>його</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> потреби </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>або</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>бажання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>будуть</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>виконані</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> за </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>допомогою</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> того, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> ми </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>пропонуємо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>Наприклад</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>, на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>першому</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>етапі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>формули</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> 4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>P </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>ми </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>розповіли</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> про те, як </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>чудово</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>жити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>березі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> океану і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>зустрічати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> заходи, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>лежачи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> в шезлонгу. Значить, на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>цьому</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>етапі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> ми </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>повинні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>пояснити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>мрія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>цілком</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>досяжна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>, і для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>цього</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>достатньо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> .... </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>Далі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>вставляємо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> те, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>рекламуємо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> (покупку бунгало, участь в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>лотереї</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>, роботу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>фрілансером</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> і так </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>далі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>Інакше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>кажучи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>наближаємо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> картинку до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>людини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>, робимо </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>обіцянки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>втілити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>життя</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> все </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>сказане</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>першому</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>етапі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15362" name="Picture 2" descr="Сильпо» приглашает на работу смайлмейкеров, но только женщин. | Дизайн на  MMR">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41750573-FED2-4398-9A85-0F2340AEEE1D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="2360" r="2015"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7552266" y="10"/>
+            <a:ext cx="4639733" cy="6857990"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3974347869"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -9866,637 +10038,50 @@
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D68B1362-ED27-4962-A5AA-B848F9F6C05B}"/>
-[...585 lines deleted...]
-              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C078E4AC-3426-495F-A587-C9D858E5D6FF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1024128" y="585216"/>
             <a:ext cx="6066818" cy="1499616"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" i="0" dirty="0">
@@ -10864,51 +10449,51 @@
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7552266" y="10"/>
             <a:ext cx="4639733" cy="6857990"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4210550959"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -11409,51 +10994,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
               <a:t>тиждень</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
               <a:t>!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2168403440"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97FEEAFE-FDAB-4B6F-A2A2-E61DD0B26FB9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -11900,51 +11485,51 @@
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3086993671"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -12270,51 +11855,51 @@
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="768936542"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23554" name="Picture 2" descr="Економічні потреби суспільства: сутність та структура | Tusovka">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2BCA0DA-51E0-4FC5-9B1F-36CEBA7AE9CF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -12697,51 +12282,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>дизайнерський</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> ремонт</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2895634241"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="24578" name="Picture 2" descr="Потреби та їх найпростіша класифікація. Презентація — Гипермаркет знаний">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C442F02-2418-4786-92A8-66A833964952}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -13138,51 +12723,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>кв.м</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="427772138"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C1D7759-1069-4228-B751-37D070608F9B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -13567,51 +13152,51 @@
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="442692211"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
@@ -14417,51 +14002,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>- ...</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="935712748"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -14833,50 +14418,334 @@
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7552266" y="10"/>
             <a:ext cx="4639733" cy="6857990"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4255182387"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7041A848-8446-4DBD-8328-45639781079D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1024128" y="585216"/>
+            <a:ext cx="6066818" cy="1499616"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Atmosphere</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> (атмосфера)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16F5D8E1-5E91-4796-9B02-825A4E7A81BB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1024128" y="2286000"/>
+            <a:ext cx="6066818" cy="4023360"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Створити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>сприятливі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>умови</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> для угоди.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Потрібно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>полегшити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>процес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> покупки за </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>рахунок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>різних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>способів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> оплати, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>варіанти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> доставки, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>гарантія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>повернення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="uk-UA" i="1" dirty="0"/>
+              <a:t>На</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>приклад: </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Заповніть</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>просту</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> форму заявки і наш менеджер тут же з вами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>зв'яжеться</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="The planet earth taken from the outer space">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C553DCEE-646A-4432-A738-0D60CD13732C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="55855" r="1" b="1"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7552266" y="10"/>
+            <a:ext cx="4639733" cy="6857990"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1496544275"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -15696,334 +15565,50 @@
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3139303483"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...282 lines deleted...]
-<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C930BF5-FA2E-4326-958A-3AFC4CF7ED86}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -16776,51 +16361,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="4" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
@@ -17104,51 +16689,51 @@
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t>DIBABA</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3889310756"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:cxnSp>
@@ -18412,402 +17997,50 @@
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...350 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCAE2DA2-4A70-4485-B30B-76A733B49BCF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1024128" y="585216"/>
             <a:ext cx="5700522" cy="1499616"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
@@ -19005,51 +18238,51 @@
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7650480" y="3429000"/>
             <a:ext cx="4541520" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="324929850"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7170" name="Picture 2" descr="Смешные свитера ( 42 ФОТО) 🔥 Прикольные картинки и юмор">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A15D2867-5172-4D02-A3F7-BC4583206932}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -19862,51 +19095,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>заможності</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2112218608"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -20274,50 +19507,413 @@
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7552266" y="10"/>
             <a:ext cx="4639733" cy="6857990"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1705963698"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9218" name="Picture 2" descr="Импульсивные покупки – двигатель прогресса">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B85CE72-F510-4878-B0D7-D22C16308EB9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:alphaModFix amt="20000"/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3571874" y="2714426"/>
+            <a:ext cx="8620126" cy="4117485"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{127D3C1F-2488-4599-8306-9BFDA2C20F60}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Дія </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400" dirty="0"/>
+              <a:t>«Action» </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEEE87E0-7639-480E-927C-F7317B7631B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1024128" y="2084832"/>
+            <a:ext cx="6538722" cy="4224528"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Завершальний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> штрих, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>закриває</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> модель </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>AIDA. </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Вступає</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> в силу, коли </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>потенційний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>клієнт</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>готовий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>купити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> товар. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Це</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>свого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> роду, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>спусковий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>механізм</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>показник</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>виходу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Вашого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> тексту. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Направте</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>свого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>клієнта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>потрібне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> русло:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>Зателефонуйте</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>, і Ви </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>зрозумієте</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>таке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>справжній</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>сервіс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:t>!»</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="341513864"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Интеграл">
   <a:themeElements>
     <a:clrScheme name="Синий II">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="335B74"/>
@@ -20559,97 +20155,96 @@
                 <a:tint val="92000"/>
                 <a:shade val="69000"/>
                 <a:satMod val="250000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:tile tx="0" ty="0" sx="40000" sy="40000" flip="none" algn="tl"/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Integral" id="{3577F8C9-A904-41D8-97D2-FD898F53F20E}" vid="{29F68FFC-748B-4FC3-BF39-7F84A6D5840F}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Integral</Template>
   <TotalTime></TotalTime>
-  <Words>1970</Words>
+  <Words>1935</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>192</Paragraphs>
-  <Slides>33</Slides>
+  <Paragraphs>184</Paragraphs>
+  <Slides>32</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>33</vt:i4>
+        <vt:i4>32</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="41" baseType="lpstr">
+    <vt:vector size="40" baseType="lpstr">
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Chivo</vt:lpstr>
       <vt:lpstr>Helvetica Neue</vt:lpstr>
       <vt:lpstr>Tw Cen MT</vt:lpstr>
       <vt:lpstr>Tw Cen MT Condensed</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>Интеграл</vt:lpstr>
       <vt:lpstr>Електронна комерція</vt:lpstr>
       <vt:lpstr>Маркетингові  Моделі для копірайтингу</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Модель AIDA</vt:lpstr>
       <vt:lpstr>УВАГА «Attention»</vt:lpstr>
-      <vt:lpstr>Наприклад:</vt:lpstr>
       <vt:lpstr>Інтерес «Interest» </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Бажання «Бажання»</vt:lpstr>
       <vt:lpstr>Дія «Action» </vt:lpstr>
       <vt:lpstr>приклад</vt:lpstr>
       <vt:lpstr>Недолік AIDA</vt:lpstr>
       <vt:lpstr>Модель AIDAS</vt:lpstr>
       <vt:lpstr>Модель ODC</vt:lpstr>
       <vt:lpstr>Offer </vt:lpstr>
       <vt:lpstr>Deadline</vt:lpstr>
       <vt:lpstr>Call to Action</vt:lpstr>
       <vt:lpstr>Модель PPPP</vt:lpstr>
       <vt:lpstr>Picture</vt:lpstr>
       <vt:lpstr>Promise</vt:lpstr>
       <vt:lpstr>Prove</vt:lpstr>
       <vt:lpstr>Push</vt:lpstr>
       <vt:lpstr>Приклад 4Р</vt:lpstr>
       <vt:lpstr>Модель dibaba </vt:lpstr>
       <vt:lpstr>Desire (бажання)</vt:lpstr>
       <vt:lpstr>Identification (зіставлення)</vt:lpstr>
       <vt:lpstr>bump (зіткнення)</vt:lpstr>
       <vt:lpstr>reaction (реакція)</vt:lpstr>
       <vt:lpstr>Buy (покупка)</vt:lpstr>
       <vt:lpstr>Atmosphere (атмосфера)</vt:lpstr>
       <vt:lpstr>Яка модель?</vt:lpstr>