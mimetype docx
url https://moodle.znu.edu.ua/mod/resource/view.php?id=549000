--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -204,52 +204,50 @@
       <w:pPr>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Чужась</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> А</w:t>
       </w:r>
       <w:r w:rsidR="00D42902">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00522AA1" w:rsidRDefault="00522AA1">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D42902" w:rsidRDefault="00D42902">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="504D7713" wp14:editId="4D4EE4A5">
             <wp:extent cx="5940425" cy="3341370"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
@@ -269,171 +267,255 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="3341370"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00522AA1" w:rsidRDefault="00522AA1">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00305F98" w:rsidRDefault="00305F98">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00305F98" w:rsidRDefault="00305F98">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18589627" wp14:editId="32CD0F03">
+            <wp:extent cx="5940425" cy="3341370"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5940425" cy="3341370"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00305F98" w:rsidRDefault="00305F98">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Допущено до перескладання на 08.01.26</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00305F98" w:rsidRDefault="00305F98" w:rsidP="00305F98">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Ждан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білет 15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00305F98" w:rsidRDefault="00305F98" w:rsidP="00305F98">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Чернобаєв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білет 12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00305F98" w:rsidRDefault="00305F98">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00305F98" w:rsidRDefault="00305F98">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="003F5D97" w:rsidRDefault="003F5D97">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Не допущено</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00522AA1" w:rsidRDefault="00522AA1">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Афанасьєв С</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00522AA1" w:rsidRDefault="00522AA1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Ждан</w:t>
+        <w:t>Білогуб</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> А</w:t>
-[...25 lines deleted...]
-        <w:t>Афанасьєв С</w:t>
+        <w:t xml:space="preserve"> М</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00522AA1" w:rsidRDefault="00522AA1">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Білогуб</w:t>
+        <w:t>Томіна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> М</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> О</w:t>
-      </w:r>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> В</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00522AA1" w:rsidRDefault="00522AA1">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Гальченко</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Д</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00522AA1" w:rsidRDefault="00522AA1">
       <w:pPr>
@@ -514,85 +596,86 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00807F5D"/>
     <w:rsid w:val="00065BA0"/>
     <w:rsid w:val="00151F1C"/>
+    <w:rsid w:val="00305F98"/>
     <w:rsid w:val="0030791E"/>
     <w:rsid w:val="003B6E98"/>
     <w:rsid w:val="003F5D97"/>
     <w:rsid w:val="00522AA1"/>
     <w:rsid w:val="006A23C6"/>
     <w:rsid w:val="006F21FD"/>
     <w:rsid w:val="00807F5D"/>
     <w:rsid w:val="00B40097"/>
     <w:rsid w:val="00D42902"/>
     <w:rsid w:val="00F12591"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1358DDC2"/>
+  <w14:docId w14:val="24FE6626"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{85CC9721-AD6B-4B1F-BA2B-7C0E17DFF39D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -986,51 +1069,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1255,69 +1338,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>35</Words>
-  <Characters>201</Characters>
+  <Words>42</Words>
+  <Characters>245</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
+  <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>235</CharactersWithSpaces>
+  <CharactersWithSpaces>286</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>А36</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>