--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -1,33 +1,33 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
@@ -37,138 +37,161 @@
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide54.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide57.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide58.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide59.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide60.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide61.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide62.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" bookmarkIdSeed="2">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId53"/>
+    <p:notesMasterId r:id="rId64"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="349" r:id="rId2"/>
     <p:sldId id="360" r:id="rId3"/>
     <p:sldId id="322" r:id="rId4"/>
     <p:sldId id="356" r:id="rId5"/>
     <p:sldId id="366" r:id="rId6"/>
     <p:sldId id="372" r:id="rId7"/>
     <p:sldId id="597" r:id="rId8"/>
-    <p:sldId id="605" r:id="rId9"/>
-[...2 lines deleted...]
-    <p:sldId id="626" r:id="rId12"/>
+    <p:sldId id="636" r:id="rId9"/>
+    <p:sldId id="633" r:id="rId10"/>
+    <p:sldId id="635" r:id="rId11"/>
+    <p:sldId id="648" r:id="rId12"/>
     <p:sldId id="600" r:id="rId13"/>
-    <p:sldId id="607" r:id="rId14"/>
-[...37 lines deleted...]
-    <p:sldId id="350" r:id="rId52"/>
+    <p:sldId id="649" r:id="rId14"/>
+    <p:sldId id="645" r:id="rId15"/>
+    <p:sldId id="646" r:id="rId16"/>
+    <p:sldId id="647" r:id="rId17"/>
+    <p:sldId id="650" r:id="rId18"/>
+    <p:sldId id="390" r:id="rId19"/>
+    <p:sldId id="627" r:id="rId20"/>
+    <p:sldId id="634" r:id="rId21"/>
+    <p:sldId id="264" r:id="rId22"/>
+    <p:sldId id="359" r:id="rId23"/>
+    <p:sldId id="387" r:id="rId24"/>
+    <p:sldId id="388" r:id="rId25"/>
+    <p:sldId id="361" r:id="rId26"/>
+    <p:sldId id="389" r:id="rId27"/>
+    <p:sldId id="363" r:id="rId28"/>
+    <p:sldId id="362" r:id="rId29"/>
+    <p:sldId id="364" r:id="rId30"/>
+    <p:sldId id="365" r:id="rId31"/>
+    <p:sldId id="382" r:id="rId32"/>
+    <p:sldId id="383" r:id="rId33"/>
+    <p:sldId id="384" r:id="rId34"/>
+    <p:sldId id="367" r:id="rId35"/>
+    <p:sldId id="379" r:id="rId36"/>
+    <p:sldId id="380" r:id="rId37"/>
+    <p:sldId id="639" r:id="rId38"/>
+    <p:sldId id="381" r:id="rId39"/>
+    <p:sldId id="640" r:id="rId40"/>
+    <p:sldId id="641" r:id="rId41"/>
+    <p:sldId id="638" r:id="rId42"/>
+    <p:sldId id="642" r:id="rId43"/>
+    <p:sldId id="373" r:id="rId44"/>
+    <p:sldId id="374" r:id="rId45"/>
+    <p:sldId id="375" r:id="rId46"/>
+    <p:sldId id="637" r:id="rId47"/>
+    <p:sldId id="651" r:id="rId48"/>
+    <p:sldId id="376" r:id="rId49"/>
+    <p:sldId id="369" r:id="rId50"/>
+    <p:sldId id="370" r:id="rId51"/>
+    <p:sldId id="629" r:id="rId52"/>
+    <p:sldId id="630" r:id="rId53"/>
+    <p:sldId id="631" r:id="rId54"/>
+    <p:sldId id="632" r:id="rId55"/>
+    <p:sldId id="368" r:id="rId56"/>
+    <p:sldId id="378" r:id="rId57"/>
+    <p:sldId id="628" r:id="rId58"/>
+    <p:sldId id="385" r:id="rId59"/>
+    <p:sldId id="386" r:id="rId60"/>
+    <p:sldId id="643" r:id="rId61"/>
+    <p:sldId id="644" r:id="rId62"/>
+    <p:sldId id="350" r:id="rId63"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -474,85 +497,85 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="19978" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="67" d="100"/>
-          <a:sy n="67" d="100"/>
+          <a:sx n="56" d="100"/>
+          <a:sy n="56" d="100"/>
         </p:scale>
-        <p:origin x="654" y="90"/>
+        <p:origin x="808" y="52"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="3793"/>
         <p:guide pos="3795"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -597,51 +620,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{3388744A-58AD-44BD-8243-13DD9445D718}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -755,51 +778,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B3FAF16A-5DA7-497E-959C-AE03A46289D7}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="506903496"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -864,50 +887,138 @@
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Місце для зображення 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Місце для нотаток 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Місце для номера слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B3FAF16A-5DA7-497E-959C-AE03A46289D7}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>39</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2337088438"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1041,93 +1152,93 @@
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47F47D77-E995-4AFA-83C8-984967F91BAD}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D2C3B9E1-54E9-4F20-A7CB-8F049A49D1DD}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3239343722"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Заголовок и вертикальный текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -1209,93 +1320,93 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47F47D77-E995-4AFA-83C8-984967F91BAD}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D2C3B9E1-54E9-4F20-A7CB-8F049A49D1DD}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="653893156"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -1387,93 +1498,93 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47F47D77-E995-4AFA-83C8-984967F91BAD}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D2C3B9E1-54E9-4F20-A7CB-8F049A49D1DD}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="718477883"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
   <p:cSld name="Titel und Inhalt">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -1670,91 +1781,91 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8015817" y="6219700"/>
             <a:ext cx="2314583" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" spc="20" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{29AF5E0C-915B-4FE3-8BA1-36302552C7A1}" type="datetime4">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
-              <a:t>10 May 2024</a:t>
+              <a:t>31 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10330400" y="6219700"/>
             <a:ext cx="1056000" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" spc="20" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B295DEAF-E952-4796-AAEE-4201E40CA590}" type="slidenum">
               <a:rPr lang="en-GB" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3071891213"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -1836,93 +1947,93 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47F47D77-E995-4AFA-83C8-984967F91BAD}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D2C3B9E1-54E9-4F20-A7CB-8F049A49D1DD}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1604396339"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2081,93 +2192,93 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47F47D77-E995-4AFA-83C8-984967F91BAD}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D2C3B9E1-54E9-4F20-A7CB-8F049A49D1DD}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="854890992"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2310,93 +2421,93 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47F47D77-E995-4AFA-83C8-984967F91BAD}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D2C3B9E1-54E9-4F20-A7CB-8F049A49D1DD}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1678895412"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2674,93 +2785,93 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47F47D77-E995-4AFA-83C8-984967F91BAD}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Номер слайда 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D2C3B9E1-54E9-4F20-A7CB-8F049A49D1DD}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4227210534"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2791,93 +2902,93 @@
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47F47D77-E995-4AFA-83C8-984967F91BAD}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Номер слайда 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D2C3B9E1-54E9-4F20-A7CB-8F049A49D1DD}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1536473917"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2886,93 +2997,93 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47F47D77-E995-4AFA-83C8-984967F91BAD}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D2C3B9E1-54E9-4F20-A7CB-8F049A49D1DD}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1361339059"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3161,93 +3272,93 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47F47D77-E995-4AFA-83C8-984967F91BAD}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D2C3B9E1-54E9-4F20-A7CB-8F049A49D1DD}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2520132207"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3413,93 +3524,93 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{47F47D77-E995-4AFA-83C8-984967F91BAD}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D2C3B9E1-54E9-4F20-A7CB-8F049A49D1DD}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1112228787"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -3628,51 +3739,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{47F47D77-E995-4AFA-83C8-984967F91BAD}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.05.2024</a:t>
+              <a:t>31.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3706,51 +3817,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="8610600" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D2C3B9E1-54E9-4F20-A7CB-8F049A49D1DD}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>‹#›</a:t>
+              <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2165625078"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
@@ -4022,247 +4133,291 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icrofs.dk/fileadmin/icrofs/Nyheder_PDf/TPOrganics__draft_IoT_Inventory_for_consultation_20152207.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://www.youtube.com/embed/xUveECrur6o?start=2&amp;feature=oembed" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smartrural21.eu/wp-content/uploads/9.-Kulno-Keskula_Virtsu-Estonia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smartrural21.eu/villages/virtsu_ee/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smartrural21.eu/villages/sollstedt_de/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smartrural21.eu/wp-content/uploads/Lutz_Kubitschke_empirica-1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smartrural21.eu/wp-content/uploads/Virtsu_Strategy-Highlight.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icrofs.dk/fileadmin/icrofs/Nyheder_PDf/TPOrganics__draft_IoT_Inventory_for_consultation_20152207.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://player.vimeo.com/video/205240088?app_id=122963" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://www.youtube.com/embed/xUveECrur6o?start=2&amp;feature=oembed" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smartrural21.eu/villages/virtsu_ee/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smartrural21.eu/villages/sollstedt_de/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smartrural21.eu/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smartrural21.eu/wp-content/uploads/Lutz_Kubitschke_empirica-1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smartrural21.eu/wp-content/uploads/Virtsu_Strategy-Highlight.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smartrural21.eu/wp-content/uploads/9.-Kulno-Keskula_Virtsu-Estonia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://www.youtube.com/embed/B6gYHQ_fvGQ?feature=oembed" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://player.vimeo.com/video/205240088?app_id=122963" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epravda.com.ua/publications/2018/05/29/637153/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://www.youtube.com/embed/jzXeMcmAgQk?start=35&amp;feature=oembed" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://www.youtube.com/embed/B6gYHQ_fvGQ?feature=oembed" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.jpeg"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://www.youtube.com/embed/jzXeMcmAgQk?start=35&amp;feature=oembed" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.jpeg"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://www.youtube.com/embed/9hYm8IeJlXM?feature=oembed" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicinfo.ua/news/ukraine-introducing-organic-support-eu-is-betting-consumers/?fbclid=IwAR1eB-bAAk1EiEXi77olm69dxEDI1DaVseCWTBjT9Tq6arJf0yZz2VwD7LA" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organicinfo.ua/news/ukraine-introducing-organic-support-eu-is-betting-consumers/?fbclid=IwAR1eB-bAAk1EiEXi77olm69dxEDI1DaVseCWTBjT9Tq6arJf0yZz2VwD7LA" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/24968103/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/abs/pii/S0950329313000141" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agriculture.ec.europa.eu/news/finalists-announced-2023-eu-organic-awards-2023-07-18_en" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agriculture.ec.europa.eu/news/eu-organic-day-highlighting-excellence-across-organic-value-chain-through-second-eu-organic-awards-2023-09-25_en" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide50.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agriculture.ec.europa.eu/farming/organic-farming/organic-action-plan_en" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide51.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide52.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide53.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide54.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide55.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide56.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/24968103/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/abs/pii/S0950329313000141" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide57.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide58.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agriculture.ec.europa.eu/news/finalists-announced-2023-eu-organic-awards-2023-07-18_en" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agriculture.ec.europa.eu/news/eu-organic-day-highlighting-excellence-across-organic-value-chain-through-second-eu-organic-awards-2023-09-25_en" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide59.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agriculture.ec.europa.eu/farming/organic-farming/organic-action-plan_en" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image81.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide60.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide61.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide62.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image85.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image83.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image86.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image82.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
@@ -4567,131 +4722,131 @@
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Викладач: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Венгерська Наталя </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
+              <a:t>Кушнір Світлана Олександрівна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>С</a:t>
-[...25 lines deleted...]
-              </a:rPr>
               <a:t>, </a:t>
             </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>к.е.н., доцент </a:t>
+              <a:t>д.е.н</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>., </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>професор </a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="uk-UA" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Рисунок 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
@@ -5065,118 +5220,101 @@
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4382000" y="5002791"/>
             <a:ext cx="1130764" cy="2286159"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1761729346"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...22 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
+          <p:cNvPr id="2" name="Равнобедренный треугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDB1591E-531D-A036-B619-65BA570E9271}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C969C0F-B8B0-D60E-06C2-90A985D727ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000" flipV="1">
-            <a:off x="9988211" y="2269210"/>
-            <a:ext cx="2087999" cy="2319580"/>
+            <a:off x="10556865" y="2837865"/>
+            <a:ext cx="2100500" cy="1169771"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId3"/>
+            <a:blip r:embed="rId2"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -5197,186 +5335,222 @@
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 2" descr="горизонт син">
+          <p:cNvPr id="3" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29A262B6-CC42-BF36-58B4-5B905740E673}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29B0553B-8BCE-1E58-473A-B7EB3350C69D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8643938" y="5999582"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285601" y="160766"/>
+            <a:ext cx="9041280" cy="5880508"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Прямокутник 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="521970" y="6126471"/>
+            <a:ext cx="6096000" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>https://www.fibl.org/en/info-centre/news/almost-11-percent-agricultural-land-eu-organically-farmed</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="753766685"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4184664605"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...22 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
+          <p:cNvPr id="2" name="Равнобедренный треугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23477EE2-2642-C962-1A03-FD7CE6D6C5B6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C969C0F-B8B0-D60E-06C2-90A985D727ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000" flipV="1">
-            <a:off x="9988211" y="2269210"/>
-            <a:ext cx="2087999" cy="2319580"/>
+            <a:off x="10556865" y="2837865"/>
+            <a:ext cx="2100500" cy="1169771"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId3"/>
+            <a:blip r:embed="rId2"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -5397,185 +5571,193 @@
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 2" descr="горизонт син">
+          <p:cNvPr id="3" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A31E5EC2-7569-8E32-7DEF-2C99F37B28FD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29B0553B-8BCE-1E58-473A-B7EB3350C69D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8643938" y="5999582"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="348513" y="135926"/>
+            <a:ext cx="9684475" cy="5980670"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3679967175"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2429890571"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Равнобедренный треугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{361CB926-5B40-112D-4EA5-AFA47C17110E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000" flipV="1">
-            <a:off x="9988211" y="2269210"/>
-            <a:ext cx="2087999" cy="2319580"/>
+            <a:off x="10501260" y="2782260"/>
+            <a:ext cx="2100500" cy="1280982"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId3"/>
+            <a:blip r:embed="rId2"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -5609,173 +5791,180 @@
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2351D91-FC53-4324-BAFE-F7FD258EC6DA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8643938" y="5999582"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Рисунок 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="808962" y="0"/>
+            <a:ext cx="9378925" cy="5939481"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1817487958"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...22 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
+          <p:cNvPr id="2" name="Равнобедренный треугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A4B2979-B729-7196-833E-B500F7AB0709}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{361CB926-5B40-112D-4EA5-AFA47C17110E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000" flipV="1">
-            <a:off x="9988211" y="2269210"/>
-            <a:ext cx="2087999" cy="2319580"/>
+            <a:off x="10501260" y="2782260"/>
+            <a:ext cx="2100500" cy="1280982"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId3"/>
+            <a:blip r:embed="rId2"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -5796,186 +5985,193 @@
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 2" descr="горизонт син">
+          <p:cNvPr id="3" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A904603D-8ED1-44E6-935E-BE84356D7E39}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2351D91-FC53-4324-BAFE-F7FD258EC6DA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8643938" y="5999582"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Рисунок 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1050324" y="468869"/>
+            <a:ext cx="8619868" cy="5746579"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3867971052"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3366462955"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...22 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
+          <p:cNvPr id="2" name="Равнобедренный треугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58BB2B23-62B8-6C83-BBF5-7CA110BFE20B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{361CB926-5B40-112D-4EA5-AFA47C17110E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000" flipV="1">
-            <a:off x="9988211" y="2269210"/>
-            <a:ext cx="2087999" cy="2319580"/>
+            <a:off x="10501260" y="2782260"/>
+            <a:ext cx="2100500" cy="1280982"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId3"/>
+            <a:blip r:embed="rId2"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -5996,316 +6192,193 @@
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 2" descr="горизонт син">
+          <p:cNvPr id="3" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B347B193-C7BB-3623-FE8B-984766F4B1C8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2351D91-FC53-4324-BAFE-F7FD258EC6DA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8643938" y="5999582"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="576937" y="0"/>
+            <a:ext cx="9758482" cy="6098059"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="186091117"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1645658536"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...152 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
+          <p:cNvPr id="2" name="Равнобедренный треугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9161C688-AFF1-18D2-9376-D00A5E4CAC53}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{361CB926-5B40-112D-4EA5-AFA47C17110E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000" flipV="1">
-            <a:off x="9988211" y="2269210"/>
-            <a:ext cx="2087999" cy="2319580"/>
+            <a:off x="10501260" y="2782260"/>
+            <a:ext cx="2100500" cy="1280982"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId5"/>
+            <a:blip r:embed="rId2"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -6324,127 +6397,279 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2351D91-FC53-4324-BAFE-F7FD258EC6DA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="815759" y="192421"/>
+            <a:ext cx="9341624" cy="5807161"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1583633958"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4199566531"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Inhaltsplatzhalter 3"/>
+          <p:cNvPr id="4" name="Рисунок 3"/>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="96611" y="18000"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="295866" y="72656"/>
+            <a:ext cx="11513332" cy="6356135"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2351D91-FC53-4324-BAFE-F7FD258EC6DA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Равнобедренный треугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DB406BA-1069-B944-958E-D8088DF2B2DE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{361CB926-5B40-112D-4EA5-AFA47C17110E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000" flipV="1">
-            <a:off x="9988211" y="2269210"/>
-            <a:ext cx="2087999" cy="2319580"/>
+            <a:off x="10501259" y="3239460"/>
+            <a:ext cx="2100500" cy="1280982"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId3"/>
+            <a:blip r:embed="rId4"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -6463,262 +6688,93 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...58 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1653868607"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3134482530"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...114 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 2" descr="горизонт син">
+          <p:cNvPr id="3" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE4FF503-9FE0-E7A8-E1EE-A0128B01CB0F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2351D91-FC53-4324-BAFE-F7FD258EC6DA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8643938" y="5999582"/>
             <a:ext cx="3382962" cy="858418"/>
@@ -6729,371 +6785,1917 @@
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Равнобедренный треугольник 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{361CB926-5B40-112D-4EA5-AFA47C17110E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000" flipV="1">
+            <a:off x="10501259" y="3239460"/>
+            <a:ext cx="2100500" cy="1280982"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 49356"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId3"/>
+            <a:stretch>
+              <a:fillRect l="-77000"/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2050" name="Picture 2" descr="EU Organic Awards 2023 - European Commission">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...2 lines deleted...]
-            <a:ext cx="6414949" cy="1603738"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="231351" y="172994"/>
+            <a:ext cx="5030717" cy="6499655"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...8 lines deleted...]
-          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Рисунок 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5496413" y="284206"/>
+            <a:ext cx="5180259" cy="5568778"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1704290254"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="832411104"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1026" name="Picture 2" descr="Infographic on the organic food market: countries consuming the most organic food, development of the EU-28 organic food market and what Europeans think about organic foods">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27497F9D-0E26-49E9-5DB8-8B486E5DE1B8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1546225" y="0"/>
+            <a:ext cx="3405187" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1028" name="Picture 4" descr="Infographic on organic farming in the EU-28 in 2018: Spain, France, Italy and Germany account for 55.5% of the EU's total organic area">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3647F0D8-5020-6155-E9E8-D05F16930F63}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5389562" y="0"/>
+            <a:ext cx="3098800" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CA48EA8-4C64-443B-C6ED-6BEDB9C6677E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Равнобедренный треугольник 6"/>
+          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9161C688-AFF1-18D2-9376-D00A5E4CAC53}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm flipV="1">
-[...1 lines deleted...]
-            <a:ext cx="3157378" cy="1135117"/>
+          <a:xfrm rot="5400000" flipV="1">
+            <a:off x="9988211" y="2269210"/>
+            <a:ext cx="2087999" cy="2319580"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId2"/>
+            <a:blip r:embed="rId5"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1583633958"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D2B2333-A4D3-DB72-AD61-4291918D1F9F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1923772" y="564497"/>
+            <a:ext cx="10544732" cy="629700"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Головні тренди європейського ринку за останні 5 років </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002176"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Прямоугольник 4"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CA7F5A5-54AD-4D20-5157-60C7E55AF4B4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="4771697" cy="5433848"/>
+          <a:xfrm>
+            <a:off x="337859" y="1194197"/>
+            <a:ext cx="11854141" cy="4309944"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Стрімке зростання продажів органічної продукції свідчить про зростання споживчого попиту та успішність заходів щодо підтримки попиту. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Зростання продажів органічної продукції було особливо сильним під час пандемії COVID-19, що розумілося як наслідок того, що споживачі приділяли більше уваги питанням здоров’я, більшого споживання їжі вдома та/або дефіциту звичайних продуктів харчування.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Поточні економічні події, такі як інфляція харчових продуктів, впливають на купівельну спроможність споживачів у ЄС і мають вплив на попит на органічні продукти.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE4FF503-9FE0-E7A8-E1EE-A0128B01CB0F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:blipFill dpi="0" rotWithShape="1">
-[...1 lines deleted...]
-            <a:srcRect/>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2050" name="Picture 2" descr="EU Organic Awards 2023 - European Commission">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C11355CB-0377-ED49-C69D-5FF5B6B863B3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1952485" y="4949993"/>
+            <a:ext cx="6414949" cy="1603738"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1704290254"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2050" name="Picture 2" descr="Want to volunteer on peasant farms? Try WWOOF Romania! | Agricultural and  Rural Convention">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FE60DE5-585C-D43E-5D0F-D2A18DBCF01B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="833440" y="4437475"/>
+            <a:ext cx="2019300" cy="2266950"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2052" name="Picture 4" descr="5 Reasons to Go WWOOFing for Your Next Vacation - EcoWatch">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55B14D92-43BB-B379-E0DA-1292E6C0EB76}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="177873" y="1931342"/>
+            <a:ext cx="3562350" cy="2370582"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2054" name="Picture 6" descr="Let's Talk about Couchsurfing. Safety tips, my experiences and more. -  Freedom Not Fate">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4625DC50-3441-2823-7739-1B6C08252B36}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="566016" y="371196"/>
+            <a:ext cx="2786063" cy="1008361"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Рисунок 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06116485-4030-7DB5-873B-8E16E2F7F2F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8755170" y="2333471"/>
+            <a:ext cx="2738139" cy="2738139"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2056" name="Picture 8" descr="Українськi гостинні садиби">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAF7ABCB-654B-614B-7D52-6CC8579798A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="9112207" y="625459"/>
+            <a:ext cx="2024063" cy="1999075"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2058" name="Picture 10" descr="Live and Learn on Organic Farms - WWOOF United Kingdom">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49ED4336-BDF9-D380-4B64-687D6DF172C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8282902" y="5000355"/>
+            <a:ext cx="3524250" cy="1295400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2060" name="Picture 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14FD765C-22B6-5EFD-F65A-4EAD37DF22DE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5307944" y="5313607"/>
+            <a:ext cx="1548190" cy="1278754"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20521342-DD12-4EFF-EFB2-5B1433645840}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4388890" y="2996745"/>
+            <a:ext cx="3894012" cy="2190108"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{739AAD5F-A3A9-002A-44F2-497D930E62FF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId10"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5386648" y="1419052"/>
+            <a:ext cx="695391" cy="1569343"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E21E6582-AC30-B9E3-8315-6D0C23281CCC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4983501" y="1379789"/>
+            <a:ext cx="382999" cy="1600437"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="4472C4">
+                    <a:lumMod val="75000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>N</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="4472C4">
+                    <a:lumMod val="75000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>E</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="4472C4">
+                    <a:lumMod val="75000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>W</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="4472C4">
+                    <a:lumMod val="75000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>A</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="4472C4">
+                    <a:lumMod val="75000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>G</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="4472C4">
+                    <a:lumMod val="75000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>R</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="4472C4">
+                    <a:lumMod val="75000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>O</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="4472C4">
+                  <a:lumMod val="75000"/>
+                </a:srgbClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Рисунок 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34E26C03-6166-8F6F-2D11-7906828BC007}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId11" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6279328" y="400509"/>
+            <a:ext cx="1830667" cy="3701211"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAD7491A-9DDE-6C06-CA18-331E49B4D85B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4730365" y="265639"/>
+            <a:ext cx="3695050" cy="507831"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Знайомство та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" b="1" dirty="0" err="1">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>досвіди</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2700" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1567981152"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE4FF503-9FE0-E7A8-E1EE-A0128B01CB0F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2050" name="Picture 2" descr="EU Organic Awards 2023 - European Commission">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C11355CB-0377-ED49-C69D-5FF5B6B863B3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1952485" y="4949993"/>
+            <a:ext cx="6414949" cy="1603738"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Рисунок 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1001686" y="452792"/>
+            <a:ext cx="10230992" cy="3758803"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="440693603"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Равнобедренный треугольник 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="217905" y="0"/>
+            <a:ext cx="3157378" cy="1135117"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 49356"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
             <a:stretch>
-              <a:fillRect l="-41000" r="-85000"/>
+              <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="ru-RU"/>
-[...45 lines deleted...]
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2" descr="горизонт син"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="133752" y="5249262"/>
             <a:ext cx="5930900" cy="1504950"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Рисунок 9">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...2 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1001620" y="2294027"/>
-            <a:ext cx="4627655" cy="1716711"/>
+            <a:off x="4409751" y="0"/>
+            <a:ext cx="7782249" cy="5803900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Прямокутник 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="396268" y="2822857"/>
+            <a:ext cx="3375604" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>https://organicinfo.ua/legislation/</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="513177576"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7147560" y="0"/>
@@ -7638,859 +9240,61 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>https://www.organicseurope.bio/news/organic-farming-and-the-internet-of-things-iot-synergy-or-conflict/</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1660722899"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...804 lines deleted...]
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Рисунок 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5416CB0-1A8C-791E-44D6-AC8CE80F3C60}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8629,54 +9433,61 @@
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3806217151"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41BC37EA-9ECC-1A96-202E-1A2A62C73622}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8748,54 +9559,61 @@
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3187852085"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{507C7C34-5839-595E-0C08-4B55FE0807B2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -9125,548 +9943,619 @@
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:nextCondLst>
                 <p:cond evt="onClick" delay="0">
                   <p:tgtEl>
                     <p:spTgt spid="8"/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12D10951-A4FE-B840-E5CA-8A078518A49F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="542925" y="1324539"/>
-            <a:ext cx="11444288" cy="5318635"/>
+            <a:ext cx="11444288" cy="4762329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://www.smartrural21.eu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002176"/>
+              </a:solidFill>
+              <a:highlight>
+                <a:srgbClr val="FFFFFF"/>
+              </a:highlight>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002176"/>
+              </a:solidFill>
+              <a:highlight>
+                <a:srgbClr val="FFFFFF"/>
+              </a:highlight>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>The </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+              <a:t>Virtsu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Virtsu</a:t>
-[...13 lines deleted...]
-              </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" u="sng" dirty="0">
+              <a:rPr lang="uk-UA" sz="2000" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId2">
+                <a:hlinkClick r:id="rId3">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
-                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns="" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>https://www.smartrural21.eu/villages/virtsu_ee/</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002176"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Virtsu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Smart Village strategy </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" u="sng" dirty="0">
+              <a:rPr lang="uk-UA" sz="2000" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId3">
+                <a:hlinkClick r:id="rId4">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
-                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns="" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>https://www.smartrural21.eu/wp-content/uploads/9.-Kulno-Keskula_Virtsu-Estonia.pdf</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002176"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Highlights of the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Virtsu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Smart Village Strategy </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" u="sng" dirty="0">
+              <a:rPr lang="uk-UA" sz="2000" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId4">
+                <a:hlinkClick r:id="rId5">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
-                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns="" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>https://www.smartrural21.eu/wp-content/uploads/Virtsu_Strategy-Highlight.pdf</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002176"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>How to co-design e-services with rural communities Lessons learned from the Smart Rural 21 project </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" u="sng" dirty="0">
+              <a:rPr lang="uk-UA" sz="2000" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId5">
+                <a:hlinkClick r:id="rId6">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
-                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns="" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>https://www.smartrural21.eu/wp-content/uploads/Lutz_Kubitschke_empirica-1.pdf</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002176"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Sollstedt</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" u="sng" dirty="0">
+              <a:rPr lang="uk-UA" sz="2000" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId6">
+                <a:hlinkClick r:id="rId7">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
-                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns="" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>https://www.smartrural21.eu/villages/sollstedt_de/</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002176"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Highlights of the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Sollstedt</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Smart Village Strategy Germany </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" dirty="0">
+              <a:rPr lang="uk-UA" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>https://www.smartrural21.eu/wp-content/uploads/Sollsedt_Summary-Highlights-of-strategy.pdf</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002176"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51FF4F54-4F67-0101-69B0-BB0EEF3B038D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId8"/>
           <a:srcRect t="19096" r="70937" b="60450"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1087346" y="214826"/>
-            <a:ext cx="2727418" cy="1011784"/>
+            <a:off x="852567" y="0"/>
+            <a:ext cx="3694719" cy="1370621"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40F61419-5E4E-EF37-7EF7-3A69A7406A97}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId9" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8377238" y="291509"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -9677,1218 +10566,240 @@
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2140713116"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sld>
-[...180 lines deleted...]
-  </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
-        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
-[...127 lines deleted...]
-        </p:cTn>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
-</p:sld>
-[...152 lines deleted...]
-  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="3" name="TextBox 2">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Рисунок 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2A6A431-99F0-9CDE-2966-0F3ECCD48FFF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F74021A-0151-8D1D-9026-F15B8B3B2B97}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
-[...1 lines deleted...]
-        </p:nvSpPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect t="17984" r="1094"/>
+          <a:stretch/>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="416886" y="278064"/>
-            <a:ext cx="8398502" cy="954107"/>
+            <a:off x="1071563" y="480265"/>
+            <a:ext cx="10306050" cy="4504503"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...155 lines deleted...]
-      </p:sp>
+        </p:spPr>
+      </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3074" name="Picture 2" descr="Всередині вілли Лена | Помідори та інші продукти, вирощені в маєтку в Тоскані, Італія">
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DE083C5-57F8-02F6-69B1-72A64E30C7AF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38288017-E57F-F648-3973-81DD2126269E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="9233229" y="208319"/>
-[...175 lines deleted...]
-            <a:off x="8643938" y="5999582"/>
+            <a:off x="8586788" y="5948526"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2783955187"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="294067493"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11266" name="Picture 2" descr="Хороший Вульксфельде">
+          <p:cNvPr id="2" name="Мультимедиа в Интернете 1" title="Villa Lena Foundation">
+            <a:hlinkClick r:id="" action="ppaction://media"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC57C9C2-F1F0-C0DD-A100-18D75A3A8D47}"/>
-[...47 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3118D76E-C666-7D2A-E15F-220EC12EE759}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3109B101-2696-B68E-9FAF-41B692BA3678}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noRot="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <a:videoFile r:link="rId1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4"/>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1985963" y="1132408"/>
-            <a:ext cx="9093200" cy="5137670"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...148 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3992137618"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2968817145"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -11008,285 +10919,189 @@
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="12290" name="Picture 2" descr="Веселий млин">
+          <p:cNvPr id="3" name="Рисунок 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3654F02-F607-0E45-63DA-B84A9C5B3E78}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{726A02DA-1084-7311-D793-F84687679BAE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect t="17095" r="1094"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="644507"/>
+            <a:ext cx="12058650" cy="5327668"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A62B5317-4A7B-8CBC-FE35-C4B618606809}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="232172" y="6272786"/>
+            <a:ext cx="6093618" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://www.villa-lena.it/journal/</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BB498E0-D824-41B1-4DB1-A61ACEE15A80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="-433387" y="-390525"/>
-[...165 lines deleted...]
-          <a:xfrm>
             <a:off x="8643938" y="5999582"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3751153061"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3565437666"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Равнобедренный треугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
@@ -11680,54 +11495,1170 @@
                 <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>?</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" i="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="778386022"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2A6A431-99F0-9CDE-2966-0F3ECCD48FFF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="416886" y="278064"/>
+            <a:ext cx="8398502" cy="954107"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Inside Villa Lena: an art retreat and hotel </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002176"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>in the Tuscan hills</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002176"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DC64962-92F2-8C2D-F496-120ECAF5C01F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="688421" y="1187227"/>
+            <a:ext cx="9029632" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Всередині </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Villa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Lena</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: мистецький відпочинок і готель на пагорбах Тоскани</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{361244D2-1560-E13E-4438-71781E08FF1D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="781976" y="1659516"/>
+            <a:ext cx="6093618" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="25292B"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Розкішні номери, ресторан «від ферми до столу» та власна мистецька фундація роблять віллу Лена одним із найцікавіших і найкрасивіших місць для відвідування в Італії, захованих серед пагорбів Тоскани.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3074" name="Picture 2" descr="Всередині вілли Лена | Помідори та інші продукти, вирощені в маєтку в Тоскані, Італія">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DE083C5-57F8-02F6-69B1-72A64E30C7AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="9233229" y="208319"/>
+            <a:ext cx="2176795" cy="2902394"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3076" name="Picture 4" descr="Всередині Villa Lena: мистецький відпочинок і готель на пагорбах Тоскани | Стіл, накритий перед цегляною стіною для заходу на віллі Лена">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37569ABD-126F-8606-B2D2-79D2CE080604}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5907493" y="2681453"/>
+            <a:ext cx="2356247" cy="2945309"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3078" name="Picture 6" descr="Всередині Villa Lena: мистецький відпочинок і готель на пагорбах Тоскани | Одна зі студій, доступних для постійних художників на віллі Лена">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FDC2C30-33F3-DF06-BE14-D5BFA03B53DA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="688421" y="3045578"/>
+            <a:ext cx="4417964" cy="2945309"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4ED5C95A-1F01-C3D6-D2C4-D87AFE563F67}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="176213" y="6202009"/>
+            <a:ext cx="7888095" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://roadbook.com/travel/inside-villa-lena-an-art-retreat-and-hotel-in-the-tuscan-hills/</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{398D8085-E68A-A6B7-7FFB-947DABD821F6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2783955187"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11266" name="Picture 2" descr="Хороший Вульксфельде">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC57C9C2-F1F0-C0DD-A100-18D75A3A8D47}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="212724" y="-135978"/>
+            <a:ext cx="2857500" cy="1447800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Мультимедиа в Интернете 1" title="Das Gut Wulksfelde vor den Toren Hamburgs - unser offizieller Imagefilm">
+            <a:hlinkClick r:id="" action="ppaction://media"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3118D76E-C666-7D2A-E15F-220EC12EE759}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noRot="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <a:videoFile r:link="rId1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1985963" y="1132408"/>
+            <a:ext cx="9093200" cy="5137670"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F466652-5E3D-80BE-1CC1-BA7664B84469}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3240884" y="218590"/>
+            <a:ext cx="8951116" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="0F0F0F"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Das Gut Wulksfelde vor den Toren Hamburgs - unser offizieller Imagefilm</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" b="1" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0F0F0F"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:highlight>
+                <a:srgbClr val="FFFFFF"/>
+              </a:highlight>
+              <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84037683-7018-6C69-B502-4A3B1F3700C9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3240884" y="587922"/>
+            <a:ext cx="6093618" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://www.gut-wulksfelde.de/</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3AEA5B2-529D-96C8-50ED-05A640A73AA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3992137618"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="playFrom(0.0)">
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+            <p:video>
+              <p:cMediaNode vol="80000">
+                <p:cTn id="7" fill="hold" display="0">
+                  <p:stCondLst>
+                    <p:cond delay="indefinite"/>
+                  </p:stCondLst>
+                </p:cTn>
+                <p:tgtEl>
+                  <p:spTgt spid="2"/>
+                </p:tgtEl>
+              </p:cMediaNode>
+            </p:video>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="8" restart="whenNotActive" fill="hold" evtFilter="cancelBubble" nodeType="interactiveSeq">
+                <p:stCondLst>
+                  <p:cond evt="onClick" delay="0">
+                    <p:tgtEl>
+                      <p:spTgt spid="2"/>
+                    </p:tgtEl>
+                  </p:cond>
+                </p:stCondLst>
+                <p:endSync evt="end" delay="0">
+                  <p:rtn val="all"/>
+                </p:endSync>
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="9" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="0"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="10" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="11" presetID="2" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="togglePause">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:nextCondLst>
+                <p:cond evt="onClick" delay="0">
+                  <p:tgtEl>
+                    <p:spTgt spid="2"/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12290" name="Picture 2" descr="Веселий млин">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3654F02-F607-0E45-63DA-B84A9C5B3E78}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="-433387" y="-390525"/>
+            <a:ext cx="2662237" cy="2662237"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13143A16-596B-F8CD-29FD-21728D33FD09}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3368279" y="940593"/>
+            <a:ext cx="6307930" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Merry</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Mill</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> — це сімейна органічна ферма та млин, розташована в графстві Лаос, Ірландія. </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Рисунок 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1DD0A3F-C26F-7028-D0B0-ED5C9BE2418A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3"/>
+          <a:srcRect t="21542" r="12578" b="18652"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1000124" y="1800225"/>
+            <a:ext cx="10658475" cy="3843338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2BCE781-51F1-9116-71F7-5AE5687D24EA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3751153061"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12290" name="Picture 2" descr="Веселий млин">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3654F02-F607-0E45-63DA-B84A9C5B3E78}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -11988,51 +12919,51 @@
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:nextCondLst>
                 <p:cond evt="onClick" delay="0">
                   <p:tgtEl>
                     <p:spTgt spid="2"/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Прямоугольник 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2475365" y="986767"/>
@@ -12518,54 +13449,61 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Місцеві продовольчі системи: традиції та інноваційні ідеї. Географічні зазначення та регіональні бренди продукції. Перспективи українського органічного виробництва та експорту продукції на європейський ринок.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3177983903"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Мультимедиа в Интернете 1" title="Organic in Ukraine_EN">
             <a:hlinkClick r:id="" action="ppaction://media"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{668C852F-AD04-0BB2-1BBE-3441E3434417}"/>
               </a:ext>
             </a:extLst>
@@ -12719,1202 +13657,326 @@
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:nextCondLst>
                 <p:cond evt="onClick" delay="0">
                   <p:tgtEl>
                     <p:spTgt spid="2"/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8194" name="Picture 2" descr=" ">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Рисунок 1"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...2 lines deleted...]
-            <a:ext cx="10220325" cy="6961671"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1250838" y="605480"/>
+            <a:ext cx="10191663" cy="5968313"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...8 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Прямокутник 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="460414" y="148281"/>
+            <a:ext cx="6087244" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0"/>
+              <a:t>Органічна карта України 2024 (за законодавством України)</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямокутник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6648450" y="-40851"/>
+            <a:ext cx="6096000" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>https://kurkul.com/spetsproekty/1778-organika--stiykist-i-pributkovist-u-rozumnomu-zemlerobstvi</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3820274659"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="76770371"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Прямокутник 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="460414" y="148281"/>
+            <a:ext cx="4212050" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>Органічна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t>карта </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>України</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> 2024 (ЄС, NOP)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Рисунок 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1112109" y="428722"/>
+            <a:ext cx="10177076" cy="6429278"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3199429707"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Рисунок 2">
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9522EB2E-2477-89ED-2B23-CC1D581AA634}"/>
-[...980 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7E821B1-47FA-AB22-F7DA-D10C36A68AAE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{495FFB21-58EE-57B9-0DA7-1DBD09960968}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="404812" y="0"/>
-[...46 lines deleted...]
-            <a:off x="9451975" y="-180924"/>
+            <a:off x="9451975" y="0"/>
             <a:ext cx="2740025" cy="695274"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
@@ -13924,51 +13986,51 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Равнобедренный треугольник 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10B26DE2-9A43-F405-9F9C-03D43BE22684}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="9535938" y="2305233"/>
             <a:ext cx="3178891" cy="2133234"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId4"/>
+            <a:blip r:embed="rId3"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -13987,2036 +14049,195 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256018" y="815546"/>
+            <a:ext cx="10008928" cy="5887093"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2215039723"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
-[...1777 lines deleted...]
-<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4098" name="Picture 2" descr=" ">
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1484A0E3-0C7D-DFDB-D56D-F8800714F98E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{495FFB21-58EE-57B9-0DA7-1DBD09960968}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="185738" y="3076575"/>
-[...94 lines deleted...]
-            <a:ext cx="3382962" cy="858418"/>
+            <a:off x="9451975" y="0"/>
+            <a:ext cx="2740025" cy="695274"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Равнобедренный треугольник 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C048D41-07B1-A5C1-353C-15FFF72DEC02}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10B26DE2-9A43-F405-9F9C-03D43BE22684}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="9521123" y="2296409"/>
-            <a:ext cx="3178891" cy="2162864"/>
+            <a:off x="9535938" y="2305233"/>
+            <a:ext cx="3178891" cy="2133234"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId5"/>
+            <a:blip r:embed="rId4"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -16035,211 +14256,653 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="965201" y="347637"/>
+            <a:ext cx="7959548" cy="5994227"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямокутник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8218171" y="6341864"/>
+            <a:ext cx="3684727" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>https://qftp.org/organic-component/</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2896686992"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3248338310"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...29 lines deleted...]
-            <a:ext cx="8891588" cy="5798862"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Прямоугольник 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4661882" y="3791168"/>
+            <a:ext cx="6842760" cy="892990"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...40 lines deleted...]
-            <a:ext cx="3382962" cy="858418"/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Прямоугольник 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4661882" y="1410304"/>
+            <a:ext cx="6842760" cy="892990"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Прямоугольник 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3028950" y="2653231"/>
+            <a:ext cx="6755130" cy="845996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Прямоугольник 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4524722" y="1271185"/>
+            <a:ext cx="6842760" cy="886737"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...19 lines deleted...]
-      </p:pic>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Європейський ринок органічної продукції</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>та досвід  ЄС у сфері підтримки сільського органічного виробництва</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="11" name="Прямоугольник 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="16200000">
-[...1 lines deleted...]
-            <a:ext cx="3178891" cy="2390409"/>
+          <a:xfrm>
+            <a:off x="2873087" y="2451535"/>
+            <a:ext cx="6842760" cy="927944"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Розвиток  органічного виробництва: реалії сьогодення та європейські практики. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Равнобедренный треугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipV="1">
+            <a:off x="-680394" y="2069572"/>
+            <a:ext cx="3178891" cy="1859279"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId4"/>
+            <a:blip r:embed="rId2"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -16258,837 +14921,419 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="TextBox 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3432572" y="272534"/>
-            <a:ext cx="6093618" cy="369332"/>
+            <a:off x="63948" y="2768378"/>
+            <a:ext cx="861133" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l" fontAlgn="base"/>
-[...3 lines deleted...]
-                  <a:srgbClr val="000000"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:highlight>
-[...58 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" i="0" dirty="0">
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>План</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:srgbClr val="000000"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:highlight>
-[...2 lines deleted...]
-              <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7170" name="Picture 2" descr=" ">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="9218" name="Picture 2" descr="горизонт син"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="565566" y="888206"/>
-[...47 lines deleted...]
-            <a:ext cx="3382962" cy="858418"/>
+            <a:off x="63500" y="5288531"/>
+            <a:ext cx="5930900" cy="1504950"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Прямоугольник 13"/>
+          <p:cNvPr id="9" name="Прямоугольник 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4661882" y="3791168"/>
-            <a:ext cx="6842760" cy="892990"/>
+            <a:off x="4524722" y="3635984"/>
+            <a:ext cx="6842760" cy="886737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
           <a:ln>
-            <a:solidFill>
-[...1 lines deleted...]
-            </a:solidFill>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...405 lines deleted...]
-          <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="uk-UA" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>2. </a:t>
+              <a:t>3. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Розвиток  органічного виробництва: реалії сьогодення та європейські практики. </a:t>
+              <a:t>Інструменти популяризації органічного виробництва та споживання: економіко-правовий аспект. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Рисунок 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BF0E013-8A78-0AB0-DF17-CFC1AE268665}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="6450225" y="5173579"/>
+            <a:ext cx="5560541" cy="1619902"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4079516506"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{495FFB21-58EE-57B9-0DA7-1DBD09960968}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="9451975" y="0"/>
+            <a:ext cx="2740025" cy="695274"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Равнобедренный треугольник 1"/>
+          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10B26DE2-9A43-F405-9F9C-03D43BE22684}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="16200000" flipV="1">
-[...1 lines deleted...]
-            <a:ext cx="3178891" cy="1859279"/>
+          <a:xfrm rot="16200000">
+            <a:off x="9535938" y="2305233"/>
+            <a:ext cx="3178891" cy="2133234"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId2"/>
+            <a:blip r:embed="rId3"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -17107,1115 +15352,195 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...71 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9218" name="Picture 2" descr="горизонт син"/>
-[...150 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Рисунок 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="5560541" cy="1619902"/>
+          <a:xfrm>
+            <a:off x="1003557" y="506240"/>
+            <a:ext cx="8448418" cy="5550759"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4079516506"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1099676638"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sld>
-[...264 lines deleted...]
-  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...69 lines deleted...]
-      </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9B7BB13-9B47-39F7-089E-84F8E843F594}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{495FFB21-58EE-57B9-0DA7-1DBD09960968}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="8643938" y="5999582"/>
-            <a:ext cx="3382962" cy="858418"/>
+            <a:off x="9451975" y="-31420"/>
+            <a:ext cx="2740025" cy="695274"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="TextBox 2">
+          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{655DC121-4A5A-EF12-BEDB-FB94D6EC90DD}"/>
-[...335 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9631E12-7DF3-6230-9E6D-DC7363E896A4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10B26DE2-9A43-F405-9F9C-03D43BE22684}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="9407350" y="2005196"/>
-            <a:ext cx="3178891" cy="2390409"/>
+            <a:off x="9535938" y="2305233"/>
+            <a:ext cx="3178891" cy="2133234"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId4"/>
+            <a:blip r:embed="rId3"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -18234,343 +15559,187 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="666999" y="663854"/>
+            <a:ext cx="9783727" cy="5415992"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3159079461"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="853709673"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...185 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Picture 2" descr="горизонт син">
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDBE2767-CA64-2F4A-D565-E808B952EA74}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{495FFB21-58EE-57B9-0DA7-1DBD09960968}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="8643938" y="5999582"/>
-            <a:ext cx="3382962" cy="858418"/>
+            <a:off x="9451975" y="-31420"/>
+            <a:ext cx="2740025" cy="695274"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Равнобедренный треугольник 8">
+          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D4C87D8-6D4E-7F71-8ACA-020718E7D438}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10B26DE2-9A43-F405-9F9C-03D43BE22684}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="9407350" y="2005196"/>
-            <a:ext cx="3178891" cy="2390409"/>
+            <a:off x="9535938" y="2305233"/>
+            <a:ext cx="3178891" cy="2133234"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId3"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -18597,508 +15766,2098 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="284205" y="0"/>
+            <a:ext cx="8988331" cy="4035124"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Рисунок 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="284205" y="4135648"/>
+            <a:ext cx="11712661" cy="2722352"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="695090869"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3916814640"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0983C534-38DC-0B07-19C2-96D75BB3742A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="446484" y="360313"/>
+            <a:ext cx="10883503" cy="1477328"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>органічного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>вирощують</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Україні</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:highlight>
+                <a:srgbClr val="FFFFFF"/>
+              </a:highlight>
+              <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Зерно, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>молочні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>продукти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>крупи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>м'ясо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>фрукти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>овочі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>лідерах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Однак</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>асортимент</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> у магазинах </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>досі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>неповний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>На </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>полицях</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>крім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>перерахованого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, є </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>яйця</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>борошно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>макарони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>олія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, соки, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>трав'яні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>чаї</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, шоколад, мед, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>спеції</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>консервовані</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>продукти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ягідні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> пасти, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>джеми</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сиропи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>напівфабрикати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, снеки.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09EC8263-7ABA-298D-8183-07675E237EF8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3046810" y="2106246"/>
+            <a:ext cx="9145190" cy="1754326"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Де </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>продають</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:highlight>
+                <a:srgbClr val="FFFFFF"/>
+              </a:highlight>
+              <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Розвиток</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>внутрішнього</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ринку </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>органічних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>продуктів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гальмує</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>низька</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>купівельна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>спроможність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>необізнаність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>населення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>У ЄС з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>цим</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>працюють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>рівні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>держави</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. У 2021 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>році</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> там </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>планують</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>виділити</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 40 млн </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>євро</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns="" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>популяризацію</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns="" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns="" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>органічного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns="" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns="" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>виробництва</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, у тому </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>числі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>кампанії</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>щодо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>підвищення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обізнаності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>споживачів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Рисунок 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3B1E1F4-8FAF-63D7-0AE9-202F88BF2D1D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3"/>
+          <a:srcRect t="43329" r="32852" b="11982"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="4029164"/>
+            <a:ext cx="8186738" cy="2871788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF1FBEC5-BCEC-D993-C6C7-4BB6E34BDB59}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2526225786"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Рисунок 2">
+          <p:cNvPr id="4098" name="Picture 2" descr=" ">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60C0C85F-6723-DAE3-1927-19D20787E532}"/>
-[...77 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96AFE6F0-D89D-C3E5-DF56-9F538C4E54BB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1484A0E3-0C7D-DFDB-D56D-F8800714F98E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="8809038" y="-153523"/>
+            <a:off x="185738" y="3076575"/>
+            <a:ext cx="6572250" cy="3781425"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4100" name="Picture 4" descr=" ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40BC5C83-2E6D-97C7-03C7-1C279575486D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4001555" y="271463"/>
+            <a:ext cx="5901804" cy="2976562"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1EA81F9-08B5-2D4D-18A0-491AC6710F2B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="TextBox 6">
+          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3517D4F-C08C-A673-BDF2-ED0DA4CA4DCB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C048D41-07B1-A5C1-353C-15FFF72DEC02}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...267 lines deleted...]
-            <a:ext cx="3178891" cy="1859279"/>
+          <a:xfrm rot="16200000">
+            <a:off x="9521123" y="2296409"/>
+            <a:ext cx="3178891" cy="2162864"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId2"/>
+            <a:blip r:embed="rId5"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -19117,1220 +17876,210 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...366 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="74870155"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2896686992"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...665 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Рисунок 4">
+          <p:cNvPr id="6146" name="Picture 2" descr="натиснути для збільшення">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9158061E-2BE8-C4E2-33CA-185F5EC31D2B}"/>
-[...28 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{809F828F-24ED-B4CC-4D53-6E1EC4AD2592}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A52B0AF9-A990-3686-F2C6-25BA5354213C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
+            <a:off x="452437" y="343832"/>
+            <a:ext cx="8891588" cy="5798862"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA406963-029C-673A-30AD-DD09E73D33B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
             <a:off x="8643938" y="5999582"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Равнобедренный треугольник 6">
+          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96E974C7-D254-80EC-8B8B-008DA9D4D2E0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2C73030-DCA2-6E53-DF75-B9CC39D8891F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="16200000" flipV="1">
-[...1 lines deleted...]
-            <a:ext cx="3178891" cy="1859279"/>
+          <a:xfrm rot="16200000">
+            <a:off x="9407350" y="2005196"/>
+            <a:ext cx="3178891" cy="2390409"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId4"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -20360,757 +18109,168 @@
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2154761188"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1354545058"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...363 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FD41A7C-A578-7989-9E1B-99149E36D065}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA406963-029C-673A-30AD-DD09E73D33B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="338932" y="5923281"/>
+            <a:off x="8643938" y="5999582"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...75 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Прямоугольник 9"/>
+          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2C73030-DCA2-6E53-DF75-B9CC39D8891F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...161 lines deleted...]
-            <a:ext cx="3178891" cy="1859279"/>
+          <a:xfrm rot="16200000">
+            <a:off x="9650855" y="2248701"/>
+            <a:ext cx="3171111" cy="1911178"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId2"/>
+            <a:blip r:embed="rId3"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -21129,90 +18289,1180 @@
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="654909" y="450764"/>
+            <a:ext cx="9448800" cy="5276850"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="TextBox 3"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="5" name="Прямокутник 4"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="63948" y="2768378"/>
-            <a:ext cx="861133" cy="461665"/>
+            <a:off x="654909" y="6244125"/>
+            <a:ext cx="5110502" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" rtlCol="0">
+          <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>https://www.youtube.com/watch?v=b1W5EN-66W0</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="35252583"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA406963-029C-673A-30AD-DD09E73D33B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2C73030-DCA2-6E53-DF75-B9CC39D8891F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="9650855" y="2248701"/>
+            <a:ext cx="3171111" cy="1911178"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 49356"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId3"/>
+            <a:stretch>
+              <a:fillRect l="-77000"/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Прямокутник 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="654909" y="6244125"/>
+            <a:ext cx="5110502" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>https://www.youtube.com/watch?v=b1W5EN-66W0</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Рисунок 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="923667" y="297205"/>
+            <a:ext cx="6019800" cy="5324475"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="823682993"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12532C30-59A2-682B-926A-7ECD73565F30}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3432572" y="272534"/>
+            <a:ext cx="6093618" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Скільки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>органік-виробників</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Україні</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:highlight>
+                <a:srgbClr val="FFFFFF"/>
+              </a:highlight>
+              <a:latin typeface="fira sans" panose="020B0503050000020004" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7170" name="Picture 2" descr=" ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAF8B307-D044-30E2-A48A-F926B48E2783}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="565566" y="888206"/>
+            <a:ext cx="11060868" cy="5081587"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA76A04B-BCB1-7460-074F-3A92CCEC58EA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3478228392"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{966A2790-990A-601D-F92F-9954E043FD83}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="311348" y="762685"/>
+            <a:ext cx="11569303" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ukrainian</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Organic</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Cluster</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Простежуваність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в органічному ринку </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33D1AB92-F1C2-6F98-EA83-A80ECF64DFF2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="475060" y="6239172"/>
+            <a:ext cx="11716940" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://agri-food.appau.org.ua/wp-content/uploads/2019/09/ukrainian-organic-clust-er.-prostezhuvanist.pdf</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Рисунок 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9951FC0-712F-D866-B9EB-9E946F6666EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="14415" t="26655" r="15625" b="6270"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1831180" y="1607359"/>
+            <a:ext cx="8529637" cy="4310359"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2E52A89-1A21-14B6-1C20-6FFF2156FEE2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8669336" y="-179713"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3579918207"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Прямоугольник 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2573020" y="966396"/>
+            <a:ext cx="6842760" cy="886737"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Європейський ринок органічної продукції</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>та досвід  ЄС у сфері підтримки сільського органічного виробництва</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="uk-UA" sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Равнобедренный треугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipV="1">
+            <a:off x="-680394" y="2069572"/>
+            <a:ext cx="3178891" cy="1859279"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 49356"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect l="-77000"/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="63948" y="2768378"/>
+            <a:ext cx="861133" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
               <a:rPr kumimoji="0" lang="uk-UA" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>План</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
@@ -21369,331 +19619,3668 @@
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Органічне виробництво та практика диверсифікації діяльності європейських органічних ферм: гастрономія та туризм (відповідальний, екологічний, сільський, аграрний, креативний, культурний).</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2441418944"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide50.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1816DD83-0800-16BE-3F7E-B8C0A323E516}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{943A6FEC-42D1-51B1-5059-78B2F5FCE845}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="514351" y="6016109"/>
-            <a:ext cx="10529888" cy="369332"/>
+            <a:off x="514351" y="648386"/>
+            <a:ext cx="10854926" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...36 lines deleted...]
-              <a:rPr lang="uk-UA" b="1">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
-                <a:highlight>
-[...69 lines deleted...]
-              <a:t> 2023</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>КОНТРОЛЬ ПОСТАЧАННЯ ОРГАНІЧНОЇ ПРОДУКЦІЇ НА ПРИКЛАДІ СКЛАДНОГО ЛАНЦЮГА ПОСТАВОК</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15362" name="Picture 2" descr="Органічні нагороди ЄС">
+          <p:cNvPr id="5" name="Рисунок 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37261B47-A5EB-2D45-EE04-AAE940CCAAE6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E82ABA06-9262-9EED-1042-5A5AB7C8B774}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="3515" t="15094" r="11525" b="9536"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1243011" y="1512334"/>
+            <a:ext cx="10358438" cy="4843462"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9B7BB13-9B47-39F7-089E-84F8E843F594}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="642937" y="841891"/>
-            <a:ext cx="6371510" cy="4243387"/>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2862657212"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide51.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="TextBox 6">
+          <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97D94E82-7300-9DDD-3B6C-1349E88189A6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{655DC121-4A5A-EF12-BEDB-FB94D6EC90DD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="5426056"/>
-            <a:ext cx="10712053" cy="646331"/>
+            <a:off x="2563416" y="501134"/>
+            <a:ext cx="8480822" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="uk-UA" b="1" i="0">
-[...1 lines deleted...]
-                  <a:srgbClr val="26324B"/>
+              <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...3 lines deleted...]
-            <a:endParaRPr lang="uk-UA"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Географічні зазначення та регіональні бренди продукції</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67229201-B3A3-E5C8-1A43-DB83CE2AEB5C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="603648" y="1457236"/>
+            <a:ext cx="6093618" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Чому з полиць зникли сири «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>фета</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>», «пармезан» і «рокфор» українського виробництва, а з 2026 року Україна не зможе використовувати назви «коньяк» і «шампанське»?</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22748BCF-21B5-5F36-7A96-BFC9642BC303}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2736057" y="3083817"/>
+            <a:ext cx="6093618" cy="1477328"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>До 2026 року Україна має відмовитися від використання захищених у європейських країнах географічних зазначень для продуктів вітчизняного виробництва. Це передбачено Угодою про асоціацію з ЄС. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B6575F1-5113-7D4C-0210-196CB040C2D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6411861" y="5216098"/>
+            <a:ext cx="6098458" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Реєстрація географічного зазначення</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E81CF2B0-DC71-9ED8-FEC0-6973EC9DE64B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6096000" y="6089422"/>
+            <a:ext cx="6253316" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://guide.diia.gov.ua/view/reiestratsiia-heohrafichnoho-zaznachennia-c8abd430-9ee3-41b1-804f-e1528eb643a1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1026" name="Picture 2" descr="Державне підприємство «ДІЯ»">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{600B4DCF-B19F-C83A-5F1A-225BFD913968}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4831326" y="5216098"/>
+            <a:ext cx="1264674" cy="1264674"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{695DA7EB-9513-8AC8-0425-20E48A63227C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="267495" y="5819113"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Равнобедренный треугольник 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9631E12-7DF3-6230-9E6D-DC7363E896A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="9407350" y="2005196"/>
+            <a:ext cx="3178891" cy="2390409"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 49356"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId4"/>
+            <a:stretch>
+              <a:fillRect l="-77000"/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямокутник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="707827" y="4568307"/>
+            <a:ext cx="6096000" cy="923330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>https://agriculture.ec.europa.eu/farming/geographical-indications-and-quality-schemes/registration-name-gi-product_en</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3159079461"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide52.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11E4AB07-8518-38A7-79BB-CC5E98E2F995}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2671897" y="433433"/>
+            <a:ext cx="8169800" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Чому для України вигідні географічні зазначення?</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8830980B-77EA-26D0-64A4-7FED0CA69C28}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="663179" y="1111239"/>
+            <a:ext cx="6093618" cy="1754326"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Виробнику виготовлення продуктів із зареєстрованим географічним зазначенням дає захист продукції від недобросовісної конкуренції, конкурентні переваги у вигляді підтвердження високої якості й унікальності продукту, можливість збільшувати обсяги збуту в рамках України та за її межами. </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAB70587-999A-B921-D86A-56E02F927E52}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="619741" y="5039572"/>
+            <a:ext cx="6093618" cy="923330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Для споживача продукти з географічним зазначенням — це гарантія оригінального походження продукту з тієї місцевості, де він вироблений. </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70C3D9C7-7E0A-174B-3B4B-82300D2210D6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3150393" y="3234925"/>
+            <a:ext cx="6093618" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Для регіону географічні зазначення сприяють збереженню місцевих традицій, розвитку туризму та локального бізнесу, а також додатковим надходженням податків.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDBE2767-CA64-2F4A-D565-E808B952EA74}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Равнобедренный треугольник 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D4C87D8-6D4E-7F71-8ACA-020718E7D438}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="9407350" y="2005196"/>
+            <a:ext cx="3178891" cy="2390409"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 49356"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId3"/>
+            <a:stretch>
+              <a:fillRect l="-77000"/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="695090869"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide53.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Рисунок 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60C0C85F-6723-DAE3-1927-19D20787E532}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="1758" t="17984" r="1563" b="1976"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="202406" y="1223709"/>
+            <a:ext cx="11787187" cy="5143500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11F9B246-1D94-F6AF-CAF8-D01B89650ADB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2714760" y="704895"/>
+            <a:ext cx="8169800" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Мапа українських географічних зазначень</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96AFE6F0-D89D-C3E5-DF56-9F538C4E54BB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8809038" y="-153523"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3517D4F-C08C-A673-BDF2-ED0DA4CA4DCB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="202406" y="6424358"/>
+            <a:ext cx="6093618" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://gi-ua.com/#map</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3607278047"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide54.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Рисунок 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CE02C1E-B975-B5CB-8A40-097C612A3DD8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="3164" t="24208" r="4024" b="21987"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="3171825"/>
+            <a:ext cx="11315700" cy="3457575"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEC665BC-C1DE-8E94-DB58-38DEF58FE2E9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3"/>
+          <a:srcRect l="71953" t="23543" r="3672" b="25543"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="171449" y="0"/>
+            <a:ext cx="2971801" cy="3271837"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F44A7660-8B9B-57C7-2ED1-2D8B7508B146}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3850751" y="1635918"/>
+            <a:ext cx="8169800" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>У</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>країнські географічні зазначення</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD16571C-38AB-E2C5-5DD4-EF76715A70F9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8809038" y="-153523"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3349469128"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide55.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Равнобедренный треугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipV="1">
+            <a:off x="-680394" y="2069572"/>
+            <a:ext cx="3178891" cy="1859279"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 49356"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect l="-77000"/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="63948" y="2768378"/>
+            <a:ext cx="861133" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>План</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9218" name="Picture 2" descr="горизонт син"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="63500" y="5288531"/>
+            <a:ext cx="5930900" cy="1504950"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Прямоугольник 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2573020" y="1228951"/>
+            <a:ext cx="6842760" cy="886737"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="uk-UA" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Інструменти популяризації органічного виробництва та споживання: економіко-правовий аспект. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Рисунок 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BF0E013-8A78-0AB0-DF17-CFC1AE268665}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="6450225" y="5173579"/>
+            <a:ext cx="5560541" cy="1619902"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4CFB8D3-5AC3-B562-281D-75857783D336}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2343149" y="2735724"/>
+            <a:ext cx="9429751" cy="1477328"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="450215" algn="just"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Інструменти популяризації органічного виробництва та споживання: економіко-правовий аспект. Вклад органічного виробництва  та збалансованого харчування в здоров’я населення. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr indent="450215" algn="just"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Обізнаність населення щодо корисності органічних продуктів. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr indent="450215" algn="just"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Інструменти популяризації та просування органічної продукції, гастрономічних та туристичних послуг. Органічний день ЄС. Огляд та аналіз результатів EU </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Organic</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Awards</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="74870155"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide56.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E0E8E25-F4F5-71D3-3C2F-09301AB95C3A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3472458" y="185680"/>
+            <a:ext cx="6093618" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Чи корисні органічні продукти</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{397EF41F-180B-42D2-DBD5-AB5A4A516E1E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="146447" y="972176"/>
+            <a:ext cx="6093618" cy="923330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>"Одне з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" u="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="111111"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>досліджень</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> доводить, що органічні продукти корисніші, смачніші і безпечніші. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Утім, вивчення продуктів показало, що суттєвої різниці немає"</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:highlight>
+                <a:srgbClr val="FFFF00"/>
+              </a:highlight>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7E8188D-AAB7-2A18-4615-3365883BDCA1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6613028" y="1011804"/>
+            <a:ext cx="6093618" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F1F1F"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="ElsevierGulliver"/>
+              </a:rPr>
+              <a:t>You taste what you see: Do organic labels bias taste perceptions?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A3B1F6C-A934-07BF-9027-7E55E8CF1D7D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6613028" y="1844204"/>
+            <a:ext cx="5404247" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://www.sciencedirect.com/science/article/abs/pii/S0950329313000141</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39747C0F-7ABA-885E-A47F-EED96768E6F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="174725" y="2099270"/>
+            <a:ext cx="6207918" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="EEEEEE"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Антиоксиданти та цинк, вітамін С і залізо. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="EEEEEE"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Одні </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="111111"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="EEEEEE"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>дослідження</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="EEEEEE"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> доводять, що рівень антиоксидантів у таких продуктах на 70% вищий, ніж у традиційних, інші показали менші результати.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TextBox 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FDEDCC3-F4D9-7383-5DEC-BB328B1391E3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6647259" y="2501259"/>
+            <a:ext cx="5612010" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F1F1F"/>
+                </a:solidFill>
+                <a:latin typeface="ElsevierGulliver"/>
+              </a:rPr>
+              <a:t>Higher antioxidant and lower cadmium concentrations and lower incidence of pesticide residues in organically grown crops: a systematic literature review and meta-analyses</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="TextBox 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{866864F9-2FAC-FA61-C4A9-2BE7CFC6C72B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6647259" y="3723035"/>
+            <a:ext cx="6265068" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://pubmed.ncbi.nlm.nih.gov/24968103/</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="TextBox 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74938E0B-0559-476E-93C9-665675214865}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="225623" y="3663793"/>
+            <a:ext cx="6293644" cy="2031325"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FF00FF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Нітрати. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="111111"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FF00FF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Дослідження</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FF00FF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> показало, що їх на 30% менше, ніж у традиційних аналогах.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FF00FF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Омега-3 жирні кислоти, залізо та вітамін D в молочних продуктах. Більший вміст цих елементів пояснюють вільним вигулом тварин та якістю кормів. Однак органічне молоко може містити менше селену і йоду, а ці два мінерали важливі для щитовидної залози.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="TextBox 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0134BE3A-0AFE-3EBE-8A14-D2D884A5EEA0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6647259" y="4210605"/>
+            <a:ext cx="5082779" cy="1477328"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Бактерії. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>М'ясо, яке вирощують традиційно, може містити більше бактерій, стійких до антибіотиків, проте ризик бактеріального зараження при вживанні органічних продуктів такий же.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:highlight>
+                <a:srgbClr val="FFFF00"/>
+              </a:highlight>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="TextBox 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0353337-4C18-12F6-F27A-3C36A7D63A55}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="225623" y="5990837"/>
+            <a:ext cx="11740753" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="00FF00"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Проте огляд 233 досліджень показав: немає переконливих доказів, що органічні продукти більш поживні, ніж звичайні.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA">
+              <a:highlight>
+                <a:srgbClr val="00FF00"/>
+              </a:highlight>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2352818007"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide57.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F207D23-8EC0-1DDE-4694-7A89EE0E979E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="942975" y="545067"/>
+            <a:ext cx="10344150" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Основні причини для покупки органічних продуктів харчування в Данії в 2020 році</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9158061E-2BE8-C4E2-33CA-185F5EC31D2B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="3868" t="27322" r="43164" b="1532"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2886075" y="1322174"/>
+            <a:ext cx="6457950" cy="4572000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{809F828F-24ED-B4CC-4D53-6E1EC4AD2592}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8643938" y="5999582"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Равнобедренный треугольник 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96E974C7-D254-80EC-8B8B-008DA9D4D2E0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000" flipV="1">
+            <a:off x="-680394" y="2069572"/>
+            <a:ext cx="3178891" cy="1859279"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 49356"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId4"/>
+            <a:stretch>
+              <a:fillRect l="-77000"/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2154761188"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide58.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A675979-5AE3-B165-7052-7291AE2BB6B8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="675085" y="3248710"/>
+            <a:ext cx="6093618" cy="923330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="404040"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>EU Organic Day: Highlighting excellence across the organic value chain through the second EU Organic Awards</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B0CE9D7-7AA9-39BF-5534-1CF30DE92DA8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6098382" y="3895041"/>
+            <a:ext cx="6093618" cy="968278"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0563C1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://agriculture.ec.europa.eu/news/eu-organic-day-highlighting-excellence-across-organic-value-chain-through-second-eu-organic-awards-2023-09-25_en</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37266F39-8B52-D451-8890-692BD9BCC187}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="789385" y="5197468"/>
+            <a:ext cx="6179344" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="404040"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Finalists announced for the 2023 EU Organic Awards</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
+              <a:effectLst/>
+              <a:highlight>
+                <a:srgbClr val="FFFFFF"/>
+              </a:highlight>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C348A4F6-4C41-2EE8-4BBD-7F2F26665DD0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90815D99-E0CF-F617-5C56-A6CF0A69214F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7527727" y="385918"/>
-            <a:ext cx="4396977" cy="5078313"/>
+            <a:off x="6261498" y="5680575"/>
+            <a:ext cx="6179344" cy="671915"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0563C1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://agriculture.ec.europa.eu/news/finalists-announced-2023-eu-organic-awards-2023-07-18_en</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B35D8ABE-1242-3F6E-7031-80996C7E1315}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="675085" y="985205"/>
+            <a:ext cx="5039915" cy="1754326"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>23 вересня</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Що таке Органічний день ЄС? Органічний день ЄС, ідеальна нагода широко відзначити розвиток органічного сектору та оцінити прогрес Європи на шляху до досягнення мети – 25% органічних земель до 2030 року.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAC7A148-2E2F-8A70-1C9F-8E29A34D2635}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6261498" y="1261940"/>
+            <a:ext cx="5930502" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://www.organicseurope.bio/events/european-organic-day-2024/</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TextBox 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B0CD1B0-E80D-C725-F2FD-9A77C2C7D3F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4350544" y="127836"/>
+            <a:ext cx="6243636" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Органічний день ЄС </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2800" b="1" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FD41A7C-A578-7989-9E1B-99149E36D065}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="338932" y="5923281"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3074" name="Picture 2" descr="Viewpoint: Organic food movement 'shoots itself in the foot' by rejecting  CRISPR gene editing - Genetic Literacy Project">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A768D44E-9108-D1EB-1B69-4EC1D825C9E1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7472362" y="1944172"/>
+            <a:ext cx="2619375" cy="1743075"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3748990150"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide59.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1816DD83-0800-16BE-3F7E-B8C0A323E516}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="514351" y="6016109"/>
+            <a:ext cx="10529888" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://agriculture.ec.europa.eu/news/finalists-announced-2023-eu-organic-awards-2023-07-18_en</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A469AD3-BFD7-D627-90A4-7CCE49721DA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1617465" y="271051"/>
+            <a:ext cx="6093618" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ф</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>іналісти конкурсу EU </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Organic</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Awards</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 2023</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15362" name="Picture 2" descr="Органічні нагороди ЄС">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37261B47-A5EB-2D45-EE04-AAE940CCAAE6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="642937" y="841891"/>
+            <a:ext cx="6371510" cy="4243387"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97D94E82-7300-9DDD-3B6C-1349E88189A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="5426056"/>
+            <a:ext cx="10712053" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="26324B"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Фіналістів було відібрано з майже 100 заявок з усієї Європи, причому порівняно з минулим роком було представлено більше заявок із Центральної Європи та Балтії.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C348A4F6-4C41-2EE8-4BBD-7F2F26665DD0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7527727" y="385918"/>
+            <a:ext cx="4396977" cy="5078313"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:r>
               <a:rPr lang="uk-UA" b="0" i="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Нагороди EU </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" b="0" i="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Organic</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
@@ -21710,68 +23297,68 @@
                 <a:effectLst/>
                 <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Awards</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> були вперше започатковані в 2022 році як частина зобов’язань, взятих у  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" b="0" i="0" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0563C1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId3">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
-                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns="" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>Плані дій з розвитку органічного </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" b="0" i="0" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId3">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
-                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns="" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>виробництва</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  з метою визнання досконалості в усьому ланцюжку створення вартості органічної продукції, від фермерів до ресторанів, від малих і середніх підприємств до </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" b="0" i="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002176"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>біорайонів</a:t>
@@ -21817,54 +23404,2252 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>https://agriculture.ec.europa.eu/farming/organic-farming/organic-action-plan/eu-organic-awards_en</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="464530176"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide51.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6D6F637-5558-F256-39B6-E20B4B5D7AA4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="521495" y="531165"/>
+            <a:ext cx="10812065" cy="923330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Органічний продукт – це той, при вирощуванні якого не використовують отрутохімікати, синтетичні мінеральні добрива, генетично-модифіковані організми. У тваринництві не застосовують гормони, стимулятори росту, антибіотики.</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58B9C790-28E5-68B2-1052-60FC1994A168}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1418035" y="1674674"/>
+            <a:ext cx="10497740" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Органічне виробництво мінімально впливає на природу. Усе росте й розвивається в умовах, максимально наближених до природних.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Тобто </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>organic</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – це не про пряму користь для здоров'я, це більше про збереження природи й розумне господарювання.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA25AA01-ED8E-9B1D-B7D6-8D5E576DAA36}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4539853" y="5496442"/>
+            <a:ext cx="6093618" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Organic production and products</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46D698F0-1855-F5F8-6AFB-9F9B9C3BF8D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6666905" y="5965612"/>
+            <a:ext cx="6093618" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://agriculture.ec.europa.eu/farming/organic-farming/organic-production-and-products_en</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{875A8E1B-6647-D22D-E7C2-E671D6732808}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5881091" y="4688213"/>
+            <a:ext cx="6379368" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://www.organicseurope.bio/what-we-do/eu-organic-regulation/</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{188D638E-1288-48D1-B0BD-A90A06B2985B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2706290" y="3018495"/>
+            <a:ext cx="8916833" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Organic regulations</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>EU rules for production and labelling of organic products</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13314" name="Picture 2" descr="EU organic logo">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E4BE2B5-AFAB-C8DB-5941-53073CE43317}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="521495" y="3012995"/>
+            <a:ext cx="1955492" cy="1303661"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="TextBox 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCFE4004-362B-F3CB-B718-8C75FEFF076A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4539853" y="3821703"/>
+            <a:ext cx="6450806" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>https://agriculture.ec.europa.eu/farming/organic-farming/organics-glance_en#organicfarmingafter2022</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 2" descr="горизонт син">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{349A7EBA-7862-04DA-7F8D-5316B57960DB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="171451" y="5914849"/>
+            <a:ext cx="3382962" cy="858418"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1702587758"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide60.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A469AD3-BFD7-D627-90A4-7CCE49721DA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3038829" y="307216"/>
+            <a:ext cx="6093618" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ф</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>іналісти конкурсу EU </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Organic</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Awards</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" b="1" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002176"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:highlight>
+                <a:srgbClr val="FFFFFF"/>
+              </a:highlight>
+              <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C348A4F6-4C41-2EE8-4BBD-7F2F26665DD0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="382127" y="824829"/>
+            <a:ext cx="11133872" cy="5632311"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Найкращий фермер-органік (жінка)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Благовеста</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Васильєва, Дива ферма (ДИВАТА ФЕРМА), Горно Поле, Східні Родопи, Болгарія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Caroline </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Devillers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Bel Go Bio, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Hollogne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-sur-Geer, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>провінція Льєж, Бельгія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Reinhild</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Frech-Emmelmann</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Reinsaat</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> GmbH, St. Leonhard am </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Hornerwald</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Нижня Австрія, Австрія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Найкращий органічний фермер (чоловік)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Джанпаоло</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Манчіні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Il </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>sentiero</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> del </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Riccio</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sicignano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>degli</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Alburni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Салерно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Італія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Томмі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Хасу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ЛуомуМаттінен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Оравала</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Коувола</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Фінляндія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Бенні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Шопф</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kartoffelkombinat</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Мюнхен, Баварія, Німеччина</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Найкращий органічний регіон</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Comunidade</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Intermunicipal</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> do Alto </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Tâmega</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> e Barroso, Chaves, Portugal</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Comunidad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>autonoma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Castilla</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> - La Mancha, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Іспанія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Південне Саво, Фінляндія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Найкраще місто з органічною продукцією</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Біоштадт</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Бремен, Німеччина</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Кашкайш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, округ Лісабон, Португалія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Лас-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Росас</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Мадрид, Іспанія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Найкращий органічний «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>біо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-район»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Монрегальський</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>район </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Сібо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Чебано</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Кунео</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, П’ємонт, Італія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Bioregião</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> de S. Pedro do </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sul</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>район </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Візеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Бейра</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> Альта, Португалія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Біо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-район </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Сьормланд</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Сьормланд</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Швеція</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002176"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2352956486"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide61.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A469AD3-BFD7-D627-90A4-7CCE49721DA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3409532" y="467854"/>
+            <a:ext cx="6093618" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ф</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>іналісти конкурсу EU </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Organic</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Awards</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" i="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" b="1" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002176"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:highlight>
+                <a:srgbClr val="FFFFFF"/>
+              </a:highlight>
+              <a:latin typeface="arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C348A4F6-4C41-2EE8-4BBD-7F2F26665DD0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="320343" y="1257316"/>
+            <a:ext cx="11133872" cy="3416320"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Найкраще </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>мале та середнє підприємство з переробки органічних продуктів харчування</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Biologon</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>GmbH, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Хохфільцен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Тіроль, Австрія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Gino </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Girolomoni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Cooperativa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> Agricola, Isola del Piano, Montebello, Marche, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Італія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Organic veggie food GmbH/SOTO organic </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>specialities</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Бад-Ендорф</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Баварія, Німеччина</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Найкращий роздрібний продавець органічних продуктів</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BIOGAST </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>GmbH, Zwettl, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Нижня Австрія, Австрія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Coolanowle</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> Organic Meats, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Баллікмойлер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, графство </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Лейс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Ірландія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SAiFRESC</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Катарроха</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Валенсія, Іспанія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Найкращий ресторан/харчування органічної кухні</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>B2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Bio </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>pur</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> GmbH, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Бінсдорф</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Баден-Вюртемберг, Німеччина</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Biohotel</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> St. Daniel, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Štanjel</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Приморська область, Словенія</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kalf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> &amp; Hansen, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002176"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Стокгольм, Швеція</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002176"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="576139881"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide62.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Рисунок 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
@@ -22493,613 +26278,101 @@
           <a:blip r:embed="rId11"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9352260" y="4824480"/>
             <a:ext cx="1960213" cy="1952906"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3343334498"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sld>
-[...488 lines deleted...]
-  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Равнобедренный треугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C969C0F-B8B0-D60E-06C2-90A985D727ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000" flipV="1">
-            <a:off x="9988211" y="2269210"/>
-            <a:ext cx="2087999" cy="2319580"/>
+            <a:off x="10639500" y="2920500"/>
+            <a:ext cx="2051073" cy="1053927"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId3"/>
+            <a:blip r:embed="rId2"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -23133,242 +26406,180 @@
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29B0553B-8BCE-1E58-473A-B7EB3350C69D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8643938" y="5999582"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture Placeholder 59">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...8 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9247244" y="4371975"/>
-[...35 lines deleted...]
-            <a:ext cx="2073561" cy="1836504"/>
+            <a:off x="584372" y="804862"/>
+            <a:ext cx="10553700" cy="5248275"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3644942990"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Равнобедренный треугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3425E93E-632D-C2E1-BAB5-69A1D0A0F961}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C969C0F-B8B0-D60E-06C2-90A985D727ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000" flipV="1">
-            <a:off x="9988211" y="2269210"/>
-            <a:ext cx="2087999" cy="2319580"/>
+            <a:off x="10556865" y="2837865"/>
+            <a:ext cx="2100500" cy="1169771"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId3"/>
+            <a:blip r:embed="rId2"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -23392,253 +26603,219 @@
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16ABE9FC-D6D9-2713-BE44-B7790F73ED46}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29B0553B-8BCE-1E58-473A-B7EB3350C69D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8643938" y="5999582"/>
             <a:ext cx="3382962" cy="858418"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Grafik 14">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...8 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8643938" y="377739"/>
-            <a:ext cx="2937291" cy="1754035"/>
+            <a:off x="753763" y="225815"/>
+            <a:ext cx="8977698" cy="5773767"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...23 lines deleted...]
-        </p:blipFill>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямокутник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8833954" y="4038820"/>
-            <a:ext cx="2076932" cy="1832174"/>
+            <a:off x="907428" y="6244125"/>
+            <a:ext cx="2527615" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>https://www.fibl.org/en/</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1649717235"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3825081587"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...22 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Равнобедренный треугольник 2">
+          <p:cNvPr id="2" name="Равнобедренный треугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67D7AFEF-4697-0B6F-5647-57B25E4EAA5A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C969C0F-B8B0-D60E-06C2-90A985D727ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000" flipV="1">
-            <a:off x="9988211" y="2269210"/>
-            <a:ext cx="2087999" cy="2319580"/>
+            <a:off x="10495082" y="2776082"/>
+            <a:ext cx="2112856" cy="1280982"/>
           </a:xfrm>
           <a:prstGeom prst="triangle">
             <a:avLst>
               <a:gd name="adj" fmla="val 49356"/>
             </a:avLst>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId3"/>
+            <a:blip r:embed="rId2"/>
             <a:stretch>
               <a:fillRect l="-77000"/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
@@ -23659,118 +26836,173 @@
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 2" descr="горизонт син">
+          <p:cNvPr id="5" name="Рисунок 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="834081" y="855143"/>
+            <a:ext cx="8983362" cy="5931243"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Рисунок 7"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="531341" y="185351"/>
+            <a:ext cx="10021353" cy="6173727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="горизонт син">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7868FC9E-B47A-EF19-5462-6DBEF890D6CA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29B0553B-8BCE-1E58-473A-B7EB3350C69D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="8643938" y="5999582"/>
-            <a:ext cx="3382962" cy="858418"/>
+            <a:off x="8933935" y="-14614"/>
+            <a:ext cx="3130036" cy="794239"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2244078046"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="55616305"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -24255,141 +27487,151 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1845</Words>
+  <Words>1369</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Широкоэкранный</PresentationFormat>
-[...2 lines deleted...]
-  <Notes>0</Notes>
+  <PresentationFormat>Широкий екран</PresentationFormat>
+  <Paragraphs>182</Paragraphs>
+  <Slides>62</Slides>
+  <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>5</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Использованные шрифты</vt:lpstr>
+        <vt:lpstr>Використані шрифти</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Заголовки слайдов</vt:lpstr>
+        <vt:lpstr>Заголовки слайдів</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>51</vt:i4>
+        <vt:i4>62</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="63" baseType="lpstr">
+    <vt:vector size="73" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>ElsevierGulliver</vt:lpstr>
       <vt:lpstr>fira sans</vt:lpstr>
       <vt:lpstr>Open Sans</vt:lpstr>
-      <vt:lpstr>ProbaPro</vt:lpstr>
       <vt:lpstr>Roboto</vt:lpstr>
       <vt:lpstr>Roboto Condensed</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-[...14 lines deleted...]
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
       <vt:lpstr>Головні тренди європейського ринку за останні 5 років </vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-[...32 lines deleted...]
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентація PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>Asus</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>