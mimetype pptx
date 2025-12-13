--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -1,84 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="266" r:id="rId2"/>
     <p:sldId id="271" r:id="rId3"/>
     <p:sldId id="270" r:id="rId4"/>
     <p:sldId id="267" r:id="rId5"/>
     <p:sldId id="272" r:id="rId6"/>
     <p:sldId id="275" r:id="rId7"/>
     <p:sldId id="273" r:id="rId8"/>
     <p:sldId id="274" r:id="rId9"/>
-    <p:sldId id="269" r:id="rId10"/>
-    <p:sldId id="276" r:id="rId11"/>
+    <p:sldId id="276" r:id="rId10"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Times New Roman" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
@@ -671,85 +668,85 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15276" autoAdjust="0"/>
     <p:restoredTop sz="93617" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="75" d="100"/>
           <a:sy n="75" d="100"/>
         </p:scale>
-        <p:origin x="1544" y="74"/>
+        <p:origin x="1544" y="97"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -3828,64 +3825,60 @@
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -3893,2763 +3886,786 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="59394" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-108520" y="3356992"/>
-            <a:ext cx="9144000" cy="609600"/>
+            <a:off x="396044" y="548680"/>
+            <a:ext cx="8351912" cy="609600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Біологічно активні речовини</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...1765 lines deleted...]
-      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="714348" y="214290"/>
-            <a:ext cx="8001056" cy="1571636"/>
+            <a:off x="107504" y="214290"/>
+            <a:ext cx="9036496" cy="1785950"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Біологічно</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>активні</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>речовини</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...13 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (БАР)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>це</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>неорганічні</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> та</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="el-GR" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="el-GR" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>органічні</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>сполуки</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>загальною</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>особливістю</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>яких</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> є </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>висока</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>активність</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> у невеликих </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>кількостях</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Вони </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>забезпечують</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зміну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...63 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>швидкості</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обміну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>речовин</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
-            <a:r>
-[...16 lines deleted...]
-                  </a:schemeClr>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>пристосовуючи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>організм</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>змін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...39 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>навколишнього</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>середовища</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...16 lines deleted...]
-                  </a:schemeClr>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>здійснюють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>його</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...39 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>захист</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...39 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>від</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>несприятливих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...147 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>впливів</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Скругленный прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2643174" y="2071678"/>
             <a:ext cx="4143404" cy="428628"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
@@ -7364,636 +5380,974 @@
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Коротка характеристика БАР</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Таблица 6"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2137886478"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="285720" y="714356"/>
-          <a:ext cx="8143932" cy="5765800"/>
+          <a:ext cx="8534752" cy="5247640"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="1714512">
+                <a:gridCol w="1796790">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="3500462">
+                <a:gridCol w="3668446">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="2928958">
+                <a:gridCol w="3069516">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Назва групи</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Біологічне значення</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Представники</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Ферменти</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Каталізатори </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" baseline="0" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" baseline="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>біохімічних реакції.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Трансферази</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>гідролази</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>,</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" baseline="0" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" baseline="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" baseline="0" dirty="0" err="1"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" baseline="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>ізомерази</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" baseline="0" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" baseline="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t> тощо.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Вітаміни</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Забезпечення життєдіяльності організмів.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>А, В1, В2, В6, С, Д, Е, К тощо.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Гормони</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Здійснюють ендокринну регуляцію  функцій</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Соматотропін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
-[...2 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-UA" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>адреналін, тироксин тощо.</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Фітогормони</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...3 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Регулюють ріст і </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-UA" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>розвиток вищих рослин</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Ауксини, гібереліни, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>абсцизова</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t> кислота тощо</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Алкалоїди</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Відіграють роль каталізаторів, захищають від </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>виїдання</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Хінін, кофеїн, морфін, атропін, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>колхіцин</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t> тощо</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Фітонциди</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>БАР</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" baseline="0" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" baseline="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t> рослинного походження з</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>датні пригнічувати ріст бактерій,</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" baseline="0" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" baseline="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t> грибів, найпростіших</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Аліцин</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>гексенал</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>хлорогенова</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t> кислота</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Феромони</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Специфічно впливають на інших особин того ж виду</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Статеві </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>феромони</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                      <a:endParaRPr lang="ru-UA" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>феромони</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t> тривоги</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="1" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Антибіотики</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...11 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" baseline="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Пригнічують ріст мікроорганізмів, клітин злоякісних пухлин</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                        <a:rPr lang="uk-UA" baseline="0" dirty="0"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Стрептоміцин, </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-UA" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>пеніцилін,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" baseline="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" baseline="0" dirty="0" err="1"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" baseline="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>новоіманін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="uk-UA" baseline="0" dirty="0"/>
+                        <a:rPr lang="uk-UA" sz="1600" b="0" baseline="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
@@ -8005,1795 +6359,1571 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="571472" y="214290"/>
-            <a:ext cx="8143932" cy="1571636"/>
+            <a:ext cx="8143932" cy="1785950"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Ферменти</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>каталізатори</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>біохімічних</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>реакцій</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00261D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>Термін</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> "фермент" </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>уперше</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>увів</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> у науку </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>голландський</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> учений </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00261D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>XVII </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ст. </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:t>ст. Ван-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ван-Гельмон</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:t>Гельмон</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> для </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>речовин</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00261D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>що</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>стимулюють</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>перетворення</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> виноградного соку у вино. </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00261D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>Пізніше</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>був</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>запропонований</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>термін</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ензими</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00261D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>. </a:t>
-[...86 lines deleted...]
-              </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:br>
-[...10 lines deleted...]
-            </a:br>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="357158" y="2000240"/>
-            <a:ext cx="8429684" cy="4476760"/>
+            <a:off x="268335" y="2595334"/>
+            <a:ext cx="8607330" cy="4000088"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Оксидоредуктази</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Оксидоредуктази</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>каталізують</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t> – </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> окисно-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>каталізують</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>відновні</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>окисно-відновні</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>реакції</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
-                <a:solidFill>
-[...20 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="1000" b="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Трансферази</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Трансферази</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>каталізують</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t> – </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>каталізують</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>реакції</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>реакції</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>міжмолекулярного</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>міжмолекулярного</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>перенесення</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>перенесення</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>різних</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>різних</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>хімічних</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>хімічних</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>груп</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t> </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>груп</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залишків</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
-                <a:solidFill>
-[...42 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="1000" b="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гідролази</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Гідролази</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>каталізують</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t> – </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>каталізують</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>реакції</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>реакції</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гідролітичного</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>гідролітичного</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>розщеплення</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>розщеплення</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>внутрішньо-молекулярних</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>внутрішньо</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зв'язків</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
-                <a:solidFill>
-[...42 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="1000" b="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ліази</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Ліази</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>каталізують</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t> – </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>каталізують</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>реакції</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>реакції</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>негідролітичного</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>негідролітичного</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>розщеплення</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...195 lines deleted...]
-            </a:r>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="2000" b="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>а також </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>приєднання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>груп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>подвійними</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зв'язками</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зворотні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>реакції</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="1000" b="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ізомерази</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>каталізують</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>реакції</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>– </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>каталізують</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ізомеризації</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>реакції</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>субстратів</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
-                <a:solidFill>
-[...42 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="1000" b="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Лігази</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Лігази</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>синтетази</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t> (</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>синтетази</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>забезпечують</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>) – </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>забезпечують</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>реакції</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> синтезу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>речовин</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...108 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="2000" b="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>використанням</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>енергії</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> АТФ.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...24 lines deleted...]
-      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -9801,1799 +7931,1645 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="428564" y="500042"/>
             <a:ext cx="8429716" cy="1357322"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Фітогормони</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гормони</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>які</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>утворюються</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>рослинами</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> в </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>дуже</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>малих</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>кількостях</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>регулюють</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>їх</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ріст</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>і</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>розвиток</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>контролюють</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>інтенсивність</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>обміну</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>речовин</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> у </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>клітинах</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>і</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> органах, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>що</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> завершили </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ріст</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Таблица 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3842967274"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="285720" y="2071678"/>
           <a:ext cx="8572560" cy="3766196"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2263156">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="6309404">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0" err="1"/>
+                        <a:rPr lang="uk-UA" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Фітогормон</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Біологічна роль</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="1200796">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Абсцизова</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> кислота</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>природний</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> регулятор росту </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>рослин</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:endParaRPr lang="ru-UA" sz="1800" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>затримує</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ріст</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> та </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>розвиток</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>рослин</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...15 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-UA" sz="1800" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>розпускання</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>бруньок</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>проростання</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>насіння</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>), </a:t>
                       </a:r>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:endParaRPr lang="ru-UA" sz="1800" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>прискорює</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>процеси</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>опадання</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>листя</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>дозрівання</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>плодів</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Цитокініни</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>активація</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>поділу</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>клітин</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> та </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>проростання</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>насіння</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>закладення</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>бруньок</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> у </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>рослин</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>. </a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Гібереліни</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>прискорюють</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ріст</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> і </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>цвітіння</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...15 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>рослин</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-UA" sz="1800" i="0" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...99 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-UA" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>гіберелінова</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...10 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> кислота</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-UA" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Ауксини</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...16 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-UA" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>у</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>творюються</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> у точках росту стебел, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>коренів</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...15 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-UA" sz="1800" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>у </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>молодих</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> листках, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>бруньках</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>активуючи</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>надходження</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>поживних</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>речовин</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> до </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ростучих</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> тканин</a:t>
                       </a:r>
-                      <a:r>
-[...11 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
@@ -11605,1297 +9581,1571 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="9144000" cy="714356"/>
+            <a:ext cx="9144000" cy="908720"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>біологічно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>активні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>речовини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>які</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>здатні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>включатися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>біохімічних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1">
-[...39 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>реакцій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>регулювати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обмін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1">
-[...219 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>речовин</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> та </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>енергії</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...7 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Таблица 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3018307554"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="285720" y="1054726"/>
-          <a:ext cx="8572560" cy="5483560"/>
+          <a:off x="285720" y="866769"/>
+          <a:ext cx="8572560" cy="5991231"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2780259">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="5792301">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="601845">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Органи</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ендокринної</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>системи</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" b="0" dirty="0">
-                        <a:latin typeface="inherit"/>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Гормони</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>які</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>виробляє</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" b="0" dirty="0">
-                        <a:latin typeface="inherit"/>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="665809">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
-[...2 lines deleted...]
-                          <a:latin typeface="inherit"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Гіпофіз</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" b="0" dirty="0">
-                        <a:latin typeface="inherit"/>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Гормон росту (</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>соматотропін</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>), </a:t>
                       </a:r>
+                      <a:endParaRPr lang="ru-UA" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>меланотропін</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> (синтез </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>меланіну</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>), </a:t>
                       </a:r>
+                      <a:endParaRPr lang="ru-UA" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>вазопресин</a:t>
                       </a:r>
                       <a:r>
+                        <a:rPr lang="ru-UA" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>(</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>підвищує</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>артеріальний</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>тиск</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="587515">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
-[...2 lines deleted...]
-                          <a:latin typeface="inherit"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Епіфіз</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Мелатонін</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> (</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>пригнічує</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>утворення</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> темного </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>пігменту</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>шкіри</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>і</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>викликає</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>її</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>посвітління</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="587515">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
-[...2 lines deleted...]
-                          <a:latin typeface="inherit"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Щитоподібна залоза</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Тироксин (активізує всі види обміну речовин у всіх органах і системах)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="329582">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
-[...2 lines deleted...]
-                          <a:latin typeface="inherit"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Паращитоподібні залози</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Паратгормон (регулює вміст Са і Р)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="702951">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
-[...2 lines deleted...]
-                          <a:latin typeface="inherit"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Підшлункова залоза</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
-[...4 lines deleted...]
-                        <a:t>Інсулін (зниження рівня глюкози в крові) глюкагон (підвищення рівня глюкози)</a:t>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Інсулін</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>зниження</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>рівня</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>глюкози</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> в </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>крові</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>) </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-UA" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>глюкагон (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>підвищення</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>рівня</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>глюкози</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="845448">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
-[...2 lines deleted...]
-                          <a:latin typeface="inherit"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Надниркові залози</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Мінералокортикоїди</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" baseline="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>водно-</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>сольовий</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>обмін</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>), </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>глюкокортикоїди</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> (</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
-[...1 lines deleted...]
-                        <a:t>водно-сольовий</a:t>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>обмін</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
-[...1 lines deleted...]
-                        <a:t>обмін</a:t>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>білків</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>жирів</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> і </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>вуглеводів</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>), </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
-[...1 lines deleted...]
-                        <a:t>глюкокортикоїди</a:t>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>адреналін</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
-[...1 lines deleted...]
-                        <a:t> (</a:t>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> і </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
-[...1 lines deleted...]
-                        <a:t>обмін</a:t>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>норадреналін</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
-[...83 lines deleted...]
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="344247">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
-[...2 lines deleted...]
-                          <a:latin typeface="inherit"/>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Статеві залози</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
-[...4 lines deleted...]
-                        <a:t>Тестостерон (чоловічий), естроген(жіночий)</a:t>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Тестостерон (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>чоловічий</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>), </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>естроген</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-UA" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>жіночий</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="587515">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
-[...4 lines deleted...]
-                        <a:t>Тимус (вилочкова залоза)</a:t>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Тимус </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-UA" b="1" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>вилочкова</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>залоза</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="l"/>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Тимозин</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> (</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>під</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>його</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>впливом</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>формуються</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>лімфоцити</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
-[...1 lines deleted...]
-                        <a:t> у </a:t>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-UA" b="0" dirty="0">
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="0" dirty="0">
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>у </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0" err="1">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>дітей</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" b="0" dirty="0">
-                          <a:latin typeface="inherit"/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="38100" marR="38100" marT="38100" marB="38100" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
@@ -12953,616 +11203,548 @@
             <a:br>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:br>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Вітаміни</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>−</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...13 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>органічні</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>сполуки</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>різної</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>хімічної</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>природи</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
-            <a:r>
-[...4 lines deleted...]
-                  </a:schemeClr>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>необхідні</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> для нормального </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>обміну</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>речовин</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, росту та </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>розвитку</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
-            <a:r>
-[...4 lines deleted...]
-                  </a:schemeClr>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>підвищують</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>стійкість</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>організму</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> до </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>захворювань</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>На </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сьогодні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>кількість</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>відкритих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>вітамінів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сягає</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 30, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>їх</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ділять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>групи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...216 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
@@ -13576,4465 +11758,3945 @@
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Таблица 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2459151379"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="214282" y="1571612"/>
-          <a:ext cx="8715436" cy="4943484"/>
+          <a:ext cx="8715436" cy="5217804"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1597830">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="7117606">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="227964">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Біологічна роль</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="920124">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> В12</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" b="0" i="1" u="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" b="1" i="0" u="none" dirty="0">
                         <a:solidFill>
-                          <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                          </a:schemeClr>
+                          <a:schemeClr val="tx2"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Необхідний</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> для нормального </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>кровотворення</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>нормалізації</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> жирового </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>обміну</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> в </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>печінці</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>бере</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> участь у </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>синтезі</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> ДНК, </a:t>
                       </a:r>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:endParaRPr lang="ru-UA" sz="1800" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>деяких</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>амінокислот</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>регулює</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>обмін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>жирів</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...39 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> і </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>вуглеводів</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> В9 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" b="0" i="1" u="none" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" b="1" i="0" u="none" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Стимулює</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>утворення</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>еритроцитів</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> та </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>лейкоцитів</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>знижує</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>вміст</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> холестерину у </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>крові</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>сприяє</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> росту, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>відновленню</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>і</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>оновленню</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>клітин</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>всього</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>організму</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>відповідає</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> за хороший </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>апетит</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> В7 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" i="1" u="none" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" b="1" i="0" u="none" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Доставляє</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>сірку</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>волоссю</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>нігтям</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> і </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>шкірі</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>,</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-UA" sz="1800" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>уповільнює</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...15 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>процеси</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
-[...51 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>старіння</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="en-US" sz="1800" b="1" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>D</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" b="0" i="1" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" b="1" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Забезпечує</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>нормальний</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ріст</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> і </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>розвиток</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0" err="1">
-[...15 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>кісткової</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0" err="1">
-[...15 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>тканини</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
-                      <a:r>
-[...16 lines deleted...]
-                            </a:schemeClr>
+                      <a:endParaRPr lang="ru-UA" sz="1800" b="0" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>в </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>організмі</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>регулює</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0" err="1">
-[...39 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>мінеральний</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>обмін</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
-                      <a:r>
-[...16 lines deleted...]
-                            </a:schemeClr>
+                      <a:endParaRPr lang="ru-UA" sz="1800" b="0" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>сприяє</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0" err="1">
-[...15 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>засвоєнню</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0" err="1">
-[...39 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>кальцію</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0" err="1">
-[...51 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>організмом</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" b="0" i="1" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" b="0" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> В6 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" b="0" i="1" u="none" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" b="1" i="0" u="none" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Необхідний</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> для </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>засвоєння</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>білків</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> та </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>жирів</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>сприяє</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>утворенню</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>еритроцитів</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>регулює</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> стан </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>нервової</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>системи</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>попереджує</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>запалення</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>шкіри</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>підтримує</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>здоров'я</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>зубів</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> та ясен, </a:t>
                       </a:r>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:endParaRPr lang="ru-UA" sz="1800" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>бере</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> участь в </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>обміні</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> холестерину, </a:t>
                       </a:r>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:endParaRPr lang="ru-UA" sz="1800" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>регулює</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>жировий</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>обмін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> в </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>печінці</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" i="1" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Таблица 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1646986503"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="285720" y="220014"/>
           <a:ext cx="8572560" cy="6137946"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2263156">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="6309404">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="383622">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="uk-UA"/>
+                        <a:rPr lang="uk-UA" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="uk-UA" dirty="0"/>
+                        <a:rPr lang="uk-UA" i="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
                         <a:t>Біологічна роль</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" i="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="959054">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> А</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Забезпечують</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>нормальний</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> стан </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>шкіри</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>волосся</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
-                      <a:r>
-[...167 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
+                      <a:endParaRPr lang="ru-UA" sz="1800" b="0" i="0" u="none" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>потрібні</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> для </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>зору</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>кісток</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>підвищують</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>опірність</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>організму</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> до </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>інфекційних</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> хвороб.</a:t>
+                      </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="959054">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> Е</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Діє</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> як антиоксидант, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>сприятливо</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>діє</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> на </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>функцію</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>статевих</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>залоз</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>стимулює</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>діяльність</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>м'язової</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>системи</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...2 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="671338">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" baseline="0" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>С.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...2 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Сприяє</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>зміцненню</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>імунітету</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>загоюванню</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> ран, </a:t>
                       </a:r>
-                      <a:r>
-[...95 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
+                      <a:endParaRPr lang="ru-UA" sz="1800" b="0" i="0" u="none" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>має</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>протизапальну</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> та </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>протиалергічну</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>дію</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="1534486">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> В3 (РР)</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...2 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Бере участь </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>більш</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ніж</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> в </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>півсотні</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>реакцій</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>, в </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>ході</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>яких</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> запаси </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>вуглеводів</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...15 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>жирів</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> і </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>білків</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...15 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>перетворюються</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
-                      <a:r>
-[...431 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
+                      <a:endParaRPr lang="ru-UA" sz="1800" b="0" i="0" u="none" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>в </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>енергію</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>; </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>знешкодженні</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> шляхом </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>окиснення</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>природних</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> та </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>чужорідних</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>речовин</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>; </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>нормалізації</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>вмісту</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> холестерину в </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>крові</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>; </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>бере</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> участь в </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>утворенні</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>гемоглобіну</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="959054">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> В2 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...2 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Впливає</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> на </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>процес</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> росту, стан </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>центральної</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>нервової</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>системи</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>зору</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, входить до складу </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ферментів</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
-                      <a:r>
-[...143 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
+                      <a:endParaRPr lang="ru-UA" sz="1800" b="0" i="0" u="none" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>які</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>регулюють</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>важливі</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>етапи</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>обміну</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>речовин</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="671338">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Вітамін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> В1</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...2 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:r>
-[...4 lines deleted...]
-                            </a:schemeClr>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Впливає</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> в </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>обмін</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>речовин</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>і</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>нервово-рефлекторну</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>регуляцію</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>, на </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>проведення</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>нервових</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>імпульсів</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> в </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0" err="1">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>мозок</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...3 lines deleted...]
-                            </a:schemeClr>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="1" u="none" dirty="0">
-[...2 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
@@ -18045,3504 +15707,1899 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="9144000" cy="1428736"/>
+            <a:off x="0" y="214290"/>
+            <a:ext cx="9144000" cy="2566638"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...6 lines deleted...]
-              <a:t>Фітонциди</a:t>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Феромони</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...7 lines deleted...]
-            </a:r>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>−</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>біологічно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>активні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>речовини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>продукти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зовнішньої</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>секреції</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>які</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>виділяють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тварини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...6 lines deleted...]
-              <a:t>речовини</a:t>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Феромони</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...25 lines deleted...]
-                  </a:schemeClr>
+                  <a:srgbClr val="003226"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>− </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>біологічні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>маркери</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>певного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>біологічного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> виду. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Є </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>засобами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сигналізації</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>між</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>особинами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>певної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...39 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>популяції</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сім'ї</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Виділяються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...15 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>спеціалізованими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залозами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>екзокринні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...375 lines deleted...]
-                  </a:schemeClr>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залози</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="003226"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Прямоугольник 3"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="3" name="Содержимое 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="285720" y="1571612"/>
-            <a:ext cx="8643998" cy="4801314"/>
+            <a:off x="357158" y="3007263"/>
+            <a:ext cx="8429684" cy="3856072"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
-[...20 lines deleted...]
-                </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Розрізняють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...1374 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>феромони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
-[...1199 lines deleted...]
-            </a:r>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
-[...26 lines deleted...]
-                </a:solidFill>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Епагони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> − </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>статеві</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>аттрактанти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>афродизіаки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>які</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...14 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>забезпечують</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1">
-[...54 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зустріч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>пізнавання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>осіб</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>різної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>статі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>стимулюють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>статеву</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>поведінку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Одміхніони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>− </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мітки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> шляху, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>слідові</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>феромони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>феромони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мітки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>території</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="700" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Торібони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>−</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>феромони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> страху, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>феромони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тривоги</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гонофіони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>− </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>феромони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>викликають</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зміну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>статі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гамофіони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>−</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>феромони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>статевого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дозрівання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Етофіони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>− </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>феромони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>поведінки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>наприклад</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>агрегаційні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>феромони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>викликають</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>скупчення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>багатьох</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>осіб</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="116">
   <a:themeElements>
-    <a:clrScheme name="Тема Office 2">
+    <a:clrScheme name="Желтый">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="39302A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="808080"/>
+        <a:srgbClr val="E5DEDB"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="00CC99"/>
+        <a:srgbClr val="FFCA08"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="3333CC"/>
+        <a:srgbClr val="F8931D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="FFFFFF"/>
+        <a:srgbClr val="CE8D3E"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="EC7016"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="AAE2CA"/>
+        <a:srgbClr val="E64823"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="2D2DB9"/>
+        <a:srgbClr val="9C6A6A"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="CCCCFF"/>
+        <a:srgbClr val="2998E3"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="B2B2B2"/>
+        <a:srgbClr val="7F723D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Тема Office">
       <a:majorFont>
         <a:latin typeface="Impact"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Eurostile"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
@@ -21977,94 +18034,92 @@
           <a:srgbClr val="000000"/>
         </a:accent4>
         <a:accent5>
           <a:srgbClr val="ADCAFF"/>
         </a:accent5>
         <a:accent6>
           <a:srgbClr val="8AE7B9"/>
         </a:accent6>
         <a:hlink>
           <a:srgbClr val="CC00CC"/>
         </a:hlink>
         <a:folHlink>
           <a:srgbClr val="B2B2B2"/>
         </a:folHlink>
       </a:clrScheme>
       <a:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
     </a:extraClrScheme>
   </a:extraClrSchemeLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>116</Template>
   <TotalTime></TotalTime>
-  <Words>1278</Words>
+  <Words>1005</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>126</Paragraphs>
-  <Slides>10</Slides>
+  <Paragraphs>147</Paragraphs>
+  <Slides>9</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
+    <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Eurostile</vt:lpstr>
       <vt:lpstr>Impact</vt:lpstr>
-      <vt:lpstr>inherit</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>116</vt:lpstr>
       <vt:lpstr>Біологічно активні речовини</vt:lpstr>
-      <vt:lpstr>Біологічно активні речовини (БАР)– це неорганічні та органічні сполуки, загальною особливістю яких є висока активність у невеликих кількостях. Вони не виконують ні будівельної, ні енергетичної функції, а забезпечують зміну швидкості обміну речовин, пристосовуючи організм до змін навколишнього середовища та здійснюють його захист від несприятливих впливів. </vt:lpstr>
+      <vt:lpstr>Біологічно активні речовини (БАР) – це неорганічні та органічні сполуки, загальною особливістю яких є висока активність у невеликих кількостях.   Вони забезпечують зміну швидкості обміну речовин,  пристосовуючи організм до змін навколишнього середовища  та здійснюють його захист від несприятливих впливів. </vt:lpstr>
       <vt:lpstr>Коротка характеристика БАР</vt:lpstr>
-      <vt:lpstr>Ферменти – каталізатори біохімічних реакцій. Термін "фермент" уперше увів у науку голландський учений XVII ст. Ван-Гельмон для речовин, що стимулюють перетворення виноградного соку у вино. Пізніше був запропонований термін – ензими. Ці терміни використовують як синоніми. </vt:lpstr>
+      <vt:lpstr>Ферменти – каталізатори біохімічних реакцій.  Термін "фермент" уперше увів у науку голландський учений  XVII ст. Ван-Гельмон для речовин,  що стимулюють перетворення виноградного соку у вино.  Пізніше був запропонований термін – ензими.</vt:lpstr>
       <vt:lpstr>Фітогормони – гормони, які утворюються рослинами в дуже малих кількостях, регулюють їх ріст і розвиток, контролюють інтенсивність обміну речовин у клітинах і органах, що завершили ріст. </vt:lpstr>
-      <vt:lpstr>  Гормони – біологічно активні речовини, які здатні включатися до біохімічних реакцій і регулювати обмін речовин та енергії.</vt:lpstr>
-      <vt:lpstr>   Вітаміни - органічні сполуки різної хімічної природи, необхідні для нормального обміну речовин, росту та розвитку, підвищують стійкість організму до захворювань.  На сьогодні кількість відкритих вітамінів сягає 30, їх ділять на групи.    </vt:lpstr>
+      <vt:lpstr>Гормони – біологічно активні речовини, які здатні включатися  до біохімічних реакцій і регулювати обмін речовин та енергії.</vt:lpstr>
+      <vt:lpstr>   Вітаміни − органічні сполуки різної хімічної природи,  необхідні для нормального обміну речовин, росту та розвитку,  підвищують стійкість організму до захворювань.  На сьогодні кількість відкритих вітамінів сягає 30, їх ділять на групи.    </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Фітонциди – речовини, які утворюються вищими рослинами і мають бактерицидну, фунгіцидну і протистоцидну дію, а деякі з них токсично діють на комах, кліщів, червів та інших макроорганізмів, стимулюють або гальмують розвиток і ріст рослин.</vt:lpstr>
-      <vt:lpstr>Феромони - біологічно активні речовини, продукти зовнішньої секреції які виділяють тварини. Є засобами сигналізації між особинами певної популяції (сім'ї). Феромони — біологічні маркери певного біологічного виду. Виділяються спеціалізованими залозами. (екзокринні залози) або спеціальними клітинами. </vt:lpstr>
+      <vt:lpstr> Феромони − біологічно активні речовини,  продукти зовнішньої секреції, які виділяють тварини.   Феромони − біологічні маркери певного біологічного виду.   Є засобами сигналізації між особинами певної популяції (сім'ї). Виділяються спеціалізованими залозами (екзокринні залози). </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Cloud Skipper</dc:title>
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>