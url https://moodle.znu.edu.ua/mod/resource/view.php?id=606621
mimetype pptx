--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -1,139 +1,135 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483774" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId32"/>
+    <p:notesMasterId r:id="rId31"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="259" r:id="rId4"/>
     <p:sldId id="288" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="260" r:id="rId7"/>
     <p:sldId id="261" r:id="rId8"/>
     <p:sldId id="262" r:id="rId9"/>
     <p:sldId id="289" r:id="rId10"/>
     <p:sldId id="265" r:id="rId11"/>
     <p:sldId id="266" r:id="rId12"/>
     <p:sldId id="267" r:id="rId13"/>
     <p:sldId id="268" r:id="rId14"/>
     <p:sldId id="278" r:id="rId15"/>
-    <p:sldId id="277" r:id="rId16"/>
-[...1 lines deleted...]
-    <p:sldId id="272" r:id="rId18"/>
+    <p:sldId id="290" r:id="rId16"/>
+    <p:sldId id="277" r:id="rId17"/>
+    <p:sldId id="271" r:id="rId18"/>
     <p:sldId id="273" r:id="rId19"/>
     <p:sldId id="274" r:id="rId20"/>
     <p:sldId id="275" r:id="rId21"/>
-    <p:sldId id="276" r:id="rId22"/>
-[...8 lines deleted...]
-    <p:sldId id="287" r:id="rId31"/>
+    <p:sldId id="283" r:id="rId22"/>
+    <p:sldId id="284" r:id="rId23"/>
+    <p:sldId id="279" r:id="rId24"/>
+    <p:sldId id="280" r:id="rId25"/>
+    <p:sldId id="281" r:id="rId26"/>
+    <p:sldId id="282" r:id="rId27"/>
+    <p:sldId id="285" r:id="rId28"/>
+    <p:sldId id="286" r:id="rId29"/>
+    <p:sldId id="287" r:id="rId30"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -506,83 +502,83 @@
     </a:lastRow>
     <a:firstRow>
       <a:tcTxStyle b="on"/>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="25400" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="15441" autoAdjust="0"/>
+    <p:restoredLeft sz="6583" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="72" d="100"/>
-          <a:sy n="72" d="100"/>
+          <a:sx n="76" d="100"/>
+          <a:sy n="76" d="100"/>
         </p:scale>
-        <p:origin x="1604" y="60"/>
+        <p:origin x="1880" y="65"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -627,51 +623,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FE6769B5-9C2C-4780-AD6C-52F3F4EA2BD3}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="685800"/>
             <a:ext cx="4572000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1334,51 +1330,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1615,51 +1611,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1807,51 +1803,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2068,51 +2064,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2494,51 +2490,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3040,51 +3036,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3871,51 +3867,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4041,51 +4037,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4221,51 +4217,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4391,51 +4387,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4648,51 +4644,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4880,51 +4876,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5275,51 +5271,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5393,51 +5389,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5488,51 +5484,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5763,51 +5759,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6046,51 +6042,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6284,51 +6280,51 @@
                         <a:lumMod val="93000"/>
                       </a:schemeClr>
                     </a:gs>
                     <a:gs pos="0">
                       <a:schemeClr val="bg1">
                         <a:lumMod val="38000"/>
                         <a:lumOff val="62000"/>
                       </a:schemeClr>
                     </a:gs>
                     <a:gs pos="100000">
                       <a:schemeClr val="tx2">
                         <a:lumMod val="0"/>
                         <a:lumOff val="100000"/>
                       </a:schemeClr>
                     </a:gs>
                   </a:gsLst>
                   <a:lin ang="5400000" scaled="1"/>
                   <a:tileRect/>
                 </a:gradFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2024</a:t>
+              <a:t>08.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6842,130 +6838,126 @@
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...2 lines deleted...]
-<file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
@@ -6978,73 +6970,79 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="285448" y="548680"/>
+            <a:off x="395536" y="2636912"/>
             <a:ext cx="8458200" cy="1222375"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="uk-UA" sz="9600" b="1" i="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="uk-UA" sz="9600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Гормони</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="9600" b="1" i="1" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="9600" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="002060"/>
+                <a:srgbClr val="C00000"/>
               </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="566236684"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -7059,2534 +7057,3685 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="251520" y="188640"/>
             <a:ext cx="8892480" cy="1584176"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" b="1" i="1" dirty="0">
-[...9 lines deleted...]
-                </a:effectLst>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>За </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" b="1" i="1" dirty="0" err="1">
-[...9 lines deleted...]
-                </a:effectLst>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>хімічною</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" b="1" i="1" dirty="0">
-[...9 lines deleted...]
-                </a:effectLst>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> природою </a:t>
             </a:r>
-            <a:r>
-[...70 lines deleted...]
-                </a:effectLst>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормон</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>відносять</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" b="1" i="1" dirty="0">
-[...101 lines deleted...]
-              <a:t>:</a:t>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> до:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="354360" y="2060848"/>
-            <a:ext cx="8686800" cy="3659237"/>
+            <a:off x="251520" y="2060848"/>
+            <a:ext cx="8789640" cy="3659237"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="536575" indent="-536575">
-[...1 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" err="1">
-[...24 lines deleted...]
-                </a:effectLst>
+              <a:rPr lang="ru-UA" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>− </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>білк</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і пептид</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ів</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="4000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>− </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>похідн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>их</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>амінокислот</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="4000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>− </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>стероїд</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> і </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" err="1">
-[...171 lines deleted...]
-                </a:effectLst>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>похідн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>их</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>жирних</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
-[...9 lines deleted...]
-                </a:effectLst>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> кислот</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
-[...6 lines deleted...]
-                </a:effectLst>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1446360139"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="116632"/>
-            <a:ext cx="7886700" cy="1574057"/>
+            <a:off x="628650" y="116633"/>
+            <a:ext cx="7886700" cy="792088"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
+            <a:br>
+              <a:rPr lang="ru-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...1 lines deleted...]
-                <a:latin typeface="Arnold BocklinC Initials" panose="02000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Механізм</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...1 lines deleted...]
-                <a:latin typeface="Arnold BocklinC Initials" panose="02000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...1 lines deleted...]
-                <a:latin typeface="Arnold BocklinC Initials" panose="02000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>дії</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...1 lines deleted...]
-                <a:latin typeface="Arnold BocklinC Initials" panose="02000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...1 lines deleted...]
-                <a:latin typeface="Arnold BocklinC Initials" panose="02000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гормонів</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arnold BocklinC Initials" panose="02000500000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="ru-RU" sz="4800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arnold BocklinC Initials" panose="02000500000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="304800" y="1196752"/>
             <a:ext cx="8686800" cy="5256584"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
-[...78 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>М</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>олекула</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> стероїду гормону проникає у клітини-мішені, де взаємодіє з молекулами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>глікопротеїдних</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2800" b="1" i="1" dirty="0">
-[...11 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> рецепторів, які знаходяться у цитоплазмі, мітохондріях, на ядерній мембрані. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="uk-UA" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst>
-[...7 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
-[...11 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Утворюється комплекс гормон-рецептор, який завдяки наявності у цитоплазмі </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>спеціальних індикаторів</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
-[...11 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, активізується, здійснюючи вплив на процеси транскрипції.</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst>
-[...7 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1358663539"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="179512" y="0"/>
-            <a:ext cx="8964488" cy="2420888"/>
+            <a:off x="323528" y="5517232"/>
+            <a:ext cx="8503184" cy="1340768"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...166 lines deleted...]
-              <a:t>.</a:t>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Рисунок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> −</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гормональна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>регуляція</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>внутрішньоклітинних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>процесів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> через </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>цАМФ-залежні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>протеїнкінази</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" dirty="0">
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
-[...101 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>білок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-рецептор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>R</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" baseline="-25000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>або</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>R</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" baseline="-25000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>І</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>G-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>білок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>G</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" baseline="-25000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>або</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>G</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" baseline="-25000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E4C208A-EA56-7618-0A9D-D82831957207}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="5419642" cy="5608699"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A921DB60-9E9E-05E5-9D27-D061E22A44CC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6804248" y="260648"/>
+            <a:ext cx="2022464" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>URL</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>https://studfile.net/preview/5281965/page:2/</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3685734095"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="214458" y="116632"/>
-            <a:ext cx="8486154" cy="2088232"/>
+            <a:off x="5308105" y="1317772"/>
+            <a:ext cx="3728391" cy="5387111"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...140 lines deleted...]
-              <a:t> Са2 +.</a:t>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Рисунок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> −</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Фосфоінозитолзалежна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>регуляція</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0">
-[...206 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>клітинних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>функцій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Р – рецептор, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ФІФ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" baseline="-25000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – фосфатидилінозитол-4,5-дифосфат, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ІФ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" baseline="-25000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>– інозитол-1,4,5-трифосфат; </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДАГ – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>діацигліцерол</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Фл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> С – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>фосфоліпаза</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> С, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ПК С – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>протеїнкіназа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> С, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>КМ – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>кальмодулін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЕР – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ендоплазматичний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ретикулум</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62E998FA-8B07-D7A0-937C-D4D885084F5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6228184" y="116632"/>
+            <a:ext cx="2137171" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>URL</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>https://studfile.net/preview/5281965/page:2/</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Рисунок 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFEE6E83-CA6B-96F0-4C7A-E144D2DA62FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-21501"/>
+            <a:ext cx="5076056" cy="6157518"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3239707504"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="611560" y="138854"/>
-            <a:ext cx="7886700" cy="936104"/>
+            <a:off x="107504" y="5733256"/>
+            <a:ext cx="8784976" cy="936104"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="uk-UA" sz="5400" b="1" dirty="0">
-[...18 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="5400" b="1" dirty="0">
+              <a:rPr lang="ru-UA" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Рисунок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>−</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Взаємодія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>інсуліну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мембранним</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>рецептором </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>клітини</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1">
-[...2 lines deleted...]
-                </a:schemeClr>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
-              <a:latin typeface="Arnold BocklinC Initials" panose="02000500000000000000" pitchFamily="2" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...10 lines deleted...]
-          <a:blip r:embed="rId2">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AD3E5D6-945F-7D16-09BD-EFB12CA299A6}"/>
               </a:ext>
             </a:extLst>
-          </a:blip>
-[...4 lines deleted...]
-        <p:spPr bwMode="auto">
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="1619672" y="1052736"/>
-            <a:ext cx="6394923" cy="5650477"/>
+            <a:off x="1115616" y="4365104"/>
+            <a:ext cx="6552728" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>URL</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>https://studfile.net/preview/10202070/page:6/</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Рисунок 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55C49EC7-46B2-F91C-CA07-DE1ECEF29DD3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="639856" y="167329"/>
+            <a:ext cx="7740860" cy="3988913"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1226659448"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB23024-8229-E811-AA31-41B06081FAF1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-297757" y="332656"/>
-            <a:ext cx="9612560" cy="1224136"/>
+            <a:off x="827584" y="4725144"/>
+            <a:ext cx="7560840" cy="923330"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Рисунок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>−</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Модель </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>інсулінового</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> рецептора (схема)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>−</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ланцюги</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>розташовані</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зовнішній</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>поверхні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мембрани</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>клітини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>b </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>−</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ланцюги</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>локалізуються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> трансмембранно</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9897839-1CBE-479F-702E-BB9A7A9A4CFC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1635253" y="3645024"/>
+            <a:ext cx="5670376" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3500" b="1" dirty="0">
-[...17 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3500" b="1" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>URL</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>https://studfile.net/preview/10202070/page:6/</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1">
-[...2 lines deleted...]
-                </a:schemeClr>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst>
-[...6 lines deleted...]
-              <a:latin typeface="Arnold BocklinC Initials" panose="02000500000000000000" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Рисунок 3"/>
+          <p:cNvPr id="9" name="Рисунок 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF70567F-9527-5223-8A62-052CA5774755}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="728093" y="1146429"/>
-            <a:ext cx="7560860" cy="5704764"/>
+            <a:off x="588462" y="476672"/>
+            <a:ext cx="7763958" cy="2867425"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3156921416"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1432424931"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="683568" y="5396239"/>
+            <a:ext cx="7020272" cy="1224136"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...40 lines deleted...]
-              <a:t>.</a:t>
+              <a:rPr lang="ru-UA" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Рисунок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>−</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Схема </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>біохімічних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>механізмів</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
             </a:br>
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дії</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>стероїдних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тиреоїдних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормонів</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47D07291-A3A0-B748-9255-093509FC6380}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6156176" y="620688"/>
+            <a:ext cx="2535492" cy="923330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>URL</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>https://studfile.net/preview/5281965/page:2/</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvPr id="7" name="Рисунок 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C57C5C08-DFC9-2FB7-E676-ADBD0153A8A7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="323528" y="1412776"/>
-            <a:ext cx="8568952" cy="4968552"/>
+            <a:off x="9330" y="25963"/>
+            <a:ext cx="4490662" cy="5370276"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="267983664"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3156921416"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="251520" y="140439"/>
+            <a:ext cx="8892480" cy="975642"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="ru-UA" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гіпоталамуса</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гіпофізу</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86CEBE06-2874-D8CC-69E1-5A755C9FEF76}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6583695" y="4149080"/>
+            <a:ext cx="2287164" cy="2031325"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>URL</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>https://biohim.pdmu.edu.ua/storage/common/docs/bmJMqplxVkh9bi5m8gbA4ygwHSPnXsbou9vjOLnz.pdf</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvPr id="11" name="Рисунок 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7DA08E2-9090-8E56-E94B-BDEE6C671160}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="827584" y="548680"/>
-            <a:ext cx="8064896" cy="6048672"/>
+            <a:off x="26166" y="1116081"/>
+            <a:ext cx="6337126" cy="5536734"/>
           </a:xfrm>
-          <a:noFill/>
-[...4 lines deleted...]
-          </a:effectLst>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4099777376"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="267983664"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="251520" y="0"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="4400" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:srgbClr val="FF0000"/>
-                </a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Гіпоталамус</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4400" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="FF0000"/>
-                </a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="636993" y="1418620"/>
-            <a:ext cx="7488832" cy="5400600"/>
+            <a:off x="484229" y="2060848"/>
+            <a:ext cx="8039463" cy="3096344"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>У </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
-[...18 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гіпоталамусі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>відбувається</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>взаємодія</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...26 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>відділів</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> ЦНС й </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ендокринної</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>системи</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:r>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:endParaRPr lang="ru-UA" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Відіграє</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>провідну</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> роль у </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>регуляції</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>активності</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>аденогіпофіза</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, а через </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
-[...18 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>аденогіпофіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> − </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>діяльності</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>периферичних</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>залоз</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>внутрішньої</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>секреції</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1173991915"/>
       </p:ext>
     </p:extLst>
@@ -9604,438 +10753,523 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="304800" y="692697"/>
-            <a:ext cx="8686800" cy="2304256"/>
+            <a:off x="228600" y="260648"/>
+            <a:ext cx="8686800" cy="6336704"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
-[...98 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гіпоталамус продукує р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>лізинг-фактор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>або р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>лізинг-гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>стимулятори</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> −</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ліберини</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3200" dirty="0">
-[...28 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>інгібіторні</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3200" dirty="0">
-[...28 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> фактори</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> − </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>статини</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3200" dirty="0">
-[...62 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Біосинтез і вивільнення р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>лізинг-факторів контролюється </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>норадреналіном</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3200" b="1" dirty="0">
-[...28 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, серотоніном</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>дофаміном</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3200" dirty="0">
-[...11 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
-          </a:p>
-[...15 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>У регуляції ендокринної функції гіпоталамуса беруть також участь механізми позитивного і негативного зворотного зв'язку між ендокринними залозами-мішенями та </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3200" dirty="0" err="1">
-[...11 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>аденогіпофізом</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3200" dirty="0">
-[...48 lines deleted...]
-            </a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, з одного боку,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>нер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о-секреторними структурами гіпоталамуса з іншого.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1500251172"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -10049,3871 +11283,2903 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="107504" y="260648"/>
             <a:ext cx="8686800" cy="838200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6600" b="1" i="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="uk-UA" sz="6600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>План</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="6600" b="1" i="1" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="6600" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="FF0000"/>
+                <a:srgbClr val="C00000"/>
               </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="840000" y="1268760"/>
-            <a:ext cx="7675350" cy="4908203"/>
+            <a:off x="395536" y="1268760"/>
+            <a:ext cx="8568952" cy="4908203"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>1.Загальна характеристика. Класифікація гормонів.</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Загальна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> характеристика</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормонів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>їх</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>к</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ласифікація</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst>
-[...7 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>2.Механізм дії гормонів.</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Механізм дії гормонів.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst>
-[...7 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3. Гормони гіпоталамуса.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst>
-[...7 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>4. Гормони гіпофіза.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst>
-[...7 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>5.Регуляторна роль гормонів в обміні речовин.</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>5. Регуляторна роль гормонів в обміні речовин.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst>
-[...7 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>6.Антогонізм гормонів.</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>6. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Антогонізм</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> гормонів.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst>
-[...7 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3014742951"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1574737575"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1814707651"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="827584" y="476672"/>
-          <a:ext cx="7704856" cy="5898340"/>
+          <a:off x="395536" y="476672"/>
+          <a:ext cx="8136904" cy="5532580"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{BC89EF96-8CEA-46FF-86C4-4CE0E7609802}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="2335296">
+                <a:gridCol w="4392488">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="5369560">
+                <a:gridCol w="3744416">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="316654">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Гормони</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>гіпоталамуса</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" i="1" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
-                        <a:effectLst>
-[...7 lines deleted...]
-                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Гормони</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>гіпофіза</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" i="1" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
-                        <a:effectLst>
-[...7 lines deleted...]
-                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="633307">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Кортиколіберин</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
-                        <a:effectLst>
-[...7 lines deleted...]
-                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Кортикотропін</a:t>
                       </a:r>
-                      <a:r>
-[...15 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="633307">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Тиреоліберин</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
-                        <a:effectLst>
-[...7 lines deleted...]
-                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Тиреотропін</a:t>
                       </a:r>
-                      <a:r>
-[...15 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="633307">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Соматоліберин</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
-                        <a:effectLst>
-[...7 lines deleted...]
-                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Соматотропін</a:t>
                       </a:r>
-                      <a:r>
-[...49 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="316654">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Соматостатин</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
-                        <a:effectLst>
-[...7 lines deleted...]
-                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Соматотропін</a:t>
                       </a:r>
-                      <a:r>
-[...15 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="891231">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Гонадоліберин</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
-                        <a:effectLst>
-[...7 lines deleted...]
-                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>1. </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Лютеотропін</a:t>
                       </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...26 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>2. </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Фолітропін</a:t>
                       </a:r>
-                      <a:r>
-[...15 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="633307">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Пролактоліберин</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Пролактин (ПРЛ, ЛТГ)</a:t>
+                        <a:t>Пролактин</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="316654">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Пролактостатин</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Пролактин</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="633307">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Меланоліберин</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Меланотропін</a:t>
                       </a:r>
-                      <a:r>
-[...15 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="377534">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Меланостатин</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
-                          <a:effectLst>
-[...7 lines deleted...]
-                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Меланотропін</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
-                        <a:effectLst>
-[...7 lines deleted...]
-                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="391608907"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="628650" y="365127"/>
+            <a:ext cx="7886700" cy="1047650"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гормони гіпофіза</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
-        </p:nvPicPr>
-[...11 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="611560" y="548680"/>
-            <a:ext cx="8064896" cy="6120680"/>
+            <a:off x="395536" y="1628800"/>
+            <a:ext cx="8318748" cy="4764186"/>
           </a:xfrm>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гіпофіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> −</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ендокринн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залоз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>розташован</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>біля</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мозк</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>у</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Його</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>розміри</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>невеликі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>з горошину</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гіпофіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>поділяється</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на три час</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тин</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="812800" indent="-276225" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>задню</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="812800" indent="-276225" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>проміжну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="812800" indent="-276225" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>передню</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Кожна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>частина</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>є </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>самостійною</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залозою</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>виробляє</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>власні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1061401154"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2808463237"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
-[...51 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="827584" y="1628800"/>
-[...931 lines deleted...]
-            <a:ext cx="7056784" cy="6408712"/>
+            <a:off x="323528" y="224644"/>
+            <a:ext cx="8496944" cy="6408712"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Гормони</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гіпофіза</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>беруть</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>активну</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> участь у </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>процесі</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>розподілу</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> в </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>організмі</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>вуглеводів</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>споживаних</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>споживан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> з </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>їжею</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гормони</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>Вони </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гіпофіза</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>грають</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>важливу</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> роль в </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>обміні</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>речовин</a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>адренокортикотропний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> гормон</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...10 lines deleted...]
-            </a:r>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормон росту</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>велике</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гормони</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>значення</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гіпофіза</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>мають</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>впливають</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...86 lines deleted...]
-              <a:t>) </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>діяльність</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...29 lines deleted...]
-              <a:t>гормон росту (ГР)</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>підшлункової</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...13 lines deleted...]
-            <a:pPr algn="just"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>Саме</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залози</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t> вони </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>впливають</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>вироблення</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t> на </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>діяльність</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>інсуліну</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...167 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:br>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Нестача</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>інсуліну</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t> </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>призводе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> до </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>веде</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>захворювання</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t> до </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> −</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>серйозного</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>цукрового</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>захворювання</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>діабету</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...87 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                   <a:lumOff val="5000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
@@ -13924,7270 +14190,8135 @@
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1744828165"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="304800" y="0"/>
             <a:ext cx="8686800" cy="1295400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="uk-UA" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="FF0000"/>
-[...2 lines deleted...]
-              <a:t>Роль гормонів у регуляції обміну речовин</a:t>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Роль гормонів </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>у регуляції обміну речовин</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="FF0000"/>
+                <a:srgbClr val="C00000"/>
               </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="304800" y="1295400"/>
             <a:ext cx="8210550" cy="4881563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent4">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>До </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="accent4">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>залоз</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent4">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="accent4">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>внутрішньої</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent4">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="accent4">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>секреції</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent4">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="accent4">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>відносяться</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent4">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" algn="just">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гіпоталамус</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...28 lines deleted...]
-              <a:t>, </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                   <a:lumOff val="5000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" algn="just">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гіпофіз</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...2 lines deleted...]
-              <a:t>, </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                   <a:lumOff val="5000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" algn="just">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...2 lines deleted...]
-              <a:t>щитовидна, </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>щитовидна </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                   <a:lumOff val="5000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" algn="just">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>білящитовидна</a:t>
-            </a:r>
-[...11 lines deleted...]
-              <a:t>, </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                   <a:lumOff val="5000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" algn="just">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...2 lines deleted...]
-              <a:t>вилочкова</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>вилочков</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...3 lines deleted...]
-            </a:r>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="514350" indent="-514350" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...15 lines deleted...]
-              <a:t>,</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>наднирков</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                   <a:lumOff val="5000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" algn="just">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>підшлункова</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...69 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                   <a:lumOff val="5000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" algn="just">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...26 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>статеві</a:t>
             </a:r>
-            <a:r>
-[...39 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1468062107"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="304800" y="188640"/>
+            <a:ext cx="8686800" cy="5891485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>підтримують</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> гомеостаз (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сталість</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>внутрішнього</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>середовища</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>беруть</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> участь в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>адаптивній</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>діяльності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>організму</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мінливих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> умов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зовнішнього</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>внутрішнього</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>середовища</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>впливають</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>швидкість</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>хімічних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>реакцій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>фізіологічн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>их</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>функції</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>диференціювання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>клітин</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>механізм</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>у</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>імунітету</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>психічну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>діяльність</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3539251938"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="304800" y="188640"/>
-            <a:ext cx="8686800" cy="5891485"/>
+            <a:off x="251520" y="404664"/>
+            <a:ext cx="8640960" cy="5772299"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" i="1" dirty="0" err="1">
-[...34 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Початковою ланкою </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дії</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гормонів</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...2 lines deleted...]
-              <a:t> </a:t>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...2 lines deleted...]
-              <a:t>складається</a:t>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>клітину</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-                </a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> є </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>взаємодія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> гормону з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>білками</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – рецепторами. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                  <a:lumOff val="15000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                  <a:lumOff val="15000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Це</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>взаємодія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>відбувається</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> з рецепторами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>або</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зовнішній</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>поверхні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>плазматичної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мембрани</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>або</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> в </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...2 lines deleted...]
-              <a:t>їхньому</a:t>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>цитоплазмі</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...2 lines deleted...]
-              <a:t> </a:t>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                  <a:lumOff val="15000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                  <a:lumOff val="15000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Б</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...2 lines deleted...]
-              <a:t>регулюючому</a:t>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ілки-рецептори</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-                </a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...2 lines deleted...]
-              <a:t>впливі</a:t>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>завдяки</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-                </a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>своїй</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>специфічності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>утягують</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>всередину</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>клітини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>передають</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>їхні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сигнали</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> на </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...2 lines deleted...]
-              <a:t>процеси</a:t>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ферменти</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...432 lines deleted...]
-                </a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3539251938"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1335266498"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="251520" y="404664"/>
-            <a:ext cx="8640960" cy="5772299"/>
+            <a:off x="395536" y="404664"/>
+            <a:ext cx="8424936" cy="6120680"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ряд </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормонів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>впливає</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>синтез </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ферментів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3300" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" i="1" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" i="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" i="1" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>коркової</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" i="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>речовини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>надниркових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залоз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глюкокортикоїди</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>щитовидної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залози</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (тироксин), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гіпофіза</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (гормон росту). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>проника</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>всередину</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>клітини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>з'єдну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>із</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>специфічними</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> рецепторами в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>цитоплазмі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="3300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                  <a:lumOff val="15000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>У</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>творюється</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормонрецепторний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> комплекс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>який</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>після</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>молекулярної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>перебудови</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, приводить до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>його</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>активації</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>здатний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>проникати</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в ядро </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>клітини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="3300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                  <a:lumOff val="15000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>У </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ядрі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормонрецепторний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> комплекс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>взаємодіє</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> з хроматином, у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>результаті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>чого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>відбувається</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>перебудова</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>синтетичної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>активності</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>клітини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мішені</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>». </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="3300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                  <a:lumOff val="15000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Г</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ормональний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ефект</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>реалізується</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>рівні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>генетичного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>апарата</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>клітини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мішені</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>» та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>виявляється</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>головним</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> чином, у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>впливі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ріст</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>диференціювання</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> тканин і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>органів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="85000"/>
+                    <a:lumOff val="15000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="3300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                  <a:lumOff val="15000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1335266498"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="27860730"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
-[...1537 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="628650" y="365127"/>
+            <a:ext cx="7886700" cy="759618"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="uk-UA" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Гормоноїди</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="395536" y="1484784"/>
-            <a:ext cx="8568952" cy="4692179"/>
+            <a:off x="179512" y="1484784"/>
+            <a:ext cx="8784976" cy="4692179"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Гормоноїди</a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>або</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>парагормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>це</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>різн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>за </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>хімічною</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>будовою</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>речовини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>які</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>проявляють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сильну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>біологічну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дію</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>багато</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>фізіологічних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>процесів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>організмі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Їх</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>біосинтез</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> не </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>має</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>суворої</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>локалізації</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: вони </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>утворюються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>різних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> органах і тканинах. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гормоноїди</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>володіють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>короткочасною</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>біологічною</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дією</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>До них </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>відносяться</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:srgbClr val="C00000"/>
-[...2 lines deleted...]
-              <a:t>або</a:t>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>простагландини</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="C00000"/>
-[...2 lines deleted...]
-              <a:t> </a:t>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:srgbClr val="C00000"/>
-[...2 lines deleted...]
-              <a:t>парагормони</a:t>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормоноїди</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="C00000"/>
-[...726 lines deleted...]
-                </a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>харчового</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0">
-[...16 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> каналу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>нейрогормони</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0">
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1814952156"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="395536" y="260648"/>
             <a:ext cx="8424936" cy="5262979"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Простагландини</a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>вперше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> були </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>знайдені</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>спермі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>людини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ульф ван </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ейлер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> у 1936 р. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>виділив</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ці</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>речовини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> з </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>витяжки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>передміхурової</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залоз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. Зараз </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>відомо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>понад</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 20 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>природних</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>простагландинів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гормоноїди</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>харчового</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> каналу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. В </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>слизовій</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оболонці</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>харчового</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> каналу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>синтезуються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>деякі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>біологічно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>активні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>речовини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>які</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> за </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>своєю</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дією</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>нагадують</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:r>
-[...449 lines deleted...]
-            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="uk-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                   <a:lumOff val="5000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-            <a:pPr algn="just"/>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3324817279"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="107504" y="188640"/>
+            <a:ext cx="8928992" cy="5988323"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...33 lines deleted...]
-              <a:t> каналу</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Нейрогормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>синтезуються</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-              <a:t>. В </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-              <a:t>слизовій</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>нейросекреторних</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-              <a:t>оболонці</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>клітинах</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-              <a:t> </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-              <a:t>харчового</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>утворюються</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-              <a:t> каналу </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-              <a:t>синтезуються</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ендоплазматичному</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-              <a:t>деякі</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ретикулумі</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-              <a:t>біологічно</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>відповідних</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-              </a:rPr>
-[...148 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="2800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>нейронів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                   <a:lumOff val="5000"/>
                 </a:schemeClr>
               </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
-            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>У</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>паковка в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гранули</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>відбувається</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>комплексі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гольджі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Потім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> вони </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>поступають</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> у </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>нервові</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>закінчення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> і </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>міжклітинний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>простір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                   <a:lumOff val="5000"/>
                 </a:schemeClr>
               </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Якнайбільше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>нейрогормонів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>синтезується</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>клітинах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ядер </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>проміжного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мозку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-UA" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>До них </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>відносяться</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>вазопресин</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>окситоцин</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гіпоталамуса</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гістамін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>серотонін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ацетилхолін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>адреналін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>норадреналін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>деякі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>інші</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>речовини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3324817279"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3357913457"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="450264" y="1484784"/>
-            <a:ext cx="8370208" cy="4883373"/>
+            <a:off x="467544" y="2564904"/>
+            <a:ext cx="8370208" cy="2520280"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Гормони</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...91 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> тварин − </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>органічн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>речовини</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>які</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...20 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>виробляються</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...20 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>тваринними</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...20 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>клітинами</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> і </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>транспортуються</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...20 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гуморальним</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> шляхом, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>щоб</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...20 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>впливати</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...46 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>протікання</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...20 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>функцій</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...20 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>організму</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...189 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> у </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>дуже</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...20 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>малих</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...20 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>концентраціях</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="683568" y="31994"/>
             <a:ext cx="7920880" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" b="1" i="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Загальна</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" b="1" i="1" dirty="0">
-[...26 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> характеристика</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гормонів</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" b="1" i="1" dirty="0">
-[...5 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-UA" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>їх</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>к</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ласифікація</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2223916779"/>
-      </p:ext>
-[...892 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3357913457"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="323528" y="1340768"/>
-            <a:ext cx="8424936" cy="3539430"/>
+            <a:off x="359532" y="1772816"/>
+            <a:ext cx="8424936" cy="3046988"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Гормони</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...12 lines deleted...]
-          <a:p>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> − </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>органічн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>і</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>Тому гормони як представники класу речовин-</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> каталізатор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>що</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> впливають на ферментативні реакції обміну речовин</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, п</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>ефекторів</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>рямим</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>, які впливають на ферменти називаються </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> чи не прямим </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>шляхомому</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, тому </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони називаються </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ефекторами</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3200" dirty="0">
-[...11 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="uk-UA" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> обміну речовин.</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst>
-[...7 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2791411325"/>
       </p:ext>
@@ -21216,1237 +22347,1778 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="624081" y="23956"/>
             <a:ext cx="7797662" cy="1151965"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1">
-[...6 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Загальні</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
-[...18 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ознаки</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
-[...6 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="179512" y="908720"/>
             <a:ext cx="8686800" cy="5688632"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="514350" indent="-514350" algn="just">
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Дистантність</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>дії</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
-[...18 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>− </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>регулюють</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>обмін</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> і </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>функції</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>клітин</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> на </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>відстані</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>від</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>місця</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>утворення</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="514350" indent="-514350" algn="just">
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Специфічність</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>біологічної</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>дії</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...14 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>−</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>один гормон за </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>біологічним</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ефектом</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> не </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>може</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> бути </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>повністю</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>замінений</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...8 lines deleted...]
-            <a:pPr marL="514350" indent="-514350" algn="just">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>іншим</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Висока</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>біологічна</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>активність</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
-[...18 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>− </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гормони</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>діють</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> в </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>дуже</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>низьких</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>концентраціях</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, але </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>викликають</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>потужну</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>клітинну</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>відповідь</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Базальний</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> (не </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>стимульований</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>) </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>рівень</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гормонів</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>крові</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 10</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" baseline="30000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-10</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" baseline="30000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-12</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> М. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>При </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>стимуляції</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>секреції</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>концентрація</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гормонів</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>зростає</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> на </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>декілька</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>порядків</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="514350" indent="-514350" algn="just">
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Короткий час </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>життя</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
-[...18 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>− час </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>життя</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гормонів</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> в крові </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>декілька</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>хвилин</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Інактивацію</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>здійснюють</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>специфічні</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ферменти</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="514350" indent="-514350" algn="just">
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...18 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Дія</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормонів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>− г</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>діють</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> на </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>клітини</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> через </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>взаємодію</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>зі</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>специфічними</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> рецепторами, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>які</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>можуть</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>знаходитися</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>або</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> на </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>плазматичній</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>мембрані</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>або</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> в </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>середині</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>клітини</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1034231896"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -22465,268 +24137,340 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="734325" y="116632"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Гормони</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>класифікують</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="840000" y="1556792"/>
-            <a:ext cx="7675350" cy="4620171"/>
+            <a:off x="467544" y="1556792"/>
+            <a:ext cx="8496944" cy="4620171"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit lnSpcReduction="10000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="742950" indent="-742950">
+            <a:pPr marL="742950" indent="-742950" algn="just">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="4800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...2 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>За </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4800" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...2 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>хімічною</a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-UA" sz="4800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="4800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-[...13 lines deleted...]
-              <a:buChar char="Ø"/>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>природою:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="4800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-UA" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1.1 </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>білки</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-UA" sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1.2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>пептиди</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1.3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>похідні</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...11 lines deleted...]
-              <a:buChar char="Ø"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>амінокислот</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-UA" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1.4 </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...78 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>стероїди</a:t>
             </a:r>
-            <a:r>
-[...8 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="106904346"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
@@ -22735,1024 +24479,852 @@
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="628650" y="0"/>
+            <a:ext cx="7886700" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-                </a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2.	За характером </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-                </a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>дії</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-                </a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
-            <a:br>
-[...5 lines deleted...]
-            </a:br>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="C00000"/>
               </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="467544" y="1268760"/>
             <a:ext cx="8424936" cy="4908203"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="623888" indent="-623888" algn="just">
+            <a:pPr marL="0" indent="0" algn="just">
               <a:lnSpc>
-                <a:spcPct val="150000"/>
+                <a:spcPct val="110000"/>
               </a:lnSpc>
-              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="v"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-UA" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2.1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>метаболічні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> − </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>метаболічні</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обумовлюю</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ть</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t> - </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>обумовлюючі</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зміну</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обміну</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>речовин</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2.2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>морфогенетичні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>або</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>формоутворюючі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> − </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>стимулюю</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ть</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>процес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>диференціації</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> тканин, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>органів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, росту</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> метаморфозу</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2.3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>коригуючі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> − </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>вплива</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ють</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                    <a:lumOff val="5000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>зміну</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>обміну</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>функцій</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>речовин</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>всього</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...19 lines deleted...]
-            </a:pPr>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>морфогенетичні</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>організму</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>або</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>формоутворюючі</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>окремих</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t> - </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>стимулюючі</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>його</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst>
-[...87 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>органів</a:t>
             </a:r>
-            <a:r>
-[...427 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                  <a:lumOff val="5000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4051914091"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -23767,880 +25339,634 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="323528" y="188640"/>
+            <a:off x="323528" y="24648"/>
             <a:ext cx="8686800" cy="838200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3. За </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>місцем</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>утворення</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
-            <a:br>
-[...2 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-1016" y="764704"/>
-            <a:ext cx="9145016" cy="6336704"/>
+            <a:off x="133672" y="862848"/>
+            <a:ext cx="8876656" cy="4752528"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>3.1.	</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3.1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гормони</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>епіфіза</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...13 lines deleted...]
-            <a:pPr algn="just"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3.2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>3.2.	 </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гіпофіза</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>нейрогіпофіза</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>вазопресин</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, окситоцин</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>аденогіпофіза</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>СТГ, ТТГ, АКТГ, ФСГ, ЛГ, МСГ, ПГ)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3.3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гормони</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>гіпофіза</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>щитовидної</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залози</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тироксин, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>трийодтиронін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тирокальцитонін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...98 lines deleted...]
-            <a:pPr marL="0" indent="0" algn="just">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3.4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>паращитовидної</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залози</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(паратгормон)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:r>
-[...462 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="232599435"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
@@ -24649,1115 +25975,726 @@
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="395536" y="692696"/>
-            <a:ext cx="8208912" cy="5201424"/>
+            <a:off x="323528" y="692696"/>
+            <a:ext cx="8568952" cy="4647426"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>3.5.	</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3.5	</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гормони</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>підшлункової</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>залози</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t> (</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>інсулін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глюкогон</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3.6	</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>інсулін</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>надниркових</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залоз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- кори </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>наднирників</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>глюкокортикоїди</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мінералокортикоїди</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>статеві</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200" algn="just">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мозкового</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> шару </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>наднирників</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-UA" sz="2800" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>адреналін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>норадреналін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3.7	</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>глюкогон</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>гормони</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...10 lines deleted...]
-            </a:r>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>статевих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>залоз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-UA" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
-[...136 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>- кори </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>наднирників</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сім'яників</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t> (</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>андрогени</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...9 lines deleted...]
-              <a:t>глюкокортикоїди</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>яєчників</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...7 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>естрогени</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
-[...616 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>гестагени</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
-[...13 lines deleted...]
-              <a:t>, релаксин).</a:t>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, релаксин)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3293146480"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Глубина">
   <a:themeElements>
     <a:clrScheme name="Глубина">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -26281,115 +27218,113 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TC104033923[[fn=Глубина]]</Template>
   <TotalTime></TotalTime>
-  <Words>1302</Words>
+  <Words>1351</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>114</Paragraphs>
-  <Slides>30</Slides>
+  <Paragraphs>159</Paragraphs>
+  <Slides>29</Slides>
   <Notes>2</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>30</vt:i4>
+        <vt:i4>29</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="38" baseType="lpstr">
+    <vt:vector size="36" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arnold BocklinC Initials</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Corbel</vt:lpstr>
-      <vt:lpstr>Impact</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Глубина</vt:lpstr>
       <vt:lpstr>Гормони</vt:lpstr>
       <vt:lpstr>План</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Загальні ознаки:</vt:lpstr>
-      <vt:lpstr>Гормони класифікують</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>3. За місцем утворення: </vt:lpstr>
+      <vt:lpstr>Гормони класифікують:</vt:lpstr>
+      <vt:lpstr>2. За характером дії:</vt:lpstr>
+      <vt:lpstr>3. За місцем утворення:</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>За хімічною природою гормональні молекули відносять до трьох груп сполук:</vt:lpstr>
-[...5 lines deleted...]
-      <vt:lpstr>Гормони гіпоталамуса. </vt:lpstr>
+      <vt:lpstr>За хімічною природою  гормони відносять до:</vt:lpstr>
+      <vt:lpstr> Механізм дії гормонів </vt:lpstr>
+      <vt:lpstr>Рисунок 1 −  Гормональна регуляція внутрішньоклітинних процесів через цАМФ-залежні протеїнкінази: білок-рецептор: Rs або RІ, G-білок: Gs або Gi</vt:lpstr>
+      <vt:lpstr>Рисунок 2 − Фосфоінозитолзалежна регуляція  клітинних функцій:  Р – рецептор,  ФІФ2 – фосфатидилінозитол-4,5-дифосфат,  ІФ3 – інозитол-1,4,5-трифосфат;  ДАГ – діацигліцерол,  Фл С – фосфоліпаза С,  ПК С – протеїнкіназа С,  КМ – кальмодулін,  ЕР – ендоплазматичний ретикулум</vt:lpstr>
+      <vt:lpstr>Рисунок 3 − Взаємодія інсуліну з мембранним  рецептором клітини</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Рисунок 5 − Схема біохімічних механізмів дії стероїдних і тиреоїдних гормонів</vt:lpstr>
+      <vt:lpstr> Гормони гіпоталамуса та гіпофізу </vt:lpstr>
       <vt:lpstr>Гіпоталамус </vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Гормони гіпофіза</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Роль гормонів у регуляції обміну речовин</vt:lpstr>
+      <vt:lpstr>Роль гормонів  у регуляції обміну речовин</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Гормоноїди</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Гормони</dc:title>
   <dc:creator>Марина</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>