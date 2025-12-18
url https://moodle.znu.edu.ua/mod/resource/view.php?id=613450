--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -1,341 +1,642 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="08E94CC3" w14:textId="77777777" w:rsidR="00055EDB" w:rsidRDefault="00055EDB" w:rsidP="00055EDB">
+    <w:p w14:paraId="47DDB7FD" w14:textId="4237CD61" w:rsidR="00EF7B68" w:rsidRPr="00EF7B68" w:rsidRDefault="00EF7B68" w:rsidP="00EF7B68">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">до дисципліни «Загальна теорія </w:t>
+      <w:r w:rsidRPr="00EF7B68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Питання до заліку з дисципліни «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00EF7B68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Скрінінг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EF7B68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF7B68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>здоров</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00055EDB">
+      <w:r w:rsidRPr="00EF7B68">
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-[...261 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00EF7B68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>я»</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00C225FD">
+    <w:p w14:paraId="6CFD0864" w14:textId="77777777" w:rsidR="00EF7B68" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51"/>
+    <w:p w14:paraId="238F120F" w14:textId="0018861D" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t>1. Дати визначення предмета «Моніторинг здоров’я».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B491E8" w14:textId="2B54AF98" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t>2. Пояснити зміст, значення моніторингу здоров’я для формування свідомої мотивації людини до здорового способу життя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244E3D8F" w14:textId="5BCADE4D" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t>3. Розкрити поняття здоров’я, його складові, критерії.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7020D637" w14:textId="56B5A6C9" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Дати визначення фізичного здоров’я, фізичної культури.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C6F6A4" w14:textId="6B5800DE" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Пояснити поняття «Фізичне здоров’я».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F0B265" w14:textId="3FE9132F" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B68">
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Визначити залежність фізичного здоров’я, від умов життя в суспільстві.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F884BC" w14:textId="7B09571F" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t xml:space="preserve">Механізми дії руху на розвиток організму і збереження здоров’я </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66091B67" w14:textId="58563A8A" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Схематично представити та пояснити класифікацію рухової активності, фізичних вправ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066D290B" w14:textId="7BD100B6" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Поясни основні складові здорового способу життя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3FFA34" w14:textId="4818E124" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Чому гіподинамія набула такого значного поширення в цивілізованому світ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6E724F" w14:textId="4EE5E36E" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Які негативні наслідки гіподинамії для здоров’я людини й розвитку підлітків?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06826D27" w14:textId="2E91B7E2" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B68">
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Чим зумовлене гальмування фізичного та психічного розвитку підлітків за умов</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE05B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>гіподинамії?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A2294A" w14:textId="2F8DC989" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Які є види фізичних вправ (за характером виконання та впливом на організм)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C16D798" w14:textId="52F55772" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>У чому полягає механізм дії руху на розвиток організму і збереження здоров’я?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20EE972B" w14:textId="758A9828" w:rsidR="00EE05B0" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r w:rsidRPr="001F7D51">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B68">
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7D51">
+        <w:t xml:space="preserve">Визначити частоту серцевих скорочень (пульс) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057A8637" w14:textId="74CAFFCD" w:rsidR="001F7D51" w:rsidRDefault="00EE05B0" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>прискорений пульс (тахікардію);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487BB26A" w14:textId="77777777" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t>- уповільнений пульс (брадикардію);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C785C75" w14:textId="77777777" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t>- не ритмічність серцевих скорочень (аритмію).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="407FC713" w14:textId="1E6B7EDF" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Визначити ознаки підвищеного та пониженого артеріального тиску.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01050430" w14:textId="3CED1A10" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Визначити етимологію, патогенез, клінічну картину серцево-судинних захворювань.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="387E6893" w14:textId="5F64BB87" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">18. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Дати комплексну оцінку ступеня розвитку серцево-судинних захворювань.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68BF9D36" w14:textId="76AE7597" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">19. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t xml:space="preserve"> Пояснити поняття психіка, психічне здоров’я, критерії оцінки психічного здоров’я, основні показники здоров’я, інтелект, емоції.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FF0EC4" w14:textId="6ED91E27" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">20. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t xml:space="preserve"> Показати взаємовплив біологічного й соціального на психічний розвиток індивіда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740B6ED5" w14:textId="03FC9108" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B68">
+        <w:t xml:space="preserve">21. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Психічне здоров'я індивіда як складова досконалого здоров'я.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FEB759" w14:textId="47B3C665" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B68">
+        <w:t xml:space="preserve">22. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Роль </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>загальнозміцнювальних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> засобів у формуванні психічного здоров'я.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74CC95D0" w14:textId="24D884E7" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B68">
+        <w:t xml:space="preserve">23. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Позитивне мислення і здоров'я людини.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D016758" w14:textId="73DB8EDE" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B68">
+        <w:t xml:space="preserve">24. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Перелічити фактори виникнення психоемоційних перевантажень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D494AD6" w14:textId="5880F121" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">25. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Визначити, що таке стрес-фактор? Прокоментувати основні дослідження з цього</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE05B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>питання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC8D599" w14:textId="58B397F7" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">26. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Знати, які індивідуальні особливості реагування людей на стрес-фактори?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B730F7" w14:textId="7AE9C739" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">27. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t xml:space="preserve"> Розкрити зміст механізму саморегуляції.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58551CD3" w14:textId="26DF705F" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">28. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Як впливає характер думок людини на поведінку, бачення дійсності, стиль</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE05B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>життя, здоров'я?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="298D7C53" w14:textId="3E4C8395" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="00EE05B0">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">29. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t xml:space="preserve"> Що таке позитивне мислення? Як воно впливає на здоров'я людини? Відповідь</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE05B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>обґрунтуйте</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37123F9C" w14:textId="1CA340F2" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">30. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Як формується образ власного Я? Яка роль позитивного мислення в роботі з</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE05B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>образом власного?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2FA522" w14:textId="711B4B48" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">31. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t xml:space="preserve"> Яке значення мають методи психічної саморегуляції в профілактиці й</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE05B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t xml:space="preserve">послабленні дії </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001F7D51">
+        <w:t>дистресів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001F7D51">
+        <w:t xml:space="preserve"> на організм людини? Відповіді обґрунтуйте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F661F6A" w14:textId="1FAD14E8" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">32. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Як впливає розвиток самосвідомості людини на її здатність ефективно</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE05B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>підтримувати своє здоров’я?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ADD4D33" w14:textId="72776095" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">33. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Як ви розумієте висловлювання Сократа: «Пізнай самого себе, і ти пізнаєш</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE05B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Всесвіт і богів?»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36780E20" w14:textId="19A32309" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">34. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Як ви розумієте тезу, зміст якої полягає в тому, що в труднощах зміцняються</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>ваші сили та розвиваються здібності? Проаналізуйте її.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67793795" w14:textId="493FA6C1" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">35. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Чи достатньо ви займаєтесь самопізнанням? Аргументуйте вашу відповідь,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>базуючись на отриманих знаннях під час вивчення методики самопізнання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF14C0E" w14:textId="0E9CE3D9" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">36. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Як можна використати взаємозв’язок між фізичним і духовним для організації</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>здорового способу життя?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F3049A" w14:textId="5C1C93A8" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">37. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Як впливає розвиток самосвідомості людини на її здатність ефективно</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>підтримувати своє здоров’я?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BEF074D" w14:textId="761D8326" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B68">
+        <w:t xml:space="preserve">38. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Теоретично обґрунтувати призначення «Паспорту здоров’я».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF7D256" w14:textId="1ECDB290" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">39. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Пояснити параметри «Паспорту здоров’я».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33796FE3" w14:textId="59599A35" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">40. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t xml:space="preserve"> Проаналізувати показники індивідуальних даних порівняно з середньою величиною відповідного віку, статі, даного регіону та даними базового і рубіжного контролю</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C6185A" w14:textId="180AC7DB" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">41. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Скласти програму духовного самовдосконалення особистості та фізичного розвитку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA11A13" w14:textId="52F79B95" w:rsidR="001F7D51" w:rsidRDefault="00EF7B68" w:rsidP="001F7D51">
+      <w:r>
+        <w:t xml:space="preserve">42. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>Пояснити методичні аспекти визначення індивідуального рівня здоров’я з «Паспорту здоров’я».</w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:cr/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5596CE9A" w14:textId="77777777" w:rsidR="001F7D51" w:rsidRPr="00EF7B68" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B68">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Опрацювавши </w:t>
+      </w:r>
+      <w:r w:rsidR="003350E3" w:rsidRPr="00EF7B68">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">дисципліну </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B68">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ви повинні вміти:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1580CB81" w14:textId="484EE527" w:rsidR="001F7D51" w:rsidRDefault="001F7D51" w:rsidP="001F7D51">
+      <w:r>
+        <w:t>1. Розкрити зміст основних принципів, відповідно до яких ви розробляєте свою</w:t>
+      </w:r>
+      <w:r w:rsidR="003350E3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>оздоровчу систему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090BDA60" w14:textId="5AE4EACB" w:rsidR="001F7D51" w:rsidRDefault="00EE05B0" w:rsidP="001F7D51">
+      <w:r w:rsidRPr="00EE05B0">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>. Усвідом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE05B0">
+        <w:t>ити</w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>, які технології вашої оздоровчої системи сприяють духовному,</w:t>
+      </w:r>
+      <w:r w:rsidR="003350E3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>психічному, фізичному формуванню, збереженню та зміцненню вашого</w:t>
+      </w:r>
+      <w:r w:rsidR="003350E3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D51">
+        <w:t>здоров'я?</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="001F7D51">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -343,83 +644,83 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00055EDB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000D4191"/>
+    <w:rsidRoot w:val="001F7D51"/>
+    <w:rsid w:val="001F7D51"/>
     <w:rsid w:val="002643FC"/>
-    <w:rsid w:val="00C225FD"/>
+    <w:rsid w:val="003350E3"/>
+    <w:rsid w:val="00EE05B0"/>
+    <w:rsid w:val="00EF7B68"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="uk-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="324BF389"/>
+  <w14:docId w14:val="65C84B4C"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{0D1D4951-0012-4D5C-9ABF-EDE8CDB23059}"/>
+  <w15:docId w15:val="{EED63DFD-66DE-4A2B-83BD-795A77BE974E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1120,70 +1421,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>811</Characters>
+  <Pages>3</Pages>
+  <Words>2535</Words>
+  <Characters>1446</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2228</CharactersWithSpaces>
+  <CharactersWithSpaces>3974</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>