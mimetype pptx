--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -378,51 +378,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="6"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
               <a:pPr/>
-              <a:t>10/28/2024</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Holder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
@@ -558,51 +558,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="6"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
               <a:pPr/>
-              <a:t>10/28/2024</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Holder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
@@ -775,51 +775,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="6"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
               <a:pPr/>
-              <a:t>10/28/2024</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Holder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
@@ -926,51 +926,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="6"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
               <a:pPr/>
-              <a:t>10/28/2024</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Holder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
@@ -1274,51 +1274,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="6"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
               <a:pPr/>
-              <a:t>10/28/2024</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Holder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
@@ -1596,51 +1596,51 @@
             <a:ext cx="2103120" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
               <a:pPr/>
-              <a:t>10/28/2024</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Holder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6583680" y="4783455"/>
             <a:ext cx="2103120" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -1947,71 +1947,51 @@
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="1400" dirty="0" smtClean="0">
               <a:latin typeface="Microsoft Sans Serif"/>
               <a:cs typeface="Microsoft Sans Serif"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="167640" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="470"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF8500"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Спеціальність: 017 </a:t>
-[...19 lines deleted...]
-              <a:t>культура і спорт</a:t>
+              <a:t>Спеціальність: 017 Фізична культура і спорт</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="168275" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="470"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF8500"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>рівень вищої освіти: бакалаврський</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
@@ -2205,74 +2185,60 @@
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr dirty="0"/>
               <a:t>в</a:t>
             </a:r>
             <a:r>
               <a:rPr spc="35" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr dirty="0"/>
               <a:t>Moodle:</a:t>
             </a:r>
             <a:r>
               <a:rPr spc="20" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="la-Latn" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF8500"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>https://</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="la-Latn" spc="-5" dirty="0" smtClean="0">
+              <a:t>https://moodle.znu.edu.ua/course/view.php?id=</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF8500"/>
                 </a:solidFill>
-                <a:hlinkClick r:id="rId2"/>
-[...7 lines deleted...]
-                </a:solidFill>
               </a:rPr>
               <a:t>10173</a:t>
             </a:r>
-            <a:endParaRPr lang="uk-UA" spc="-5" dirty="0" smtClean="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr sz="2950" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:tabLst>
                 <a:tab pos="1099185" algn="l"/>
                 <a:tab pos="4042410" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr spc="-30" dirty="0"/>
               <a:t>розклад	консультацій:</a:t>
             </a:r>
             <a:r>
               <a:rPr spc="15" dirty="0"/>
@@ -2518,344 +2484,201 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="457200"/>
             <a:ext cx="6553200" cy="998350"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="13335" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="14604" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" spc="-15" dirty="0" smtClean="0"/>
-              <a:t>Передумови для вивчення </a:t>
+              <a:t>Пререквізити </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="3200" spc="-15" dirty="0" smtClean="0"/>
+              <a:t>для вивчення </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" dirty="0" smtClean="0"/>
               <a:t>дисципліни</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1581150"/>
             <a:ext cx="7772400" cy="3351559"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="27305" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700" marR="5080" indent="307340" algn="just">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-25" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
-              <a:t>Передумови для вивчення навчальної дисципліни: успішне опанування такими навчальними </a:t>
-[...27 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Передумови для вивчення навчальної дисципліни: успішне опанування такими навчальними дисциплінами на першому (бакалаврському) рівні вищої освіти: </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" indent="307340" algn="just">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-25" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...19 lines deleted...]
-              <a:t>»</a:t>
+              <a:t>«Анатомія людини»</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" indent="307340" algn="just">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-25" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...19 lines deleted...]
-              <a:t>»</a:t>
+              <a:t>«Фізіологія»</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" indent="307340" algn="just">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-25" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...19 lines deleted...]
-              <a:t>»</a:t>
+              <a:t>«Біомеханіка»</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" indent="307340" algn="just">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-25" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...19 lines deleted...]
-              <a:t>»</a:t>
+              <a:t>«Основи медичних знань»</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" indent="307340" algn="just">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-25" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...19 lines deleted...]
-              <a:t>»</a:t>
+              <a:t>«Теорія та методика фізичного виховання»</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" indent="307340" algn="just">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-25" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...19 lines deleted...]
-              <a:t>»</a:t>
+              <a:t>«Біохімія»</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="2000" dirty="0">
               <a:latin typeface="Microsoft Sans Serif"/>
               <a:cs typeface="Microsoft Sans Serif"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -2903,81 +2726,79 @@
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" spc="-15" dirty="0" smtClean="0"/>
               <a:t>Мета</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" spc="-20" dirty="0" smtClean="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" dirty="0" smtClean="0"/>
               <a:t>дисципліни</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1276350"/>
-            <a:ext cx="4495800" cy="2644506"/>
+            <a:ext cx="4495800" cy="2201308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="27305" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="12700" marR="5080" indent="307340" algn="just">
+            <a:pPr marR="5080" indent="360000">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2400" spc="-25" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
-              <a:t>формування у студентів теоретичних знань та отримання практичних навичок з основ застосування методу кінезіотейпування у фізичній культурі і спорті</a:t>
-[...4 lines deleted...]
-            </a:endParaRPr>
+              <a:t>набуття теоретичних знань та формування практичних навичок із застосування методу кінезіотейпування у фізичній культурі і спорті</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2052" name="AutoShape 4" descr="Тейпы для лица и тела: рейтинг лучших и отзывы покупателей — Ozon Клуб"/>
           <p:cNvSpPr>
             <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="155575" y="-136525"/>
             <a:ext cx="298450" cy="298450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
@@ -3059,513 +2880,149 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="438150"/>
             <a:ext cx="6553200" cy="505908"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="13335" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="14604" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="3200" spc="-15" dirty="0" smtClean="0"/>
-              <a:t>Очікувані результати </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="3200" spc="-15" dirty="0" smtClean="0"/>
+              <a:t>Очікувані результати навчання</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Содержимое 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="1183004"/>
-            <a:ext cx="4267200" cy="3446145"/>
+            <a:ext cx="5334000" cy="3200876"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l">
+            <a:pPr indent="360000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" spc="-15" dirty="0" smtClean="0">
-[...403 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+              <a:rPr lang="uk-UA" sz="1800" kern="1200" spc="-25" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Застосовувати у професійній діяльності знання анатомічних, фізіологічних, біохімічних, біомеханічних та гігієнічних аспектів занять фізичною культурою.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr indent="360000" algn="l">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1800" kern="1200" spc="-25" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Визначати функціональний стан організму людини та обґрунтовувати вибір засобів профілактики перенапруження систем організму осіб, які займаються фізичною культурою.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr indent="360000" algn="l">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1800" kern="1200" spc="-25" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Застосовувати набуті теоретичні знання для розв’язання практичних завдань та змістовно інтерпретувати отримані результати.  </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4097" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5334000" y="1352550"/>
-            <a:ext cx="3352800" cy="3352800"/>
+            <a:off x="6019800" y="1428750"/>
+            <a:ext cx="2895600" cy="2895600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -3660,623 +3117,394 @@
             <a:ext cx="8077200" cy="3625993"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="73025" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="575"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr sz="2000" spc="-45" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>Тема</a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" spc="10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>1.</a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" spc="5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>Вступ.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="20" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>Поняття</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="25" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-15" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>про</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="20" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-30" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>кінезіотейпування.</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="2000" dirty="0" smtClean="0">
-              <a:latin typeface="Microsoft Sans Serif"/>
               <a:cs typeface="Microsoft Sans Serif"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="480"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-40" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>Тема</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t> 2.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-10" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>Історія</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-30" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>кінезіотейпування. Механізм</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="10" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="25" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>дії</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="15" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-30" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>кінезіотейпування</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="15" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>на</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="10" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-30" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
                 <a:cs typeface="Microsoft Sans Serif"/>
               </a:rPr>
               <a:t>організм. </a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="2000" dirty="0" smtClean="0">
-              <a:latin typeface="Microsoft Sans Serif"/>
               <a:cs typeface="Microsoft Sans Serif"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="128270" indent="-978535">
               <a:spcBef>
                 <a:spcPts val="5"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
-[...62 lines deleted...]
-              <a:t>.</a:t>
+                <a:cs typeface="Microsoft Sans Serif"/>
+              </a:rPr>
+              <a:t>Тема 3. Кінезіотейпи: види, характеристика, основні  принципи роботи. Основні правила нанесення кінезіотейпів.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="12700">
               <a:spcBef>
                 <a:spcPts val="480"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
-[...3 lines deleted...]
-            </a:r>
+                <a:cs typeface="Microsoft Sans Serif"/>
+              </a:rPr>
+              <a:t>Тема 4. Показання та протипоказання  до кінезіотейпування</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="12700" marR="184785"/>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
-[...3 lines deleted...]
-            </a:r>
+                <a:cs typeface="Microsoft Sans Serif"/>
+              </a:rPr>
+              <a:t>Тема 5. Техніки кінезіотейпування.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="12700" marR="184785"/>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
-[...63 lines deleted...]
-            </a:endParaRPr>
+                <a:cs typeface="Microsoft Sans Serif"/>
+              </a:rPr>
+              <a:t>Тема 6. Техніки тейпування при травмах верхніх кінцівок.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
-[...42 lines deleted...]
-              <a:t>.</a:t>
+                <a:cs typeface="Microsoft Sans Serif"/>
+              </a:rPr>
+              <a:t>Тема 7. Техніки тейпування при травмах нижніх кінцівок.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
-[...22 lines deleted...]
-              <a:t>нестабільності суглобів.</a:t>
+                <a:cs typeface="Microsoft Sans Serif"/>
+              </a:rPr>
+              <a:t>Тема 8. Техніки тейпування при нестабільності суглобів.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Microsoft Sans Serif"/>
-[...22 lines deleted...]
-              <a:t> техніки тейпування</a:t>
+                <a:cs typeface="Microsoft Sans Serif"/>
+              </a:rPr>
+              <a:t>Тема 9. Лімфодренажні техніки тейпування</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="2000" spc="-5" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
-              <a:latin typeface="Microsoft Sans Serif"/>
               <a:cs typeface="Microsoft Sans Serif"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -4533,82 +3761,82 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Module</Template>
   <TotalTime></TotalTime>
-  <Words>335</Words>
+  <Words>337</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (16:9)</PresentationFormat>
-  <Paragraphs>33</Paragraphs>
+  <Paragraphs>35</Paragraphs>
   <Slides>7</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Кінезіологічне тейпування у фітнесі</vt:lpstr>
       <vt:lpstr>Викладач: Кальонова Ірина Валентинівна, к.мед.н. доцент кафедри терапії та реабілітації  </vt:lpstr>
       <vt:lpstr>Анотація дисципліни</vt:lpstr>
-      <vt:lpstr>Передумови для вивчення дисципліни</vt:lpstr>
+      <vt:lpstr>Пререквізити для вивчення дисципліни</vt:lpstr>
       <vt:lpstr>Мета дисципліни</vt:lpstr>
       <vt:lpstr>Очікувані результати навчання</vt:lpstr>
       <vt:lpstr>Інформаційний обсяг навчальної  дисципліни</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ОСНОВИ КІНЕЗІОЛОГІЧНОГО ТЕЙПУВАННЯ</dc:title>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">