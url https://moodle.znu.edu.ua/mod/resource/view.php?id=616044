--- v0 (2025-11-01)
+++ v1 (2026-03-18)
@@ -75,141 +75,199 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>1. Сучасні погляди на тейпування в спорті.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Завдання та цілі застосування тейпів та </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Завдання та цілі застосування </w:t>
+      </w:r>
+      <w:r w:rsidR="000F32F6">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">традиційних </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тейпів </w:t>
+      </w:r>
+      <w:r w:rsidR="000F32F6">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у спорті</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRDefault="0007524C" w:rsidP="00712863">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Відмінність тейпування та кінезіотейпування.</w:t>
+        <w:t>Відмінність тейп</w:t>
+      </w:r>
+      <w:r w:rsidR="000F32F6">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>кінезіотейп</w:t>
+      </w:r>
+      <w:r w:rsidR="000F32F6">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC0781" w:rsidRDefault="0007524C" w:rsidP="00FC0781">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4. О</w:t>
       </w:r>
       <w:r w:rsidRPr="0007524C">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>сновні фізіологічні ефекти кінезіотейпу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRDefault="00712863" w:rsidP="00FC0781">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC0781" w:rsidRPr="00FC0781" w:rsidRDefault="00712863" w:rsidP="00FC0781">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="000F32F6" w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Сучасні погляди на тейпування в спорті.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F32F6">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Сучасні тенденції розвитку</w:t>
       </w:r>
       <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>фізичної культури і спорту</w:t>
       </w:r>
       <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> із зростанням</w:t>
       </w:r>
@@ -930,115 +988,125 @@
         <w:t>разом з іншими видами терапії, наприклад, кріотерапією,</w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>гідротерапією, масажем та електростимуляцією.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRDefault="00712863" w:rsidP="002141E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
+    <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
+      <w:r w:rsidR="000F32F6" w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Завдання та цілі застосування традиційних тейпів у спорті.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F32F6">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Довгий час у практиці спорту для профілактики та лікування травм</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>застосовувалися різні пов'язки, еластичні бинти, різноманітні</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">підтримуючі та </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>зміцнюючі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t>бандажі та с</w:t>
+        <w:t xml:space="preserve"> бандажі та с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>порти</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>різноманітні за функціональним</w:t>
       </w:r>
@@ -1174,1566 +1242,1556 @@
         </w:rPr>
         <w:t>порти для</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">попереку </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тощо</w:t>
       </w:r>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...155 lines deleted...]
-        <w:t xml:space="preserve"> призначення.</w:t>
+        <w:t>. Завдання та цілі застосування тейпів у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> спорті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00712863">
-[...4 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>кінезіотейпів</w:t>
+        <w:t>Тейп</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> у</w:t>
-[...11 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у перекладі з англійської означає стрічка, а в нашому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>розумінні це лейкопластир, який спеціально розроблений для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>застосування у спортивній практиці. У нього хороша клейова основа,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>завдяки якій пластирна пов'язка добре тримається весь час</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тренування або змагання на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>затейпірованій</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ділянці опорно-рухового апарату.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Звідси всяке бинтування </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>лейкопластирем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і називається</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпуванням</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>На сьогодні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ця методика </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">залишається </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>широк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>поширен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у спортивній практиці, завоювавши заслужений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>авторитет не тільк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и у лікарів та масажистів, а й </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>тренерів та спортсменів.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Тейп</w:t>
+        <w:t>Тейпування</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...206 lines deleted...]
-        <w:t>тренерів та спортсменів.</w:t>
+        <w:t xml:space="preserve"> застосовується у таких випадках:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> застосовується у таких випадках:</w:t>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>1. Для тимчасового чи постійного закриття ран</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1. Для тимчасового чи постійного закриття ран</w:t>
+        <w:t>2. Для утримання бандажів та пов'язок</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>2. Для утримання бандажів та пов'язок</w:t>
+        <w:t xml:space="preserve">3. Для профілактики </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>травм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зв'язкового</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>апарату</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. Для профілактики </w:t>
-[...29 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>4. Для профілактики розвитку перенапруги та</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хронічного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>мікротравматичного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в структурах ОРА.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00712863">
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> в структурах ОРА.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. Для підвищення функціональних можливостей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ослаблених відділів опорно-рухового</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">апарату (наприклад, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>нестабільність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гомілковостопн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суглоба).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> суглоба).</w:t>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>У період гострих травм тейпування застосовується як засіб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>тимчасової іммобілізації</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>суглоба, суглобов</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ої</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> капсул</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>зв'яз</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ці</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> або інши</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>х структур</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, пов'язани</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>х із суглобом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, а</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>також для щільної фіксації лікарських мазей та розтирок на</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>пошкоджен</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ділянк</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> опорно-рухового апарату.</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Така допомога</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нада</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ється дуже вибірково та спрямовано, конкретній ділянці</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>суглоба (наприклад, якщо необхідно підтримати лише власну</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>зв'язку надколінка або зафіксувати надколінок у визначеній</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">позиції </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>тощо).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>У період гострих травм тейпування застосовується як засіб</w:t>
-[...209 lines deleted...]
-        <w:t>тощо).</w:t>
+        <w:t>Правильно накладений тейп практично не заважає спортсмену</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>тренуватися або брати участь у змаганні, полегшуючи значн</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ою мірою </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>робот</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пошкодженої ланки опорно-рухового апарату,</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дає можливість зберігати та підтримувати спортивну форму.</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Можливе тейпування суглоба в цілому, а також його окремих</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>елементів з використанням такої схеми тейпування,</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>яка дозвол</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>яє тренуватися в повному обсязі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. Основним критерієм якості</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00712863">
+    <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00126FC3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">накладання тейпу є суб'єктивні відчуття спортсмена. </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>кщо спортсмен відчуває дискомфорт чи незручність у рухах, чи</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">надмірну щільність у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>затейпованій</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ділянці, то </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>необхідно</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видаляти накладений тейп та переробляти </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">його </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з урахуванням зауважень</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">спортсмена. Але так необхідно </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>робити</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, якщо до цього, у своїй</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>підготовці спортсмен використовував тейпування та знайомий з</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>відчуттями, що виникають під час виконання ним</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>професійної діяльності А якщо спортсмену вперше у його</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>практиці застосовується тейпування, йому необхідно пояснити</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>відчуття, які можуть виникнути при його «експлуатації»,</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">попросити спортсмена розім'ятися з накладеним </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і тільки після</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">розминки вирішувати залишати чи переробляти </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC0781" w:rsidRDefault="00712863" w:rsidP="00126FC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...24 lines deleted...]
-        <w:t>робот</w:t>
+        <w:t>Порівняно з різними стандартними</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>с</w:t>
       </w:r>
       <w:r w:rsidR="00126FC3">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пошкодженої ланки опорно-рухового апарату,</w:t>
-[...59 lines deleted...]
-        <w:t>. Основним критерієм якості</w:t>
+        <w:t>портами, що виробляються з</w:t>
+      </w:r>
+      <w:r w:rsidR="002141E0">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">різних матеріалів </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та можуть містити </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>металев</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>пластиков</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і вставк</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и, що посилюють конструктивно ці вироби</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, тейпування є більш фізіологічним методом фіксації</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> накладається безпосередньо по</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конфігурації саме даної ділянки опорно-рухового апарату, що </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпується</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>конкретного спортсмена та з урахуванням його</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>індивідуальних відчуттів та побажань. При накладанні систем</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпування можливі різні варіації конструктивного посилення</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>цих систем, а також різн</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сил</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> їх натягу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00712863" w:rsidRPr="00712863" w:rsidRDefault="00712863" w:rsidP="00126FC3">
-[...210 lines deleted...]
-    <w:p w:rsidR="00FC0781" w:rsidRPr="00FC0781" w:rsidRDefault="00712863" w:rsidP="00126FC3">
+    <w:p w:rsidR="000F32F6" w:rsidRDefault="000F32F6" w:rsidP="000F32F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00712863">
-[...5 lines deleted...]
-      <w:r w:rsidR="00126FC3">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Потрібно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> звернути увагу, що ці способи підтримки травмованих або</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>перевантажених ділянок опорно-рухового апарату, крім позитивних мають ще й</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>негативні сторони. Так застосування еластичних бинтів і</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
-      <w:r w:rsidR="00126FC3">
+      <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>портами, що виробляються з</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidR="00126FC3">
+        <w:t>портів створює ефект стягування всієї ділянки опорно-рухового апарату, що обмежує функції не тільки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>пошкоджених, а й здорових тканин. Тому й з'явилась</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>необхідність часткової або локальної іммобілізації або</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> виключення </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з роботи травмованих або </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">неповноцінних </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>фрагментів опорно-рухового апарату, а також перевантажених</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>навантаженням суглобів</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, зв'язок, сухожиль та м'язів </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
-[...35 lines deleted...]
-      <w:r w:rsidR="00126FC3" w:rsidRPr="00126FC3">
+      <w:r w:rsidRPr="00712863">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>збереженням активності здорових сегментів ОРА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712863">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...110 lines deleted...]
-        <w:t xml:space="preserve"> їх натягу.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712863" w:rsidRDefault="00712863" w:rsidP="002141E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0007524C" w:rsidRPr="00FC0781" w:rsidRDefault="0007524C" w:rsidP="0007524C">
+    <w:p w:rsidR="0007524C" w:rsidRPr="000F32F6" w:rsidRDefault="0007524C" w:rsidP="000F32F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Що відрізняє тейпи </w:t>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Що відрізняє тейпи </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FC0781">
-        <w:rPr>
+      <w:r w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Kinesio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FC0781">
-        <w:rPr>
+      <w:r w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FC0781">
-        <w:rPr>
+      <w:r w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Tex</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FC0781">
-        <w:rPr>
+      <w:r w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FC0781">
-        <w:rPr>
+      <w:r w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Tape</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> від інших тейпів?</w:t>
+      <w:r w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (КТТ) від інших тейпів?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007524C" w:rsidRPr="00805660" w:rsidRDefault="0007524C" w:rsidP="0007524C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00805660">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">КТТ складається з </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00805660">
         <w:rPr>
@@ -2926,304 +2984,328 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007524C" w:rsidRDefault="0007524C" w:rsidP="0007524C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Велика економічність, одного рулону вистачає а 8-10 застосувань.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007524C" w:rsidRDefault="0007524C" w:rsidP="0007524C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Може застосовуватись в будь-якому віковому діапазоні.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00712863" w:rsidRDefault="00712863" w:rsidP="0007524C">
+    <w:p w:rsidR="00712863" w:rsidRPr="000F32F6" w:rsidRDefault="00712863" w:rsidP="0007524C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0007524C" w:rsidRDefault="0007524C" w:rsidP="002141E0">
+    <w:p w:rsidR="000F32F6" w:rsidRPr="000F32F6" w:rsidRDefault="0007524C" w:rsidP="000F32F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidR="000F32F6" w:rsidRPr="000F32F6">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Основні фізіологічні ефекти кінезіотейпу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0007524C" w:rsidRDefault="00FC0781" w:rsidP="002141E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Метод тейпування </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Kinesio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Taping</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> полягає у накладенні</w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">тейпів </w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>на м’язи з урахуванням їх анатомічного розташування</w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> для зменшення болю та запалення,</w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">розслаблення перенапружених м'язів, </w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>або для</w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> підтримки </w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">м'язів </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>24 години</w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>добу. Даний метод не перешкоджає руху та дозволяє</w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">продовжувати тренування </w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> звичайному</w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>режимі</w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Крім того, тейпи </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Kinesio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">призначені для терапії широкого спектру </w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">патологій </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>від головного болю до</w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>лікуван</w:t>
       </w:r>
       <w:r w:rsidR="002141E0">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ня болю в нижній частині спини</w:t>
       </w:r>
-      <w:r w:rsidR="00FC0781" w:rsidRPr="00FC0781">
+      <w:r w:rsidRPr="00FC0781">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007524C" w:rsidRDefault="0007524C" w:rsidP="0007524C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>О</w:t>
       </w:r>
       <w:r w:rsidRPr="0007524C">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -4117,58 +4199,60 @@
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00FC0781"/>
     <w:rsid w:val="0007524C"/>
+    <w:rsid w:val="000F32F6"/>
     <w:rsid w:val="00126FC3"/>
     <w:rsid w:val="00130C43"/>
     <w:rsid w:val="002141E0"/>
     <w:rsid w:val="00373D98"/>
     <w:rsid w:val="003F2605"/>
     <w:rsid w:val="00712863"/>
     <w:rsid w:val="00720A17"/>
     <w:rsid w:val="00805660"/>
+    <w:rsid w:val="00B023B0"/>
     <w:rsid w:val="00C44746"/>
     <w:rsid w:val="00FC0781"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -4655,69 +4739,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1224</Words>
-  <Characters>6978</Characters>
+  <Words>1230</Words>
+  <Characters>7014</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>58</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>DG Win&amp;Soft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8186</CharactersWithSpaces>
+  <CharactersWithSpaces>8228</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Home</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>