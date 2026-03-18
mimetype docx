--- v0 (2025-11-01)
+++ v1 (2026-03-18)
@@ -1,4070 +1,6973 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00837D37" w:rsidRPr="00092038" w:rsidRDefault="003B1B95" w:rsidP="00092038">
-      <w:pPr>
+    <w:p w14:paraId="22FE90C3" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="0F1115"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Просторова техніка в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="0F1115"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>кінезіотейпуванні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...33 lines deleted...]
-        <w:t>.</w:t>
+          <w:bCs/>
+          <w:color w:val="0F1115"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00092038" w:rsidRPr="00092038" w:rsidRDefault="00092038" w:rsidP="00092038">
-      <w:pPr>
+    <w:p w14:paraId="1B045006" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00092038" w:rsidRPr="00092038" w:rsidRDefault="00092038" w:rsidP="00092038">
-      <w:pPr>
+    <w:p w14:paraId="0F7EBF17" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="00FA10EA" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>1. Аплікації різних видів тейпу.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D2039" w:rsidRPr="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Просторова техніка</w:t>
+      </w:r>
+      <w:r w:rsidR="008D2039" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="008D2039" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>це специфічний метод аплікації, спрямований на декомпресію тканин. Якщо м’язові техніки працюють з тонусом, а зв’язкові — зі стабільністю, то просторова техніка працює з об’ємом та тиском.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D2039" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D2039" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основна мета – створення додаткового </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D2039" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>міжтканинного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D2039" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> простору між дермою, гіподермою, фасцією та м’язами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00092038" w:rsidRPr="00092038" w:rsidRDefault="00092038" w:rsidP="00092038">
-      <w:pPr>
+    <w:p w14:paraId="0C757EB8" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...51 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Головна відмінність від м’язової/зв’язкової техніки. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У м’язових техніках </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тейп накладається </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>сліду</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ючи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за анатомією м’яза. У просторовій техніці фокус</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> йде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">епіцентр </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>патології (біль, набряк, гематома). Ми не обмежуємо рух і не стимулюємо скорочення; ми створюємо ліфт</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>инг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-ефект, піднімаючи тканини вгору, що візуально проявляється утворенням </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>хвиль</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> або складки шкіри під </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00092038">
-[...47 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00092038" w:rsidRPr="00092038" w:rsidRDefault="00092038" w:rsidP="00092038">
-      <w:pPr>
+    <w:p w14:paraId="128B1683" w14:textId="77777777" w:rsidR="00426A37" w:rsidRPr="00836244" w:rsidRDefault="00426A37" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...53 lines deleted...]
-      </w:r>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00092038" w:rsidRPr="00092038" w:rsidRDefault="00092038" w:rsidP="00092038">
-      <w:pPr>
+    <w:p w14:paraId="7CEB65DF" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> Використовується на м'язах, що проходять через 2 суглоби, які значно змінюють свою довжину на тлі скорочення. Необхідна довжина смужки визначається на розтягнутому м'язі. Натяг створюється на середній третині смужки, яка наклеюється на черевце м'яза, «хвости» наклеюються без натягу.</w:t>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>2. Біомеханіка та фізіологічний ефект</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00092038" w:rsidRPr="00092038" w:rsidRDefault="00092038" w:rsidP="00092038">
-      <w:pPr>
+    <w:p w14:paraId="6DB00462" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Коли ми наклеюємо квадрат або Х-подібну смужку з натягом периферії та вільним центром, відбуваються наступні ефекти:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A524DB" w14:textId="77777777" w:rsidR="00836244" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00FA10EA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Зниження тиску</w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Оскільки центр тейпу при просторовій техніці наклеюється з нульовим натягом, а робочі зони з натягом підіймають шкіру периферії, над больовою точкою утворюється простір, де різко знижується механічний тиск на больові рецептори та відновлюється капілярний кровотік у раніше </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ішемізованій</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зоні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E83A5C6" w14:textId="77777777" w:rsidR="008D4446" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00FA10EA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Декомпресія больових рецепторів за рахунок зменшення тиску, що суттєво знижує больовий синдром.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Больові рецептори у зоні запалення зазвичай здавлені набряком. Зменшення тиску звільняє їх, що призводить до швидкого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>анальгетичного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ефекту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7B69F5" w14:textId="77777777" w:rsidR="00836244" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00FA10EA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дренажний ефект. </w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00092038">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Навіть якщо візуально гематоми немає, у зоні болю завжди присутній </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00092038">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мікронабряк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> При аплікації м'яз повинен перебувати у розтягнутому стані. Для лімфатичної корекції використовується 0-15% натяг на «хвостах» віялоподібної смужки, яка наклеюється над областю набряку, а основа смужки – в області лімфатичного колектора.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Підняття епідермісу та р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ізниця тисків </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">відкриває просвіт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>мікрокапілярів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та початкових лімфатичних судин, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">спрямовує лімфу та надлишкову </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>інтерстиціальну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рідину з центральної зони в периферію, де проходять лімфатичні шляхи</w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що сприяє </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>активно</w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>му</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дренажу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00092038" w:rsidRPr="00092038" w:rsidRDefault="00092038" w:rsidP="00092038">
-      <w:pPr>
+    <w:p w14:paraId="089CAB5B" w14:textId="77777777" w:rsidR="00836244" w:rsidRPr="00836244" w:rsidRDefault="008D4446" w:rsidP="00FA10EA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Відновлення </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>фасціального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ковзання. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6FC6" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важливо розуміти, що шкіра над тригерною точкою </w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при накладеному тейпу </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6FC6" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>перебуває у стані постійного контрольованого підйому, завдяки чому фасція отримує можливість розслабитися без зовнішнього примусового натягу, а больовий цикл «спазм-ішемія-біль-спазм» розривається у точці максимального тиску на нервові закінчення</w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D66833E" w14:textId="77777777" w:rsidR="00CE6FC6" w:rsidRPr="00836244" w:rsidRDefault="00836244" w:rsidP="00FA10EA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6FC6" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">микається механізм </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зворотного контролю болю. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6FC6" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ейп</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6217">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE6FC6" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при взаємодії зі шкірою </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6FC6" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постійно стимулюють тактильні рецептори шкіри, і ці сигнали досягають спинного мозку швидше за больові, фактично </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>перекриваючі шлях</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6FC6" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для проходження больових імпульсів. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C5E2C6" w14:textId="77777777" w:rsidR="00426A37" w:rsidRPr="00836244" w:rsidRDefault="00426A37" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00092038" w:rsidRPr="00092038" w:rsidRDefault="00092038" w:rsidP="00092038">
-      <w:pPr>
+    <w:p w14:paraId="2299AC82" w14:textId="77777777" w:rsidR="008D4446" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> Почніть з отвору в центрі 8-дюймової I-подібної смужки, кожен з кінців якої на глибину на 2 дюйми по довжині, розріжте на 2-3 хвоста. Попросіть пацієнта здійснити рух у суглобі в максимально можливому обсязі, створіть 25-50 % натяг на смужці і наклейте її отвором безпосередньо на зону впливу. При використанні кількох смужок зменшуйте ступінь натягу кожної з них.</w:t>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>араметри натягу</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> У просторовій техніці вкрай важливо дотримуватися градації натягу, оскільки помилка може призвести до зворотного ефекту (компресії).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00092038" w:rsidRPr="00092038" w:rsidRDefault="00092038" w:rsidP="00092038">
-      <w:pPr>
+    <w:p w14:paraId="7C7BC440" w14:textId="77777777" w:rsidR="008D4446" w:rsidRPr="00836244" w:rsidRDefault="008D4446" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Центральна частина (</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Центр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – 0%. Це зона над осередком болю або центром гематоми. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> просто кладеться на шкіру. Якщо тут дати натяг, ви притиснете тканини до кістки, посилюючи ішемію.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008F7573" w:rsidRDefault="00092038" w:rsidP="008F7573">
-      <w:pPr>
+    <w:p w14:paraId="3324C0F7" w14:textId="77777777" w:rsidR="008D4446" w:rsidRPr="00836244" w:rsidRDefault="008D4446" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Клінічне використання </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Робоча зона (терапевтична зона) – 25–50% (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008F7573" w:rsidRPr="008F7573">
-[...6 lines deleted...]
-        <w:t>кінезіотейпінгу</w:t>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>макс</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008F7573" w:rsidRPr="008F7573">
-[...111 lines deleted...]
-        <w:t xml:space="preserve"> визначає необхідність та черговість використання цих методик.</w:t>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>. 75%). Натяг виконується від центру до периферії. Саме ця сила збирає шкіру до центру, створюючи складку. Для обличчя та чутливих зон використовуємо 15–25%, для великих м’язів та гематом – 50%.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F7573" w:rsidRDefault="008F7573" w:rsidP="008F7573">
-      <w:pPr>
+    <w:p w14:paraId="240B84FF" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D4446" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кінці – 0%. Останні </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>1-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">см тейпу завжди клеяться без натягу для запобігання відклеюванню та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>нейрорецепторному</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подразненню шкіри.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F9E621" w14:textId="77777777" w:rsidR="00836244" w:rsidRDefault="00836244" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008F7573" w:rsidRPr="008F7573" w:rsidRDefault="008F7573" w:rsidP="008F7573">
-      <w:pPr>
+    <w:p w14:paraId="55FE625E" w14:textId="77777777" w:rsidR="00B93500" w:rsidRPr="00B93500" w:rsidRDefault="00B93500" w:rsidP="00B93500">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>4. Позиціонування.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Вибір положення тіла залежить від мети аплікації</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B109CF2" w14:textId="77777777" w:rsidR="00602331" w:rsidRDefault="00B93500" w:rsidP="00602331">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Хронічний біль, тригерні точки</w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Тканини в зоні аплікації мають бути максимально розтягнуті.</w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Після наклеювання тейпа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>людина повертається у звичн</w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е положення </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і тейп збирає </w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шкіру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>в складки.</w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>При болю в попереку пацієнт максимально нахиляється вперед.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6761BFDC" w14:textId="77777777" w:rsidR="00B93500" w:rsidRDefault="00602331" w:rsidP="00602331">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B93500" w:rsidRPr="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Гостра</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93500" w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">равма, гематома, сильний набряк. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B93500" w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Тканини в зоні аплікації мають бути в нейтральному або злегка розтягнутому положенні.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1951"/>
+        <w:gridCol w:w="1624"/>
+        <w:gridCol w:w="3621"/>
+        <w:gridCol w:w="2659"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00602331" w14:paraId="3080F908" w14:textId="77777777" w:rsidTr="000E6217">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0A53DC" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма тейпу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="233FD8D8" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Положення тіла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3621" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="636E999A" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Натяг тейпу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2659" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25079F8F" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Коли застосовуємо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00602331" w14:paraId="61ED515D" w14:textId="77777777" w:rsidTr="000E6217">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EDE77B4" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Цільний квадрат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A31F64" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нейтральне </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3621" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F8017D" w14:textId="77777777" w:rsidR="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="305E0129" w14:textId="77777777" w:rsidR="000E6217" w:rsidRPr="00602331" w:rsidRDefault="000E6217" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E6217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>При свіжих травмах з високим ризиком вторинного крововиливу натяг краще знизити до 30–40%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2659" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="215F5930" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Велик</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>а свіжа гематома на стегні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00602331" w14:paraId="0899183A" w14:textId="77777777" w:rsidTr="000E6217">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68574F33" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Х-подібна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78863F60" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Максимально розтягнуте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3621" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="513A3CA3" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2659" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42350F4F" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Біль у коліні, лікті, плечі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00602331" w14:paraId="234290D3" w14:textId="77777777" w:rsidTr="000E6217">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74432A54" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зірочка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBBE0BC" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Помірне розтягнення</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3621" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A96ED3" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2659" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000D8F64" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Локальна точка болю, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тригер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00602331" w14:paraId="60024112" w14:textId="77777777" w:rsidTr="000E6217">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBAA98C" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кошик / Пончик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53073E7E" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нейтральне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3621" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57F5516C" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15-25%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2659" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79417A6B" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00602331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Навколо набряку суглоба </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="51874673" w14:textId="77777777" w:rsidR="00B93500" w:rsidRPr="00B93500" w:rsidRDefault="00B93500" w:rsidP="00B93500">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DA68DBB" w14:textId="77777777" w:rsidR="00836244" w:rsidRPr="00FA10EA" w:rsidRDefault="00602331" w:rsidP="00FA10EA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>. Класифікація аплікацій просторової техніки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0998249D" w14:textId="77777777" w:rsidR="00FA10EA" w:rsidRDefault="00836244" w:rsidP="00FA10EA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>У просторовій техніці форма тейпу обирається залежно від площ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>і ураження та анатомічної зони.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC1612B" w14:textId="77777777" w:rsidR="00FA10EA" w:rsidRDefault="00836244" w:rsidP="00FA10EA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>1. Цільний квадрат (або I-смужка)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Це найпростіша техніка «одного пластиру». Використовується широкий тейп, який наклеюється цільним шматком.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Створює єдиний </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>декомпресійний купол</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> над травмою.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гематоми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, гострі локальні забої, невеликі набряки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B98910" w14:textId="77777777" w:rsidR="00FA10EA" w:rsidRDefault="00836244" w:rsidP="00FA10EA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>2. Х-подібна техніка</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> розрізається з обох кінців, залишаючи цілою середину (приблизно 4-5 см).</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Центр піднімає тканини</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> над епіцентром болю, а чотири промені</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дозволяють шкірі вільно рухатися під час згинання кінцівки.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Зони великих суглобів, де потрібна рухливість</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, для з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>неболення без обмеження амплітуди рухів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CBE782" w14:textId="77777777" w:rsidR="00602331" w:rsidRPr="00602331" w:rsidRDefault="00FA10EA" w:rsidP="00602331">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>3. Техніка «Зір</w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ка»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Це накладання 3-4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">неоднакових </w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>вузьких смужок одна на одну в одній точці.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00602331" w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Смужки накладаються одна на одну під кутом 45° або 90°.</w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00602331" w:rsidRPr="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перша смужка клеїться з максимальним натягом (до 75%), вона створить базовий купол. Друга </w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00602331" w:rsidRPr="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з меншим (50%), третя </w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00602331" w:rsidRPr="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30–40%. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>У місці перетину всіх смужок створюється найсильніший вакуумний ефект.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B93500" w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кожна наступна смужка підсилює підйом попередньої. </w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Смужки не</w:t>
+      </w:r>
+      <w:r w:rsidR="00602331" w:rsidRPr="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мають бути однако</w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>вими – ц</w:t>
+      </w:r>
+      <w:r w:rsidR="00602331" w:rsidRPr="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>е дозволяє розподілити навантаження</w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00602331" w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93500" w:rsidRPr="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>е рекомендується використовувати більше 4-х смужок</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Максимально гострий </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і при цьому локальний біль, </w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тригерні т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>очки</w:t>
+      </w:r>
+      <w:r w:rsidR="00836244" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, глибокі гематоми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A7D1EA6" w14:textId="77777777" w:rsidR="00602331" w:rsidRDefault="00602331" w:rsidP="00602331">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>При наклеюванні «Зірки» пацієнт може відчути печіння або пульсацію в перші 5 хвилин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0D9787" w14:textId="1A67F925" w:rsidR="00602331" w:rsidRDefault="00836244" w:rsidP="000E6217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Техніка «Кошик» </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– квадрат з ліній. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Накладання 4-х окремих I-смужок у формі решітки.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6217" w:rsidRPr="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мужки клеяться </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6217" w:rsidRPr="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на набряк, а навколо нього, відступаючи 1–1</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6217" w:rsidRPr="00602331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>5 см від видимого краю. Смужки мають перетинатися під кутом 90°, але не обов'язково клеїти їх одна на одну в місці перетину. В «Кошику» вони лише створюють сітку, центр може залишатися вільним.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Смужки оточують зону патології, піднімаючи тканини по периметру та в центрі одночасно.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Великі зони набряку, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>навколосуглобові</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сумки</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>(с</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>творення великого простору для дренажу рідини</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, захист кісткових виступів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CDC1ED" w14:textId="616EC5F8" w:rsidR="003248BF" w:rsidRPr="00602331" w:rsidRDefault="003248BF" w:rsidP="000E6217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>!!!! Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003248BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ехніка «Кошик» не має центру в розумінні точки над патологією. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003248BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мужки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в цій техніці </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003248BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>кле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003248BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ться навколо набряку, тому правило «центр – 0%» до них не застосовується </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003248BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>0%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> натягу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003248BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>застосовується</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003248BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на кінцях, а натяг рівномірний по всій довжині.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D7AEBFC" w14:textId="77777777" w:rsidR="00836244" w:rsidRPr="00836244" w:rsidRDefault="00836244" w:rsidP="00FA10EA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>5. Техніка «Пончик»</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ільний квадрат, у центрі якого вирізається овал або коло.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FA10EA" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> розтягує шкіру від центру до периферії, залишаючи саму вершину кістки або рани відкритою.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Колінна чашечка, ліктьовий відросток, зони, де прямий тиск на шкіру небажаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FBC097F" w14:textId="77777777" w:rsidR="008D4446" w:rsidRPr="00836244" w:rsidRDefault="008D4446" w:rsidP="00FA10EA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BC53D01" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00FA10EA" w:rsidRDefault="00602331" w:rsidP="00FA10EA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="008D2039" w:rsidRPr="00FA10EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Показання та протипоказання </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C2308D" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Гематоми м'яких тканин, особливо на стадії організації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CCD34F7" w14:textId="77777777" w:rsidR="008D4446" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Закриті забої з набряком.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0775B3DD" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кісткові виступи (щиколотка, лікоть, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>надколінник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>) – для захисту від повторного удару</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (тейп бере на себе частину механічного навантаження при контактних видах спорту).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4981C761" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Додаткові показання:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12CAA085" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F7573">
-[...6 lines deleted...]
-        <w:t>Kinesio</w:t>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Гіпертонус</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F7573">
-[...4 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м'язів (розслаблення через розтягнення фасції)</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F7573">
-[...6 lines deleted...]
-        <w:t>Tex</w:t>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>люмбалгія</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F7573">
-[...44 lines deleted...]
-        <w:t>розтягнення пластиру в момент аплікації і тиском, що додається досередини.</w:t>
+      <w:r w:rsidR="008D4446" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, тригерні точки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F7573" w:rsidRPr="008F7573" w:rsidRDefault="008F7573" w:rsidP="008F7573">
-      <w:pPr>
+    <w:p w14:paraId="027CBE59" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Рубці (підняття рубця над рівнем шкіри для розсмоктування).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="069F205F" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Лімфостаз (легкі форми).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A98D4B" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>Три найбільш використовувані варіанти цієї техніки:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Протипоказання:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F7573" w:rsidRPr="008F7573" w:rsidRDefault="008F7573" w:rsidP="008F7573">
-      <w:pPr>
+    <w:p w14:paraId="009E4A3C" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>1) з використанням основи Y-подібної смужки для створення натягу.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Відкриті рани в центрі аплікації.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F7573" w:rsidRPr="008F7573" w:rsidRDefault="008F7573" w:rsidP="008F7573">
-      <w:pPr>
+    <w:p w14:paraId="53929BC7" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>2) з використанням "хвостів" Y-подібної смужки для генерації натягу.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Тромбо</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>флебіт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вен (посилення кровотоку може бути шкідливим).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F7573" w:rsidRPr="008F7573" w:rsidRDefault="008F7573" w:rsidP="008F7573">
-      <w:pPr>
+    <w:p w14:paraId="3A6EF76D" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>3) з використанням натягу центральної частини І-подібної смужки.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Індивідуальна непереносимість.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F7573" w:rsidRPr="008F7573" w:rsidRDefault="008F7573" w:rsidP="008F7573">
-[...1456 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="4E16DAED" w14:textId="77777777" w:rsidR="00426A37" w:rsidRPr="00836244" w:rsidRDefault="00426A37" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00214A87" w:rsidRPr="008E54AB" w:rsidRDefault="00214A87" w:rsidP="008E54AB">
-[...180 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="5DD99721" w14:textId="77777777" w:rsidR="00426A37" w:rsidRPr="00836244" w:rsidRDefault="00426A37" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F87AF71" w14:textId="77777777" w:rsidR="00426A37" w:rsidRPr="00836244" w:rsidRDefault="00836244" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136275D1" w14:textId="77777777" w:rsidR="00426A37" w:rsidRPr="00836244" w:rsidRDefault="00426A37" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="434E9ED4" w14:textId="77777777" w:rsidR="00426A37" w:rsidRPr="00836244" w:rsidRDefault="00FA10EA" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3004EE" w14:textId="77777777" w:rsidR="007B3A9C" w:rsidRPr="00836244" w:rsidRDefault="007B3A9C" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00214A87" w:rsidRPr="00092038" w:rsidRDefault="00214A87" w:rsidP="00092038">
-[...701 lines deleted...]
-    <w:sectPr w:rsidR="00205326" w:rsidRPr="00092038" w:rsidSect="00214A87">
+    <w:sectPr w:rsidR="007B3A9C" w:rsidRPr="00836244" w:rsidSect="00F27E55">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="850" w:right="850" w:bottom="850" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E643E37"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="19AAEC2A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="928"/>
+        </w:tabs>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1648"/>
+        </w:tabs>
+        <w:ind w:left="1648" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2368"/>
+        </w:tabs>
+        <w:ind w:left="2368" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3088"/>
+        </w:tabs>
+        <w:ind w:left="3088" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3808"/>
+        </w:tabs>
+        <w:ind w:left="3808" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4528"/>
+        </w:tabs>
+        <w:ind w:left="4528" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5248"/>
+        </w:tabs>
+        <w:ind w:left="5248" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5968"/>
+        </w:tabs>
+        <w:ind w:left="5968" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6688"/>
+        </w:tabs>
+        <w:ind w:left="6688" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F8E78C3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5204D9DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12DE0CB3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BDAE6634"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14746188"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CD8C218A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24CD7808"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="32B0DC64"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E0950D8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8A3C9C24"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="460034CF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2D0C7D4E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4748589F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="27B4A284"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="643C1A2E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FC74976A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75A45376"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="50C886A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00214A87"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00F93C15"/>
+    <w:rsidRoot w:val="00072292"/>
+    <w:rsid w:val="00072292"/>
+    <w:rsid w:val="000E6217"/>
+    <w:rsid w:val="003248BF"/>
+    <w:rsid w:val="00426A37"/>
+    <w:rsid w:val="00602331"/>
+    <w:rsid w:val="007B3A9C"/>
+    <w:rsid w:val="00836244"/>
+    <w:rsid w:val="008D2039"/>
+    <w:rsid w:val="008D4446"/>
+    <w:rsid w:val="00B169AF"/>
+    <w:rsid w:val="00B728F0"/>
+    <w:rsid w:val="00B93500"/>
+    <w:rsid w:val="00CE6FC6"/>
+    <w:rsid w:val="00F27E55"/>
+    <w:rsid w:val="00FA10EA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="uk-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4DC975B7"/>
+  <w15:docId w15:val="{88C59AA3-7C13-4AA0-93AD-0593220079CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00493503"/>
+    <w:rsid w:val="00F27E55"/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D2039"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="uk-UA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D2039"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:tblPr>
-[...7 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00426A37"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...7 lines deleted...]
-    <w:rsid w:val="00837D37"/>
+    <w:qFormat/>
+    <w:rsid w:val="00426A37"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
-  </w:style>
-[...174 lines deleted...]
-    <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008D2039"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008D2039"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ds-markdown-paragraph">
+    <w:name w:val="ds-markdown-paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:rsid w:val="008D2039"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D2039"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D2039"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00837D37"/>
+    <w:rsid w:val="008D2039"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D4446"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00426A37"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00426A37"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a7">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00602331"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...16 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="88626954">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="208689589">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="390349976">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="528494479">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="529535953">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1919359175">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="999696239">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="922106625">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1167553905">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1181895028">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="59015002">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="427771525">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1675565949">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1658148552">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="368915829">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="560480618">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1565876469">
+                      <w:blockQuote w:val="1"/>
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="240"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="12" w:space="11" w:color="ADB2B8"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1815100531">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1288044762">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1385904634">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1413426425">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1779594688">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1801873457">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2048942598">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="343899778">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="681859265">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Офіс">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Офіс">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>7118</Characters>
+  <Pages>4</Pages>
+  <Words>4459</Words>
+  <Characters>2543</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Home</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8350</CharactersWithSpaces>
+  <CharactersWithSpaces>6989</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>User</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Сергей Акулов</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>