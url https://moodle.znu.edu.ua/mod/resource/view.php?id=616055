--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -32,519 +32,332 @@
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Питання до заліку з </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>дисципліни</w:t>
       </w:r>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> «</w:t>
       </w:r>
+      <w:r w:rsidR="00067A80">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Кінезіотейпу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вання </w:t>
+      </w:r>
+      <w:r w:rsidR="00067A80">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у фітнесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00423845">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00423845">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Властивості кінезіологічного тейпа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00423845">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Кольори кінезіологічних тейпів і принципи роботи з ними. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00423845">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Показання та протипоказання до кінезіологічного тейпування. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00423845">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>4. Запобіжні заходи при роботі з те</w:t>
+      </w:r>
+      <w:r w:rsidR="0069672D">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00423845">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Підготовка шкіри до процедури кінезіологічного тейпування. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00423845">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Нанесення і видалення аплікації кінезіологічного тейпа. Основні види аплікацій і ступінь натягу тейпа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00423845">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Особливості методики м'язового </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00067A80">
-[...11 lines deleted...]
-        <w:t>вання</w:t>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>кинезіологічного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
-          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тейпування. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00423845">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Особливості застосування </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>коригуючих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технік та методики механічної корекція. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00423845">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>9. Застосування складних і комбінованих технік аплікацій в кінезіологічному тейпуванні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidR="00067A80">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00067A80">
-[...46 lines deleted...]
-      <w:r w:rsidRPr="00C36B40">
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кінезіологічне тейпування при розтягненні м'язів та </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>зв'язок шийного відділу хребта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00067A80" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...391 lines deleted...]
-        <w:t xml:space="preserve"> при</w:t>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Методика аплікації кінезіологічного тейпа при</w:t>
       </w:r>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00067A80" w:rsidRPr="00067A80" w:rsidRDefault="00C36B40" w:rsidP="00067A80">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -626,535 +439,351 @@
         </w:rPr>
         <w:t xml:space="preserve"> зчленування та нестабільності плечового суглоба. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кінезіологічне тейпування при запальних захворюваннях ліктьового суглобу та пошкодженні променево-зап'ясткового суглобу та кисті. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidR="00067A80">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особливості методики кінезіотейпування при нестабільності поперекового відділу хребта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>14.</w:t>
+      </w:r>
+      <w:r w:rsidR="00067A80">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методика аплікації кінезіологічного тейпа при пошкодженні м’язів стегна, передньої хрестоподібної зв’язки та </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Кінезіологічне</w:t>
+        <w:t>коксартрозі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тейпування при запальних захворюваннях ліктьового суглобу та пошкодженні променево-зап'ясткового суглобу та кисті. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>13.</w:t>
+        <w:t>15.</w:t>
       </w:r>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Особливості методики </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> при нестабільності поперекового відділу хребта. </w:t>
+        <w:t xml:space="preserve">Методика накладання кінезіологічного тейпа при переломах плеснових кісток, в наслідок забою стопи та пошкодженні зв'язок стопи. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>14.</w:t>
+        <w:t>16.</w:t>
       </w:r>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Методика аплікації </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C36B40">
+        <w:t xml:space="preserve">Кінезіологічне тейпування при деформаціях першого пальця стопи і гомілковостопного суглобу та при молотоподібній деформації пальців стопи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>17.</w:t>
+      </w:r>
+      <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Класифікація дитячих хвороб. Методи профілактики травм і захворювань в педіатрії.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>18.</w:t>
+      </w:r>
+      <w:r w:rsidR="00067A80">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особливості методики кінезіотейпування при </w:t>
+      </w:r>
+      <w:r w:rsidR="00067A80">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>діастазі прямих м’язів живота</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00067A80" w:rsidRDefault="00067A80" w:rsidP="00067A80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Методика накладання кінезіологічного тейпа при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> плоскостопості.  </w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>15.</w:t>
+        <w:t>20.</w:t>
       </w:r>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Методика накладання </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C36B40">
+        <w:t>Методика накладання кінезіологічного тейпа при</w:t>
+      </w:r>
+      <w:r w:rsidR="00067A80">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сколіозі хребта.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00067A80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>21.</w:t>
+      </w:r>
+      <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...315 lines deleted...]
-        <w:t xml:space="preserve"> при мі</w:t>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Принципи накладання кінезіологічного тейпа при мі</w:t>
       </w:r>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">жреберній невралгії, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>люмбалгії</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -1173,214 +802,156 @@
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кінезіологічне тейпування при невропатії ліктьового нерва та синдромі зап’ясткового каналу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00067A80">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00067A80">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C36B40">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принципи накладання кінезіологічного тейпа після </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Кінезіологічне</w:t>
+        <w:t>артроскопічної</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тейпування при невропатії ліктьового нерва та синдромі зап’ясткового каналу. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
+        <w:t xml:space="preserve"> операції на колінному суглобі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00130C43" w:rsidRPr="00C36B40" w:rsidRDefault="00C36B40" w:rsidP="00C36B40">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...102 lines deleted...]
-        <w:t>к</w:t>
+        <w:t xml:space="preserve"> Лімфодренажні техніки к</w:t>
       </w:r>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>інезіологічн</w:t>
       </w:r>
       <w:r w:rsidR="00067A80">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ого</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> тейпування. </w:t>
       </w:r>
       <w:r w:rsidR="00423845" w:rsidRPr="00C36B40">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00130C43" w:rsidRPr="00C36B40" w:rsidSect="00423845">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
@@ -1392,86 +963,86 @@
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00D3754F" w:rsidRDefault="00D3754F" w:rsidP="00054E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D3754F" w:rsidRDefault="00D3754F" w:rsidP="00054E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00D3754F" w:rsidRDefault="00D3754F" w:rsidP="00054E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -1585,94 +1156,96 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00423845"/>
     <w:rsid w:val="00054E1D"/>
     <w:rsid w:val="00067A80"/>
     <w:rsid w:val="00130C43"/>
+    <w:rsid w:val="00361050"/>
     <w:rsid w:val="00423845"/>
     <w:rsid w:val="004C1DA8"/>
     <w:rsid w:val="0069218F"/>
+    <w:rsid w:val="0069672D"/>
     <w:rsid w:val="006A50F1"/>
     <w:rsid w:val="00A22953"/>
     <w:rsid w:val="00C34BF9"/>
     <w:rsid w:val="00C36B40"/>
     <w:rsid w:val="00C37196"/>
     <w:rsid w:val="00D25200"/>
     <w:rsid w:val="00D3754F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>