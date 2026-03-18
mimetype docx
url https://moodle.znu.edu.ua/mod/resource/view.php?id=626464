--- v0 (2025-11-01)
+++ v1 (2026-03-18)
@@ -1,3328 +1,15897 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00FC0781" w:rsidRDefault="00FC0781" w:rsidP="00FC0781">
-      <w:pPr>
+    <w:p w14:paraId="16FB8A48" w14:textId="560EEF9E" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="00BB0D31" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0F1115"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">М’язова </w:t>
+      </w:r>
+      <w:r w:rsidR="008D2039" w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="uk-UA"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0F1115"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">техніка в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="uk-UA"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0F1115"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>кінезіотейпуванні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="uk-UA"/>
-[...54 lines deleted...]
-        <w:t>.</w:t>
+          <w:bCs/>
+          <w:color w:val="0F1115"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRDefault="003523E3" w:rsidP="00FC0781">
-[...10 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="4AF4AB65" w14:textId="77777777" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...61 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRPr="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="6A6D38A2" w14:textId="5358A0F7" w:rsidR="00B83547" w:rsidRDefault="00FA10EA" w:rsidP="00BB0D31">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Ефект послаблення реалізується за рахунок еластичних властивостей </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0D31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0D31" w:rsidRPr="00BB0D31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>М’язова техніка</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0D31" w:rsidRPr="00BB0D31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0D31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> це метод аплікації </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003523E3">
-[...3 lines deleted...]
-        <w:t>Kinesio</w:t>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>кінезіологічного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003523E3">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003523E3">
-[...3 lines deleted...]
-        <w:t>Tex</w:t>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003523E3">
-[...17 lines deleted...]
-        <w:t>, що піднімає фасції та м'які тканини над областю болю та запалення. Наклеювання повинно виконуватися дуже повільно, щоб уникнути формування «блістера» з м'яких тканин під пластиром або занадто великого натягу (щоб уникнути подразнення шкіри).</w:t>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, спрямований на регуляцію м'язового тонусу шляхом впливу на пропріоцептори та механорецептори шкіри. Залежно від напрямку натягу та розташування якоря, м'язова техніка може або розслаблювати гіпертон</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ічний</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м'яз, або стимулювати ослаблений м'яз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRPr="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="647CDCC2" w14:textId="7499A41F" w:rsidR="00B83547" w:rsidRPr="00B83547" w:rsidRDefault="00B83547" w:rsidP="00B83547">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Основні завдання, що можуть вирішуватися:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRPr="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="6B4647CB" w14:textId="335BF3F7" w:rsidR="00B83547" w:rsidRPr="00B83547" w:rsidRDefault="00B83547" w:rsidP="00B83547">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>нормалізація м'язового тонусу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0D95A4" w14:textId="26AA23A7" w:rsidR="00B83547" w:rsidRPr="00B83547" w:rsidRDefault="00B83547" w:rsidP="00B83547">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>покращення еластичності м'яза та збільшення амплітуди руху;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A45605" w14:textId="2C7E9143" w:rsidR="00B83547" w:rsidRPr="00B83547" w:rsidRDefault="00B83547" w:rsidP="00B83547">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>зменшення больового синдрому, пов'язаного з м'язовим спазмом або перевантаженням;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38589BC2" w14:textId="64FA624A" w:rsidR="00BB0D31" w:rsidRPr="00B83547" w:rsidRDefault="00B83547" w:rsidP="00B83547">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>профілактика травм при надмірних навантаженнях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71AC1E47" w14:textId="4FD04310" w:rsidR="00BB0D31" w:rsidRDefault="00BB0D31" w:rsidP="00B83547">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Існує 4 основні техніки виконання </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0D31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Відмінність від просторової техніки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0D31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0D31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>кщо просторова техніка створює купол для декомпресії в точці болю</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, працюючи з об'ємом та тиском</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0D31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, то м'язова техніка слідує за анатомією м'яза по всій його довжині</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, працюючи з тонусом і рухом.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3E5B" w:rsidRPr="00DE3E5B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Часто ці техніки використовують разом. Наприклад, при болю в попереку можна спочатку наклеїти </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м'язовою технікою вздовж м'язів-розгиначів, а зверху, в місці найбільшого болю, додати просторову аплікацію для додаткової декомпресії.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRPr="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="6FE1BE4A" w14:textId="3D151683" w:rsidR="001C096F" w:rsidRDefault="00B83547" w:rsidP="00941780">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...57 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A191D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRPr="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="424E1751" w14:textId="4116BCE0" w:rsidR="008D2039" w:rsidRPr="00836244" w:rsidRDefault="008D2039" w:rsidP="00836244">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-        <w:t>– друга включає елементи мануальної техніки, за допомогою якої фахівець акуратно «збирає» шкіру та фасції над місцем ушкодження з подальшою фіксацією їх пластиром.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>2. Біомеханіка та фізіологічн</w:t>
+      </w:r>
+      <w:r w:rsidR="008F15CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ефект</w:t>
+      </w:r>
+      <w:r w:rsidR="008F15CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRPr="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="472E496F" w14:textId="2264AB31" w:rsidR="00DE3E5B" w:rsidRPr="00DE3E5B" w:rsidRDefault="001C096F" w:rsidP="00DE3E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> для переміщення та утримання тканин над зоною пошкодження.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C096F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коли ми наклеюємо </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3E5B" w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>I-подібну або Y-подібну смужку вздовж м'язових волокон</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м’язовою технікою</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3E5B" w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, виникають наступні ефекти:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRPr="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="178C8C21" w14:textId="72B6A7E5" w:rsidR="00DE3E5B" w:rsidRPr="00DE3E5B" w:rsidRDefault="00DE3E5B" w:rsidP="00950F76">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-        <w:t>– згідно з четвертою технікою, фахівець використовує смужки з отвором або павутинною нарізкою.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Регуляція м'язового тонусу.</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Кінезіологічний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> здійснює постійний </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>мікронатяг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шкірних покривів, що призводить до стимуляції </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>механорецепторів</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>рецепторів дерми та пропріоцепторів</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м’язів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83547" w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ця стимуляція </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>створ</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ює</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аферентн</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>імпульсаці</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ЦНС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>. Залежно від обраного напрям</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аплікації, цей сигнал через рефлекторну дугу спинного мозку викликає відповідну реакцію:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="33376E6C" w14:textId="77777777" w:rsidR="00B83547" w:rsidRDefault="00B83547" w:rsidP="00B83547">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">озслаблюючий ефект: при наклеюванні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> від дистального кінця м'яза до проксимального сигнал сприймається як пасивне розтягнення, що активує рефлекс розслаблення та знижує активність </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>мотонейронів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Це призводить до зменшення </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тонусу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>та розслаблення гіпертон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ічного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м'яза</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3987FC2B" w14:textId="686D49A1" w:rsidR="00B83547" w:rsidRPr="00B83547" w:rsidRDefault="00B83547" w:rsidP="00B83547">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тимулюючий ефект: при наклеюванні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> від проксимального кінця до дистального сигнал сприймається як додаткова підтримка скорочення, що підвищує збудливість </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>мотонейронів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B83547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та сприяє активації ослабленого м'яза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0D6947" w14:textId="2058BDBC" w:rsidR="00950F76" w:rsidRPr="00DE3E5B" w:rsidRDefault="00DE3E5B" w:rsidP="00950F76">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Покращення мікроциркуляції м'яза. </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Завдяки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>утворенн</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>мікроскладок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">під час руху м'яза, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> забезпечує збільшення простору між </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>фасціальним</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> футляром та м'язовим </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>черевцем.</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цей процес сприяє зниженню </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>внутрішньотканинного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тиску та механічній декомпресії артеріол і капілярів, що проходять крізь товщу м’яза. В результаті усувається стан вторинної ішемії, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>яка</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> є характерним наслідком тривалого м'язового спазму. Покращення </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>оксигенації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та активне вимивання продуктів метаболізму прискорюють регенерацію тканин та відновлюють працездатність м'яза.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRPr="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="52B226E1" w14:textId="0557F5C0" w:rsidR="00DE3E5B" w:rsidRPr="00DE3E5B" w:rsidRDefault="00DE3E5B" w:rsidP="00DE3E5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...9 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:i/>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Підтримка еластичності </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>фасці</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>альних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> футлярів.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Кінезіологічний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, завдяки своїм еластичним властивостям, створює вертикальну тягу, яка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>припіднімає</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> епідерміс та дерму відносно поверхневої фасції. Цей процес забезпечує декомпресію </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>фасціальних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> футлярів </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>сполучнотканинних оболонок, що оточують м’язові черевця.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="093B9639" w14:textId="44E85CE2" w:rsidR="00DA2EFF" w:rsidRDefault="00DE3E5B" w:rsidP="00DA2EFF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-        <w:t>Еластичні властивості пластиру використовуються</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внаслідок збільшення </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>міжтканинного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> простору знижується в'язкість міжклітинної рідини, що </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> у зоні ураження за рахунок підняття шкіри. Це реалізується </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>забезпечує</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фізіологічне ковзання м'яза всередині його футляра. Це запобігає формуванню </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>міофасціальних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>адгезій</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та виникненню тригерних точок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...8 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зон локального м'язового </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>гіпертонусу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DA2EFF" w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, які є джерелом хронічного болю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B944FA" w14:textId="4F7A27FB" w:rsidR="00950F76" w:rsidRPr="00DE3E5B" w:rsidRDefault="00DE3E5B" w:rsidP="00950F76">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Зменшення м'язової втоми. Завдяки </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постійній стимуляції пропріоцепторів, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> забезпечує </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ЦНС</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> безперервним потоком інформації про стан та положення м’яза у просторі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Це покращує </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>нейром’язовий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контроль, дозволяючи мозку залучати </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>оптимальну</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кількість рухових одиниць для виконання конкретного завдання. Як наслідок, усувається явище м'язового шуму </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">надлишкового напруження м'язів-антагоністів або синергістів, що дозволяє організму витрачати значно менше енергії на підтримку статичної пози або виконання динамічного руху. Це </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>відтерміновує</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настання м'язового виснаження та підвищує загальну витривалість м'яза під навантаженням.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11BA351C" w14:textId="18D69988" w:rsidR="00DE3E5B" w:rsidRPr="00467773" w:rsidRDefault="00DE3E5B" w:rsidP="00467773">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сенсорна корекція рухового стереотипу. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Кінезіологічний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> виступає в ролі зовнішнього сенсорного орієнтира, який створює постійний біологічний зворотний зв'язок між м'язом та центральною нервовою системою.</w:t>
+      </w:r>
+      <w:r w:rsidR="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При спробі виконати рух за неправильною, травматичною траєкторією або при прийнятті </w:t>
+      </w:r>
+      <w:r w:rsidR="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">неправильної </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пози, натяг </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> змінюється, що миттєво фіксується рецепторами шкіри. Цей сигнал дозволяє мозку усвідомити </w:t>
+      </w:r>
+      <w:r w:rsidR="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>помилку</w:t>
+      </w:r>
+      <w:r w:rsidR="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>внести</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F76" w:rsidRPr="00950F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корективи в роботу м'язових ланцюгів. Таким чином, носіння аплікації сприяє поступовому формуванню фізіологічно правильного рухового стереотипу, що є важливим у процесі медичної та спортивної реабілітації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F31D2C" w14:textId="77777777" w:rsidR="00467773" w:rsidRDefault="00467773" w:rsidP="00882EEC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32C3B993" w14:textId="41946BA2" w:rsidR="00467773" w:rsidRPr="00467773" w:rsidRDefault="008D2039" w:rsidP="00467773">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00467773" w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Технічні параметри та метод</w:t>
+      </w:r>
+      <w:r w:rsidR="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ика</w:t>
+      </w:r>
+      <w:r w:rsidR="00467773" w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наклеювання</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3B9CD5" w14:textId="4564B73F" w:rsidR="00DA2EFF" w:rsidRPr="00DA2EFF" w:rsidRDefault="00DA2EFF" w:rsidP="00467773">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>У м'язовій техніці, на відміну від просторової</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>де ми створюємо купол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та лімфатичної</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">де ми формуємо дренажні канали, головним інструментом є взаємодія </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з м'язом під час руху. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тут працює не як статичний підіймач, а як динамічний сенсорний модулятор.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22AAF9DA" w14:textId="479EC8E1" w:rsidR="00DA2EFF" w:rsidRDefault="00F13B59" w:rsidP="00467773">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Може використовуватися як одна смужка так і кілька</w:t>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00467773" w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Ступінь натягу</w:t>
+      </w:r>
+      <w:r w:rsidR="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2EFF" w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У м'язовій техніці використовується помірний натяг, щоб зберегти еластичні властивості </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA2EFF" w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DA2EFF" w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для активної взаємодії зі шкірою під час руху. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A9683F" w14:textId="296469FD" w:rsidR="00DA2EFF" w:rsidRPr="00467773" w:rsidRDefault="00467773" w:rsidP="00DA2EFF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Якір та Кінець 0% натягу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> взаєм</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">очаткові та кінцеві 3–5 см аплікації завжди накладаються без натягу. Це забезпечує надійну фіксацію та запобігає виникненню подразнень, які часто з'являються при надмірному натягу країв </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD02CC7" w14:textId="2A88A97F" w:rsidR="008740F9" w:rsidRDefault="00467773" w:rsidP="00467773">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Робоча зона 15–25 % натягу – це діапазон, що відповідає природному натягу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на паперовій підкладці – </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2EFF" w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">так званий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«терапевтичний натяг». </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> накладається практично вільно</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2EFF" w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, лише трохи натягуючись слідом за м'язом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2EFF" w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Саме цей натяг забезпечує аферентну </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA2EFF" w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>імпульсацію</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DA2EFF" w:rsidRPr="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до ЦНС.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008740F9" w:rsidRPr="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Якщо натягнути </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008740F9" w:rsidRPr="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008740F9" w:rsidRPr="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> понад 35–40</w:t>
+      </w:r>
+      <w:r w:rsidR="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008740F9" w:rsidRPr="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">%, він почне працювати як механічний обмежувач або стабілізатор, а не як сенсорний модулятор. У такому режимі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008740F9" w:rsidRPr="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008740F9" w:rsidRPr="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> блокує сенсорну функцію оскільки надмірний тиск пригнічує рецептори і навіть може спровокувати захисний спазм м'яза замість очікуваного ефекту </w:t>
+      </w:r>
+      <w:r w:rsidR="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="008740F9" w:rsidRPr="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як розслаблення, так і активації. Для обох цілей оптимальним залишається діапазон 15–25%, а напрямок наклеювання визначає ефект.</w:t>
+      </w:r>
+      <w:r w:rsidR="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008740F9" w:rsidRPr="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Якщо ми збільшимо натяг до 35–40%, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008740F9" w:rsidRPr="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008740F9" w:rsidRPr="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> почне тиснути на тканини механічно </w:t>
+      </w:r>
+      <w:r w:rsidR="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="008740F9" w:rsidRPr="008740F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> це вже буде стабілізаційна техніка, яка працює за зовсім іншим принципом і не дає сенсорної активації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32754A4B" w14:textId="1D71FD1A" w:rsidR="00F13B59" w:rsidRPr="00467773" w:rsidRDefault="00F13B59" w:rsidP="00467773">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06077D6E" w14:textId="77777777" w:rsidR="00F13B59" w:rsidRDefault="00467773" w:rsidP="00467773">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>2. Стан м'яза під час аплікації</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-        <w:t>о</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">особливість м'язової техніки. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00467773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> накладається на м'яз, який виведений у стан максимального анатомічного розтягнення.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003523E3">
-[...40 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRPr="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4503"/>
+        <w:gridCol w:w="5352"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F13B59" w14:paraId="6D6E0F91" w14:textId="77777777" w:rsidTr="00F13B59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2DE81F" w14:textId="49A1BFBF" w:rsidR="00F13B59" w:rsidRPr="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>М'яз або група м'язів</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5352" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="052EBF50" w14:textId="5D45D063" w:rsidR="00F13B59" w:rsidRPr="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Положення під час наклеювання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F13B59" w14:paraId="5C8BB26B" w14:textId="77777777" w:rsidTr="00F13B59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32580DA9" w14:textId="5A58432D" w:rsidR="00F13B59" w:rsidRPr="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Згиначі передпліччя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5352" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7710DA18" w14:textId="0715EDB1" w:rsidR="00F13B59" w:rsidRPr="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Рука максимально розігнута в лікті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F13B59" w14:paraId="757A200D" w14:textId="77777777" w:rsidTr="00F13B59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76489BB1" w14:textId="6F4C58B1" w:rsidR="00F13B59" w:rsidRPr="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Розгиначі спини</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5352" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A89D9EC" w14:textId="5EF383BF" w:rsidR="00F13B59" w:rsidRPr="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Корпус максимально нахилений вперед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F13B59" w14:paraId="161286EF" w14:textId="77777777" w:rsidTr="00F13B59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="692C9373" w14:textId="3F12238F" w:rsidR="00F13B59" w:rsidRPr="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Великий грудний м'яз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5352" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E217F03" w14:textId="35EAF161" w:rsidR="00F13B59" w:rsidRPr="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Рука відведена назад (розгинання в плечі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F13B59" w14:paraId="66365D47" w14:textId="77777777" w:rsidTr="00F13B59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCF4794" w14:textId="002B6258" w:rsidR="00F13B59" w:rsidRPr="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Трапецієподібний м'яз (верхня </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>порція</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5352" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF9E0EB" w14:textId="18EBB10D" w:rsidR="00F13B59" w:rsidRPr="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Голова нахилена в протилежний бік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F13B59" w14:paraId="47E64BB8" w14:textId="77777777" w:rsidTr="00F13B59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA558B0" w14:textId="24F3F141" w:rsidR="00F13B59" w:rsidRPr="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Литковий м'яз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5352" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3848475B" w14:textId="12EEEC99" w:rsidR="00F13B59" w:rsidRPr="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стопа максимально зігнута на себе </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="505A4CAB" w14:textId="77777777" w:rsidR="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C8AA58E" w14:textId="4AAFF53F" w:rsidR="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="00F13B59">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F13B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коли після наклеювання </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> клієнт повертає кінцівку або тулуб у нейтральне положення, м'яз скорочується, а шкіра під </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> збирається в численні дрібні складки.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...54 lines deleted...]
-        </w:drawing>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Саме ці складки створюють постійну </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>мікростимуляцію</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рецепторів під час кожного руху.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наявність виражених складок у стані спокою є головним індикатором того, що аплікація виконана правильно і механізм </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>нейросенсорної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регуляції запущено.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRPr="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="5B605E4E" w14:textId="1B0ED02C" w:rsidR="00C27217" w:rsidRDefault="00C27217" w:rsidP="00F13B59">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07D923D2" w14:textId="01E795E7" w:rsidR="00C27217" w:rsidRPr="00C27217" w:rsidRDefault="00C27217" w:rsidP="00C27217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-        <w:t>Зазвичай використовується 6-8-дюймова смужка. Паперова основа надривається посередині, кінці його підвертаються і створюється натяг у середній третині.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>3. А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>лгоритм виконання м'язової аплікації</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="1B7B86F1" w14:textId="3AC55541" w:rsidR="00C27217" w:rsidRPr="00C27217" w:rsidRDefault="00C27217" w:rsidP="00C27217">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Визначте мету – потрібно розслабити </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>спазмований</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м'яз чи активувати ослаблений?</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="1D71696B" w14:textId="4386A714" w:rsidR="00C27217" w:rsidRPr="00C27217" w:rsidRDefault="00C27217" w:rsidP="00C27217">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Визначте вектор – для розслаблення перший якір на дистальному кінці м'яза, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> клеїмо вгору до проксимального кінця; для стимуляції перший якір на проксимальному кінці м'яза, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> клеїмо вниз до дистального кінця.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="67A40945" w14:textId="42C8B77B" w:rsidR="00C27217" w:rsidRPr="00C27217" w:rsidRDefault="00C27217" w:rsidP="00C27217">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Підготуйте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>відріжте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> смужку потрібної довжини (на 5–10% довше за м'яз), закругліть кути.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="183CD3A6" w14:textId="75F601F9" w:rsidR="00C27217" w:rsidRPr="00C27217" w:rsidRDefault="00C27217" w:rsidP="00C27217">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...119 lines deleted...]
-        <w:t xml:space="preserve"> ефекту.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Розтягніть м'яз – виведіть кінцівку або тулуб у положення максимального розтягнення цільового м'яза.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003523E3" w:rsidRPr="003523E3" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="6BFA507C" w14:textId="4DCB0E04" w:rsidR="00C27217" w:rsidRPr="008740F9" w:rsidRDefault="00C27217" w:rsidP="008740F9">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Наклейте перший якір (0% натягу) 3–5 см на початку аплікації.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F914A4" w:rsidRDefault="003523E3" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="67D3B630" w14:textId="6E0300F5" w:rsidR="00C27217" w:rsidRPr="00C27217" w:rsidRDefault="00C27217" w:rsidP="00C27217">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наклейте робочу зону (15–25% натягу) – тягніть </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уздовж м'яза, слідуючи за його анатомією.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F914A4" w:rsidRDefault="00F914A4" w:rsidP="003523E3">
-      <w:pPr>
+    <w:p w14:paraId="0AFD7369" w14:textId="03740FD6" w:rsidR="00C27217" w:rsidRPr="00C27217" w:rsidRDefault="00C27217" w:rsidP="00C27217">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Наклейте другий якір (0% натягу) – останні 3–5 см.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F914A4" w:rsidRPr="00F914A4" w:rsidRDefault="00F914A4" w:rsidP="00F914A4">
-      <w:pPr>
+    <w:p w14:paraId="3BFE1F39" w14:textId="12B4E949" w:rsidR="00C27217" w:rsidRPr="00C27217" w:rsidRDefault="00C27217" w:rsidP="00C27217">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Поверніть кінцівку в нейтральне положення – оцініть наявність складок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2254E8CD" w14:textId="54B450E2" w:rsidR="00C27217" w:rsidRPr="00C27217" w:rsidRDefault="00C27217" w:rsidP="00C27217">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Активуйте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C27217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D526FD0" w14:textId="77777777" w:rsidR="00F13B59" w:rsidRDefault="00F13B59" w:rsidP="009206F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="3226"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00941780" w14:paraId="615AEE61" w14:textId="77777777" w:rsidTr="00286B0C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65305EFB" w14:textId="77777777" w:rsidR="00941780" w:rsidRDefault="00941780" w:rsidP="00941780">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Типові помилки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB8B9F3" w14:textId="77777777" w:rsidR="00941780" w:rsidRDefault="00941780" w:rsidP="00941780">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Наслідки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C24EEE" w14:textId="77777777" w:rsidR="00941780" w:rsidRDefault="00941780" w:rsidP="00941780">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009206F5" w14:paraId="41D9D953" w14:textId="77777777" w:rsidTr="00286B0C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7877EAFB" w14:textId="5CBF0792" w:rsidR="009206F5" w:rsidRDefault="009206F5" w:rsidP="009206F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Наклеювання на скорочений м'яз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7EA708" w14:textId="0A7B1C94" w:rsidR="009206F5" w:rsidRDefault="009206F5" w:rsidP="009206F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При першому ж русі </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>тейп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>перерозтягнеться</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>, що спричинить дискомфорт та швидке відклеювання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34DA9D85" w14:textId="7920FFCA" w:rsidR="009206F5" w:rsidRDefault="00F13B59" w:rsidP="009206F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перед наклеюванням обов'язково максимально розтягнути </w:t>
+            </w:r>
+            <w:r w:rsidR="009206F5" w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>цільову м'язову групу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009206F5" w14:paraId="51CADB93" w14:textId="77777777" w:rsidTr="00286B0C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D730F1B" w14:textId="12E099A9" w:rsidR="009206F5" w:rsidRDefault="009206F5" w:rsidP="009206F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Натяг робочої зони &gt; </w:t>
+            </w:r>
+            <w:r w:rsidR="0024070A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>5%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2217635D" w14:textId="1727F843" w:rsidR="009206F5" w:rsidRDefault="009206F5" w:rsidP="009206F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Тейп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тисне на капіляри, посилюючи ішемію та біль; ефект розслаблення зникає</w:t>
+            </w:r>
+            <w:r w:rsidR="00F13B59" w:rsidRPr="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>, може виникнути захисний спазм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63881A68" w14:textId="77777777" w:rsidR="00C27217" w:rsidRDefault="009206F5" w:rsidP="009206F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Зменшити натяг до рівня «паперової підкладки»</w:t>
+            </w:r>
+            <w:r w:rsidR="00F13B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="764BB77B" w14:textId="33C9E5F8" w:rsidR="009206F5" w:rsidRDefault="00F13B59" w:rsidP="009206F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>10-25 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009206F5" w14:paraId="0EFCA64A" w14:textId="77777777" w:rsidTr="00286B0C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5673D6" w14:textId="582717F5" w:rsidR="009206F5" w:rsidRDefault="009206F5" w:rsidP="009206F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Короткі або натягнуті якорі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A6C5FE" w14:textId="34AFE512" w:rsidR="009206F5" w:rsidRDefault="009206F5" w:rsidP="009206F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Тейп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стягує шкіру до центру, викликаючи свербіж</w:t>
+            </w:r>
+            <w:r w:rsidR="00C27217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>, почервоніння</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та відшарування епідермісу</w:t>
+            </w:r>
+            <w:r w:rsidR="00C27217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>, швидке відклеювання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A064E74" w14:textId="17604447" w:rsidR="009206F5" w:rsidRDefault="009206F5" w:rsidP="009206F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Збільшити довжину якорів до 5 см і клеїти їх з 0% натягу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00286B0C" w14:paraId="4467769D" w14:textId="77777777" w:rsidTr="00286B0C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8418D0" w14:textId="19056293" w:rsidR="00286B0C" w:rsidRPr="00941780" w:rsidRDefault="00286B0C" w:rsidP="00286B0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009206F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Відсутність </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>складок</w:t>
+            </w:r>
+            <w:r w:rsidR="00C27217">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C27217" w:rsidRPr="00C27217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>після повернення в нейтральне положення</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB89252" w14:textId="0265FA51" w:rsidR="00286B0C" w:rsidRPr="00941780" w:rsidRDefault="00286B0C" w:rsidP="00286B0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00286B0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Втрата </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00286B0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>нейросенсорного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00286B0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впливу. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00286B0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Тейп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00286B0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не взаємодіє з рецепторами дерми під час руху, через що мозок не отримує сигналу для зміни тонусу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3226" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D21475" w14:textId="50792928" w:rsidR="00286B0C" w:rsidRPr="00941780" w:rsidRDefault="00286B0C" w:rsidP="00286B0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00286B0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Перевірити, чи був м'яз розтягнутий максимально.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C27217" w14:paraId="1A02AA90" w14:textId="77777777" w:rsidTr="00286B0C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D3996F2" w14:textId="26827F1C" w:rsidR="00C27217" w:rsidRPr="009206F5" w:rsidRDefault="00C27217" w:rsidP="00286B0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Неправильний вибір </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C27217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>вектора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C27217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> першого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C27217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>якор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C27217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45608F51" w14:textId="2B9AA6A7" w:rsidR="00C27217" w:rsidRPr="00286B0C" w:rsidRDefault="00C27217" w:rsidP="00286B0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Замість розслаблення отримуємо стимуляцію і навпаки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3226" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2466E241" w14:textId="473B77A5" w:rsidR="00C27217" w:rsidRPr="00286B0C" w:rsidRDefault="00C27217" w:rsidP="00286B0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Чітко визначити мету</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> і наклеїти правильно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="503E4205" w14:textId="761AC447" w:rsidR="00941780" w:rsidRDefault="00941780" w:rsidP="00B93500">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:lang w:val="uk-UA"/>
-[...17 lines deleted...]
-      </w:r>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F914A4" w:rsidRDefault="00F914A4" w:rsidP="00877C8D">
-      <w:pPr>
+    <w:p w14:paraId="67F7D980" w14:textId="77777777" w:rsidR="009206F5" w:rsidRPr="00286B0C" w:rsidRDefault="009206F5" w:rsidP="009206F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00286B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Робота з «терапевтичним натягом» підкладки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877C8D" w:rsidRPr="00F914A4" w:rsidRDefault="00877C8D" w:rsidP="00877C8D">
-[...688 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="5A744A7A" w14:textId="1F411E2F" w:rsidR="009206F5" w:rsidRDefault="009206F5" w:rsidP="009206F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-        <w:t>Існує 2 основні методики:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У процесі виробництва </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>кінезіологічний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наноситься на паперову основу в стані попереднього розтягнення, яке становить приблизно 10–15% від його вільної довжини. Цей показник прийнято називати заводським або «терапевтичним» натягом, і саме він є базовим для більшості м’язових аплікацій.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Практичне застосування цієї особливості </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80222">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>м’язовій</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> техніці </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">починається з етапу заміру, коли фахівець відміряє необхідну довжину смужки безпосередньо по тілу клієнта, чий м’яз уже перебуває в стані максимального анатомічного розтягнення. Оскільки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у цей момент ще знаходиться на папері, замір автоматично враховує необхідний коефіцієнт еластичності.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C70DA" w:rsidRPr="008C70DA" w:rsidRDefault="008C70DA" w:rsidP="008C70DA">
-      <w:pPr>
+    <w:p w14:paraId="3F1F623A" w14:textId="71B5ED7A" w:rsidR="009206F5" w:rsidRPr="009206F5" w:rsidRDefault="009206F5" w:rsidP="00286B0C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-        <w:t>1) починайте наклеювання з одного з нерозрізаних кінців без натягу трохи нижче зони впливу. Далі, відклеюючи паперову основу, приклеюйте сітку з тим же натягом, з яким вона була фіксована до неї, і другий кінець смужки.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Після відділення робочої зони від паперової підкладки бавовняна основа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> скорочується до своєї природної довжини, стаючи візуально коротшою за виконаний замір. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Для коректного накладання аплікації фахівець повинен легким зусиллям розтягнути </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у руках рівно до тієї довжини, яка була зафіксована під час заміру на папері. Таким чином, ми не створюємо новий натяг, а лише повертаємо </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> той стан еластичності, який було закладено виробником.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B3F97" w:rsidRDefault="008C70DA" w:rsidP="008C70DA">
-      <w:pPr>
+    <w:p w14:paraId="7BE8E1BC" w14:textId="200D37F7" w:rsidR="00467773" w:rsidRPr="00467773" w:rsidRDefault="009206F5" w:rsidP="009206F5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> паперову основу в центрі «сітки», приклейте її з легким або дуже легким натягом (15-25%), починаючи з центральної частини «сітки», відокремивши спочатку ділянку паперової основи смужок довжиною не більше 1/2 дюйма. Кінці клеяться без натягу. Переконайтеся в приклеюванні до активних рухів у суглобі.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перевищення цієї довжини під час наклеювання призведе до надмірної компресії тканин, тоді як </w:t>
+      </w:r>
+      <w:r w:rsidR="00286B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>зменшення натягу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зробить аплікацію неефективною через відсутність робочого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>вектора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009206F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тяги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C70DA" w:rsidRPr="00FC0781" w:rsidRDefault="008C70DA" w:rsidP="008C70DA">
-      <w:pPr>
+    <w:p w14:paraId="29230CD2" w14:textId="77777777" w:rsidR="00467773" w:rsidRDefault="00467773" w:rsidP="00B93500">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FD8BB13" w14:textId="52EF2E80" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="00B93500" w:rsidP="007560CF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007560CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="007560CF" w:rsidRPr="007560CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Вектори аплікації</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A89E90" w14:textId="7F7E5232" w:rsidR="00941780" w:rsidRDefault="00972005" w:rsidP="007560CF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У м'язовій техніці положення першого якоря визначає фізіологічний ефект. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> завжди прагне скоротитися до першого якоря, тому напрямок наклеювання створює вектор тяги, який впливає на м'яз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00E211BD" w14:textId="3588F742" w:rsidR="00AB75FA" w:rsidRDefault="00AB75FA" w:rsidP="007560CF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2660"/>
+        <w:gridCol w:w="3755"/>
+        <w:gridCol w:w="3440"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007560CF" w14:paraId="73D5D95D" w14:textId="12435000" w:rsidTr="00972005">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCF38FA" w14:textId="6B1149B7" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>М'яз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C9CD4D" w14:textId="55ADD982" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Проксимальний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B60B8D6" w14:textId="3D25B804" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Дистальний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007560CF" w14:paraId="5596A269" w14:textId="13B727FB" w:rsidTr="00972005">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E00AF2E" w14:textId="6A01F05E" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Дельтоподібний м'яз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4D7538" w14:textId="676F36EA" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ость лопатки, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>акроміон</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>, ключиця</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74857D28" w14:textId="309A9702" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дельтоподібна </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>горбистість</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> плечової кістки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007560CF" w14:paraId="1CC061A9" w14:textId="68336712" w:rsidTr="00972005">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE17169" w14:textId="35A00610" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Прямий м'яз стегна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C885C2" w14:textId="57156196" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Передня нижня клубова ость</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1705FD86" w14:textId="6A4DA629" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Горбистість</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> великогомілкової кістки (через зв'язку надколінка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007560CF" w14:paraId="2B2CA887" w14:textId="053CA436" w:rsidTr="00972005">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6F3F61" w14:textId="3440D06F" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Трапецієподібний м'яз (верх</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>ня порція)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15DF1B72" w14:textId="68E96737" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Потилична кістка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02746D42" w14:textId="5D2992A1" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Латеральна третина ключиці</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007560CF" w14:paraId="41CFE024" w14:textId="052E16FB" w:rsidTr="00972005">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B49FACA" w14:textId="1EEB08AD" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Найширший м'яз спини</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1026F69F" w14:textId="39B894B0" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Остисті відростки нижніх хребців, клубовий гребінь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54345554" w14:textId="792CF47B" w:rsidR="007560CF" w:rsidRPr="007560CF" w:rsidRDefault="007560CF" w:rsidP="007560CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гребінь малої </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>горбистості</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007560CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> плечової кістки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972005" w14:paraId="38355A65" w14:textId="77777777" w:rsidTr="00972005">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="422A94E3" w14:textId="45BDB790" w:rsidR="00972005" w:rsidRPr="007560CF" w:rsidRDefault="00972005" w:rsidP="00972005">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Великий грудний м'яз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="769EA7B2" w14:textId="1A37EE53" w:rsidR="00972005" w:rsidRPr="007560CF" w:rsidRDefault="00972005" w:rsidP="00972005">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ключиця, грудина, хрящі </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>ребер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F9452B2" w14:textId="6EBEA5EA" w:rsidR="00972005" w:rsidRPr="007560CF" w:rsidRDefault="00972005" w:rsidP="00972005">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гребінь великої </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>горбистості</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> плечової кістки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972005" w14:paraId="4AD0DB98" w14:textId="77777777" w:rsidTr="00972005">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D9A576" w14:textId="22EFF1F4" w:rsidR="00972005" w:rsidRPr="007560CF" w:rsidRDefault="00972005" w:rsidP="00972005">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Двоголовий м'яз плеча</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45AD98BA" w14:textId="461797B9" w:rsidR="00972005" w:rsidRPr="007560CF" w:rsidRDefault="00972005" w:rsidP="00972005">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Надсуглобовий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> горбок лопатки (довга гол</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вка), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>клювоподібний</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> відросток (коротка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC8F0F6" w14:textId="308824BE" w:rsidR="00972005" w:rsidRPr="007560CF" w:rsidRDefault="00972005" w:rsidP="00972005">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Горбистість</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> променевої кістки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972005" w14:paraId="37A4FDC6" w14:textId="77777777" w:rsidTr="00972005">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="498521F9" w14:textId="71F64E6F" w:rsidR="00972005" w:rsidRPr="007560CF" w:rsidRDefault="00972005" w:rsidP="00972005">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Литковий м'яз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13751970" w14:textId="112BE81F" w:rsidR="00972005" w:rsidRPr="007560CF" w:rsidRDefault="00972005" w:rsidP="00972005">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Над виростками стегнової кістки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E5D9836" w14:textId="5C74A109" w:rsidR="00972005" w:rsidRPr="007560CF" w:rsidRDefault="00972005" w:rsidP="00972005">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">П'яткова кістка (через </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>ахіллове</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00972005">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сухожилля)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3BB0CB68" w14:textId="4C7637C2" w:rsidR="002E3DAC" w:rsidRDefault="002E3DAC" w:rsidP="002E3DAC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D81D8D8" w14:textId="77777777" w:rsidR="00972005" w:rsidRDefault="00972005" w:rsidP="00972005">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Приклади:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01801D86" w14:textId="03498ABE" w:rsidR="00972005" w:rsidRPr="00972005" w:rsidRDefault="00972005" w:rsidP="00972005">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біль у шиї </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>внаслідок тригерної зони у верхній трапеції.  Мета – р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>озслаблення</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Якір -на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>плечі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, напрямок – в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>гору до шиї</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF95368" w14:textId="26520FC3" w:rsidR="00972005" w:rsidRPr="00972005" w:rsidRDefault="00A14EB6" w:rsidP="00972005">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00972005" w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Слабкість дельтоподібного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м’яза </w:t>
+      </w:r>
+      <w:r w:rsidR="00972005" w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>після травми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>. Мета – с</w:t>
+      </w:r>
+      <w:r w:rsidR="00972005" w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тимуляція</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Якір – на </w:t>
+      </w:r>
+      <w:r w:rsidR="00972005" w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>лопатці/ключиці</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, напрямок – вниз </w:t>
+      </w:r>
+      <w:r w:rsidR="00972005" w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>до плеч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ової кістки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C26AE0" w14:textId="77777777" w:rsidR="00A14EB6" w:rsidRDefault="00A14EB6" w:rsidP="00A14EB6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00972005" w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Гіпертонус</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00972005" w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поперекових м'язів</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00972005" w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Мета – р</w:t>
+      </w:r>
+      <w:r w:rsidR="00972005" w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>озслабленн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>я р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>озгиначі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хребта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>. Якір – на к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рижах </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, напрямок – в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>гору вздовж хребта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D20030B" w14:textId="524A9FD4" w:rsidR="00A14EB6" w:rsidRDefault="00A14EB6" w:rsidP="00A14EB6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Стимуляція м’язів </w:t>
+      </w:r>
+      <w:r w:rsidR="00972005" w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>жив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ота</w:t>
+      </w:r>
+      <w:r w:rsidR="00972005" w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> після пологів</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00972005" w:rsidRPr="00972005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Прямий м'яз живота</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Якір – на лобковому </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>симфизі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – проксимальне кріплення. Напрямок – вгору до м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ечоподібн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> відрост</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та реберн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>хрящі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V-VII </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A14EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ребер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E45FB2B" w14:textId="7F66282B" w:rsidR="00972005" w:rsidRDefault="00972005" w:rsidP="00A14EB6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09D3CEFE" w14:textId="46BCBBC6" w:rsidR="00205CA3" w:rsidRDefault="00205CA3" w:rsidP="007560CF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:drawing>
-[...43 lines deleted...]
-        </w:drawing>
+        <w:t xml:space="preserve">5. Класифікація аплікацій </w:t>
+      </w:r>
+      <w:r w:rsidR="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>м’язової</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00205CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> техніки</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008C70DA" w:rsidRPr="00FC0781" w:rsidSect="00FC0781">
+    <w:p w14:paraId="6159E059" w14:textId="166DEC01" w:rsidR="001101DF" w:rsidRDefault="007560CF" w:rsidP="001101DF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00731600" w:rsidRPr="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У м'язовій техніці форма </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731600" w:rsidRPr="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731600" w:rsidRPr="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обирається залежно від анатомічної будови м'яза-мішені</w:t>
+      </w:r>
+      <w:r w:rsidR="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00731600" w:rsidRPr="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>кількості гол</w:t>
+      </w:r>
+      <w:r w:rsidR="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00731600" w:rsidRPr="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>вок, ширини черевця та особливостей місць прикріплення.</w:t>
+      </w:r>
+      <w:r w:rsidR="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001101DF" w:rsidRPr="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Правильний вибір форми забезпечує оптимальний вектор тяги та максимальний терапевтичний ефект.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="288FB25A" w14:textId="77777777" w:rsidR="00274C18" w:rsidRDefault="00731600" w:rsidP="001101DF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>1. I-аплікація</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е базова форма, </w:t>
+      </w:r>
+      <w:r w:rsidR="001101DF" w:rsidRPr="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>що наклеюється вздовж м'язових волокон. Створює чітко спрямований вектор розслаблення або стимуляції вздовж усього м'язового черевця.</w:t>
+      </w:r>
+      <w:r w:rsidR="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E4A332" w14:textId="4A08D6D5" w:rsidR="001101DF" w:rsidRDefault="00274C18" w:rsidP="001101DF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>I-аплікацію</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з</w:t>
+      </w:r>
+      <w:r w:rsidR="001101DF" w:rsidRPr="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>астосову</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ють</w:t>
+      </w:r>
+      <w:r w:rsidR="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпування</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24EBB403" w14:textId="3F89C025" w:rsidR="001101DF" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="001101DF" w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ля м'язів, де волокна на ділянці впливу мають переважно паралельний хід (навіть якщо загальна будова м'яза складніша)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304DC52B" w14:textId="69587DC2" w:rsidR="001101DF" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="001101DF" w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оли потрібен простий, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001101DF" w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>однострямований</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001101DF" w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вплив на конкретну порцію м'яза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3291C3F6" w14:textId="0E5E0878" w:rsidR="001101DF" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="001101DF" w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ля м'язів, що не мають широкої площі прикріплення</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="001101DF" w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>можна охопити однією смужкою)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6565E887" w14:textId="77777777" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="001101DF" w:rsidP="00274C18">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Коли епіцентр проблеми знаходиться не посередині м'яза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC0947A" w14:textId="29945AEB" w:rsidR="001101DF" w:rsidRDefault="001101DF" w:rsidP="00274C18">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I-аплікація може застосовуватися </w:t>
+      </w:r>
+      <w:r w:rsidR="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>на окремих порціях складних м'язів. Наприклад, дельтоподібний м'яз має три порції — для кожної можна накласти окремий I-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001101DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, якщо працюємо локально.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="5670"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00274C18" w14:paraId="49280CF8" w14:textId="77777777" w:rsidTr="00274C18">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6E8CD3" w14:textId="0E7ED0BE" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00274C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М'яз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="681D5A8F" w14:textId="321AC591" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00274C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Чому I-аплікація</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00274C18" w14:paraId="24E92075" w14:textId="77777777" w:rsidTr="00274C18">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20866AF3" w14:textId="53AC047A" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00274C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Двоголовий м'яз плеча</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC1B27C" w14:textId="2CC51A25" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00274C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дві головки з'єднуються в спільне черевце з паралельним ходом волокон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00274C18" w14:paraId="1E60B484" w14:textId="77777777" w:rsidTr="00274C18">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8EE114" w14:textId="2088D2A3" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00274C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Прямий м'яз стегна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A5D750F" w14:textId="3C057ED9" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00274C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лінійний м'яз, волокна йдуть паралельно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00274C18" w14:paraId="0BEDB618" w14:textId="77777777" w:rsidTr="00274C18">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF9ED49" w14:textId="16C35933" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00274C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Найширший м'яз спини (при роботі з вертикальним вектором)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="551118B5" w14:textId="5F41BFA9" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00274C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Можна працювати з окремим пучком</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00274C18" w14:paraId="0ABB3FBD" w14:textId="77777777" w:rsidTr="00274C18">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="396F5E22" w14:textId="786290D4" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00274C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Передня порція дельтоподібного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="007B06A9" w14:textId="785B1E6E" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00274C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Локальна робота з однією порцією</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3B70ACCF" w14:textId="0B4FCEBD" w:rsidR="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FBADAF1" w14:textId="4BB3B898" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Термін «лінійний м'яз» в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>кінезіотейпуванні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> означає, що загальний вектор скорочення м'яза є прямолінійним, і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> можна накласти однією прямою смужкою вздовж цього </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>вектора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A775551" w14:textId="77777777" w:rsidR="001101DF" w:rsidRDefault="001101DF" w:rsidP="00731600">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50A060CD" w14:textId="77777777" w:rsidR="00274C18" w:rsidRDefault="00731600" w:rsidP="00274C18">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>2. Y-аплікація</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>дозволяє охопити м'яз з обох боків або розділити вплив на дві окремі гол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>вки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65230F57" w14:textId="34DBAF90" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>астосову</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ють:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B6DAB9" w14:textId="5F0AD791" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ля м'язів, що мають дві або більше головок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06F1C679" w14:textId="7E3D9461" w:rsidR="00274C18" w:rsidRPr="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ля м'язів, що огинають суглоби</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>обхід кісткових виступів</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF1A28F" w14:textId="5A91CF87" w:rsidR="00274C18" w:rsidRDefault="00274C18" w:rsidP="00274C18">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>оли потрібно концентрувати вектор тяги до спільного якоря, але охопити широку зону.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="124CBF2F" w14:textId="173E4301" w:rsidR="00274C18" w:rsidRDefault="00274C18" w:rsidP="00731600">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Спільний якір створює точку тяги, а дві ніжки розподіляють вплив на різні частини м'яза або обходять анатомічні перешкоди.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D808F7" w14:textId="77777777" w:rsidR="00B25619" w:rsidRDefault="00274C18" w:rsidP="00B25619">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2376"/>
+        <w:gridCol w:w="3828"/>
+        <w:gridCol w:w="3651"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A553CD" w:rsidRPr="007560CF" w14:paraId="3D608CB5" w14:textId="77777777" w:rsidTr="00A553CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DCC199" w14:textId="3E2644E2" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>М'яз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57FBEA90" w14:textId="2E43F550" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Розслаблення</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76628A4C" w14:textId="31849A61" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Стимуляція</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A553CD" w:rsidRPr="007560CF" w14:paraId="1911F3AA" w14:textId="77777777" w:rsidTr="00A553CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C02C269" w14:textId="1FE1397B" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Дельтоподібний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E91AFF" w14:textId="17AD72B5" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A553CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>пільний якір на плечовій кістці, ніжки на передню та задню порції</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19BD9536" w14:textId="31B8B1D7" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Y-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>тейп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не підходить. Використову</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A553CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>вати</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t> три окремі I-аплікації</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A553CD" w:rsidRPr="007560CF" w14:paraId="3A68AE90" w14:textId="77777777" w:rsidTr="00A553CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60BD7954" w14:textId="227E8661" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Литковий </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A553CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE46AAC" w14:textId="6AF60529" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A553CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>пільний якір на п'яті, ніжки на медіальну та латеральну головки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DD3C8C" w14:textId="691F5879" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A553CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пільний якір на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>стегні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> над виростками, ніжки вниз до п'яти</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A553CD" w:rsidRPr="007560CF" w14:paraId="6A832919" w14:textId="77777777" w:rsidTr="00A553CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CFD8CC6" w14:textId="06BD1F32" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Трапецієподібний (верхня порція)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="060E6631" w14:textId="20628739" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A553CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>пільний якір на плечі, ніжки на шию та лопатку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71732C9B" w14:textId="7EEA692C" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A553CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>пільний якір на шиї, ніжки вниз до плеча та лопатки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A553CD" w:rsidRPr="007560CF" w14:paraId="17CBEDAD" w14:textId="77777777" w:rsidTr="00A553CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44CC8869" w14:textId="5CA738AA" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4-головий </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>(обхід коліна)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="759A064C" w14:textId="48A12543" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A553CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пільний якір на гомілці, ніжки </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A553CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>з бок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A553CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>коліна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F08FDD" w14:textId="74902C13" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A553CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пільний якір на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>стегні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ніжки вниз </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">з боків </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25619">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>коліна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="78D65415" w14:textId="123EAF6D" w:rsidR="00731600" w:rsidRPr="00731600" w:rsidRDefault="00731600" w:rsidP="00A553CD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15A3523E" w14:textId="77777777" w:rsidR="00A553CD" w:rsidRDefault="00731600" w:rsidP="00A553CD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00731600">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>3. Х-аплікація</w:t>
+      </w:r>
+      <w:r w:rsidR="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Застосовується:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FD9974" w14:textId="29950EF3" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>для м'язів, що мають кілька точок фіксації або велику площу черевця</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580DD711" w14:textId="6BFA8A45" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>коли епіцентр болю або напруження знаходиться </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>посередині м'яза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (там, де можна розмістити центр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE34017" w14:textId="141CAE30" w:rsidR="00A553CD" w:rsidRPr="00F17C2F" w:rsidRDefault="00A553CD" w:rsidP="00F17C2F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>для м'язів, що перетинають два суглоби і потребують стабілізації центру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545F2B29" w14:textId="77777777" w:rsidR="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Переваги Х-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в окремих ситуаціях у порівнянні з двома І-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>тейпами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A553CD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248E7BA1" w14:textId="34D22EC4" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00F17C2F" w:rsidP="00A553CD">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>якір в центрі</w:t>
+      </w:r>
+      <w:r w:rsidR="00A553CD" w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> створює ефект просторової техніки – підйом тканин саме в епіцентрі болю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0929A163" w14:textId="7E58E872" w:rsidR="00A553CD" w:rsidRPr="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>чотири ніжки розподіляють вплив на різні частини м'яза одночасно</w:t>
+      </w:r>
+      <w:r w:rsidR="00F17C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3B0249" w14:textId="2B531452" w:rsidR="00A553CD" w:rsidRDefault="00A553CD" w:rsidP="00A553CD">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">діагональні вектори краще працюють при </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>багатоплощинних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рухах</w:t>
+      </w:r>
+      <w:r w:rsidR="00F17C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по типу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A553CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ротаці</w:t>
+      </w:r>
+      <w:r w:rsidR="00F17C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0F1115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>ї.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2376"/>
+        <w:gridCol w:w="2493"/>
+        <w:gridCol w:w="2493"/>
+        <w:gridCol w:w="2493"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F17C2F" w:rsidRPr="00A553CD" w14:paraId="1C69974A" w14:textId="786F11C2" w:rsidTr="00F17C2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E065E5D" w14:textId="30A69AA7" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>М'яз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="155EF95E" w14:textId="0287D595" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Центр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77914DFB" w14:textId="30197199" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Ніжки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="580939AF" w14:textId="5B27C476" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Особливість</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F17C2F" w:rsidRPr="00A553CD" w14:paraId="66C05327" w14:textId="622C73B9" w:rsidTr="00F17C2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DDA42A" w14:textId="1FA8D775" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Ромбоподібні м'язи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EF8E29" w14:textId="0A8E3E95" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>На хребті між лопатками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2DAFDC" w14:textId="090231C7" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>До лопаток право</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>руч</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та ліво</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>руч</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E607731" w14:textId="66812B85" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Охоплення </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>міжлопаткової</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> зони</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F17C2F" w:rsidRPr="00A553CD" w14:paraId="183112ED" w14:textId="423BCCB8" w:rsidTr="00F17C2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B42DCE6" w14:textId="046F8834" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Розгиначі спини (поперек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F216CAC" w14:textId="343C42E3" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На рівні L3–L5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5052EBE8" w14:textId="46997D10" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вгору до </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>ребер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>, вниз до крижів, в сторони</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B298F94" w14:textId="095FA8CE" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Багатовекторна підтримка попереку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F17C2F" w:rsidRPr="00A553CD" w14:paraId="3A5F3E63" w14:textId="0DE20E6A" w:rsidTr="00F17C2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DAFDA4D" w14:textId="7D26ABEC" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Задня поверхня стегна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E568B65" w14:textId="53682027" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>На середині стегна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="692E9035" w14:textId="5CA64A83" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>До сідничного горба та до підколінної ямки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="344F9F8C" w14:textId="72857554" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>М'яз, що перетинає два суглоби</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F17C2F" w:rsidRPr="00A553CD" w14:paraId="6CCC5429" w14:textId="2AAD2498" w:rsidTr="00F17C2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E91C7A" w14:textId="04F30D62" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Трапецієподібний м'яз (середня порція)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73F65D38" w14:textId="7B55116F" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>На хребті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D631292" w14:textId="098ACF4E" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>До лопаток та до плечей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F61B44F" w14:textId="23D16104" w:rsidR="00F17C2F" w:rsidRPr="00F17C2F" w:rsidRDefault="00F17C2F" w:rsidP="00F17C2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F17C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0F1115"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>Широкий м'яз з різними векторами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="29976753" w14:textId="203D9CA7" w:rsidR="007B3A9C" w:rsidRPr="00836244" w:rsidRDefault="007B3A9C" w:rsidP="00A553CD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007B3A9C" w:rsidRPr="00836244" w:rsidSect="00F27E55">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="850" w:right="850" w:bottom="850" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...1 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Sylfaen">
+    <w:panose1 w:val="010A0502050306030303"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="04000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="E2824548">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E643E37"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="19AAEC2A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="–"/>
-[...2 lines deleted...]
-        <w:ind w:left="1428" w:hanging="360"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="928"/>
+        </w:tabs>
+        <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2148" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1648"/>
+        </w:tabs>
+        <w:ind w:left="1648" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2368"/>
+        </w:tabs>
+        <w:ind w:left="2368" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3088"/>
+        </w:tabs>
+        <w:ind w:left="3088" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3808"/>
+        </w:tabs>
+        <w:ind w:left="3808" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4528"/>
+        </w:tabs>
+        <w:ind w:left="4528" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5248"/>
+        </w:tabs>
+        <w:ind w:left="5248" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5968"/>
+        </w:tabs>
+        <w:ind w:left="5968" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6688"/>
+        </w:tabs>
+        <w:ind w:left="6688" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F8E78C3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5204D9DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12DE0CB3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BDAE6634"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14746188"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CD8C218A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15B85FC0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="40C2A2DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24CD7808"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="32B0DC64"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="260962E8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="327E88C2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E0950D8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8A3C9C24"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32510D0D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D9D6886E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A435D62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="78C466D4"/>
+    <w:lvl w:ilvl="0" w:tplc="E8082F7E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Sylfaen" w:hAnsi="Sylfaen" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2868" w:hanging="360"/>
+        <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3588" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4308" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5028" w:hanging="360"/>
+        <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5748" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6468" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7188" w:hanging="360"/>
+        <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="E2824548">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="460034CF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2D0C7D4E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="–"/>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4748589F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="27B4A284"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48535130"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A66C2D5A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E012550"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="60DA1F12"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="609E4FA2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5C2EDEB0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="643B0817"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2348FA78"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="643C1A2E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FC74976A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67F01E1A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FDC28EF4"/>
+    <w:lvl w:ilvl="0" w:tplc="E8082F7E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1428" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Sylfaen" w:hAnsi="Sylfaen" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2148" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2868" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3588" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4308" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5028" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5748" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6468" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7188" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="41E129B9"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="699B3EF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="88C20F58"/>
-    <w:lvl w:ilvl="0" w:tplc="BFE2E082">
+    <w:tmpl w:val="43269364"/>
+    <w:lvl w:ilvl="0" w:tplc="04220001">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1428" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2148" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2868" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3588" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4308" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5028" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5748" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6468" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7188" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="64AD19D2"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E54496D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A586783A"/>
-    <w:lvl w:ilvl="0" w:tplc="B7D28F52">
+    <w:tmpl w:val="4358DFFA"/>
+    <w:lvl w:ilvl="0" w:tplc="E8082F7E">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Sylfaen" w:hAnsi="Sylfaen" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="360"/>
+        <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="360"/>
+        <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="360"/>
+        <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="6D8138D5"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="736E0B2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="15745C9A"/>
-    <w:lvl w:ilvl="0" w:tplc="E2824548">
+    <w:tmpl w:val="6D20D798"/>
+    <w:lvl w:ilvl="0" w:tplc="E8082F7E">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="–"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Sylfaen" w:hAnsi="Sylfaen" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="E2824548">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75A45376"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="50C886A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="–"/>
-[...2 lines deleted...]
-        <w:ind w:left="1429" w:hanging="360"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...27 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FC0781"/>
-[...33 lines deleted...]
-    <w:rsid w:val="00FC0781"/>
+    <w:rsidRoot w:val="00072292"/>
+    <w:rsid w:val="00033989"/>
+    <w:rsid w:val="00072292"/>
+    <w:rsid w:val="000E6217"/>
+    <w:rsid w:val="000F69A9"/>
+    <w:rsid w:val="001101DF"/>
+    <w:rsid w:val="00116E23"/>
+    <w:rsid w:val="001A191D"/>
+    <w:rsid w:val="001C096F"/>
+    <w:rsid w:val="00205CA3"/>
+    <w:rsid w:val="0024070A"/>
+    <w:rsid w:val="00274C18"/>
+    <w:rsid w:val="00286B0C"/>
+    <w:rsid w:val="002E3DAC"/>
+    <w:rsid w:val="003248BF"/>
+    <w:rsid w:val="00331DFE"/>
+    <w:rsid w:val="00426A37"/>
+    <w:rsid w:val="00467773"/>
+    <w:rsid w:val="004D4CE0"/>
+    <w:rsid w:val="005E6405"/>
+    <w:rsid w:val="00602331"/>
+    <w:rsid w:val="006C355F"/>
+    <w:rsid w:val="006C3C24"/>
+    <w:rsid w:val="00731600"/>
+    <w:rsid w:val="007560CF"/>
+    <w:rsid w:val="007B3A9C"/>
+    <w:rsid w:val="00836244"/>
+    <w:rsid w:val="008740F9"/>
+    <w:rsid w:val="00882EEC"/>
+    <w:rsid w:val="008D2039"/>
+    <w:rsid w:val="008D4446"/>
+    <w:rsid w:val="008F15CE"/>
+    <w:rsid w:val="009206F5"/>
+    <w:rsid w:val="00941780"/>
+    <w:rsid w:val="00950F76"/>
+    <w:rsid w:val="00972005"/>
+    <w:rsid w:val="009B399C"/>
+    <w:rsid w:val="00A14EB6"/>
+    <w:rsid w:val="00A553CD"/>
+    <w:rsid w:val="00A765CC"/>
+    <w:rsid w:val="00AB75FA"/>
+    <w:rsid w:val="00B169AF"/>
+    <w:rsid w:val="00B25619"/>
+    <w:rsid w:val="00B728F0"/>
+    <w:rsid w:val="00B80222"/>
+    <w:rsid w:val="00B83547"/>
+    <w:rsid w:val="00B93500"/>
+    <w:rsid w:val="00BB0D31"/>
+    <w:rsid w:val="00C21C5F"/>
+    <w:rsid w:val="00C27217"/>
+    <w:rsid w:val="00CE6FC6"/>
+    <w:rsid w:val="00D8170A"/>
+    <w:rsid w:val="00DA2EFF"/>
+    <w:rsid w:val="00DE3E5B"/>
+    <w:rsid w:val="00E77670"/>
+    <w:rsid w:val="00E77954"/>
+    <w:rsid w:val="00F13B59"/>
+    <w:rsid w:val="00F17C2F"/>
+    <w:rsid w:val="00F27E55"/>
+    <w:rsid w:val="00FA10EA"/>
+    <w:rsid w:val="00FC7376"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="uk-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7A295CB4"/>
+  <w15:docId w15:val="{7C2BBA4E-A326-47E8-A18D-2C68FB461C7A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:sz w:val="24"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00130C43"/>
+    <w:rsid w:val="00F27E55"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D2039"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D2039"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00426A37"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D8170A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00426A37"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008D2039"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008D2039"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ds-markdown-paragraph">
+    <w:name w:val="ds-markdown-paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="008D2039"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D2039"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D2039"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008D2039"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="002141E0"/>
+    <w:rsid w:val="008D4446"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...3 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="002D13CD"/>
+    <w:rsid w:val="00426A37"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00426A37"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a7">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00602331"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D8170A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="2439087">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="32196466">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="88626954">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="98452387">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="115871681">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="208689589">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="390349976">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="216278779">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="233249229">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="267199962">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="272171368">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="364064783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="397825520">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="412431163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1311521887">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="678386565">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="421683663">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="469980965">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="502203213">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="524709452">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="528494479">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="529535953">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1919359175">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="999696239">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="621037606">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="652442065">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="748770642">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="760952564">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="795560959">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="841821130">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="416175041">
+          <w:blockQuote w:val="1"/>
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="720"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="904069985">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="922106625">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="980884799">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1024525109">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1044403664">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="836925927">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1045059881">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1119840039">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1166748734">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1167553905">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1178618353">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1181895028">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="59015002">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="427771525">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1675565949">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1658148552">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="368915829">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="560480618">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1565876469">
+                      <w:blockQuote w:val="1"/>
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="240"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="single" w:sz="12" w:space="11" w:color="ADB2B8"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1815100531">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1204756462">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1257905201">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1286161782">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1286422520">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1288044762">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1318529899">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1366633361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1385904634">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1413426425">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1414550804">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1415736379">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1437017289">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1485050380">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1530795022">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1531802892">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1534536208">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1562669888">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1581981429">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1627390544">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1680500270">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1708211651">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1779594688">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1801873457">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1887449902">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2066834840">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1570143971">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1918174932">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1931622116">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1962682430">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1981956002">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2015256214">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2048942598">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="343899778">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="681859265">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2116443338">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2136677085">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2138450225">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Офіс">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Офіс">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5632</Characters>
+  <Pages>7</Pages>
+  <Words>9708</Words>
+  <Characters>5535</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>DG Win&amp;Soft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6607</CharactersWithSpaces>
+  <CharactersWithSpaces>15213</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Home</dc:creator>
+  <dc:creator>Сергей Акулов</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>