--- v0 (2025-12-31)
+++ v1 (2026-02-23)
@@ -1,3798 +1,3823 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7F5505DD" w14:textId="44812B6D" w:rsidR="002224D7" w:rsidRDefault="005E5820" w:rsidP="005E5820">
+    <w:p w14:paraId="7F5505DD" w14:textId="44812B6D" w:rsidR="002224D7" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="005E5820">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005E5820">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЛЕКЦІЯ 1. ВВЕДЕННЯ В МАШИННЕ НАВЧАННЯ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A6BC73F" w14:textId="03C77CC7" w:rsidR="005E5820" w:rsidRDefault="005E5820" w:rsidP="005E5820">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D17C4A3" w14:textId="48927A70" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="005E5820">
+    <w:p w14:paraId="1D17C4A3" w14:textId="4BF084A2" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005E5820">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Що таке машинне навчання?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33DF501F" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="00EF0218">
+    <w:p w14:paraId="651D246C" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...121 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6568FC23" w14:textId="00308C47" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-          <w:color w:val="00B050"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005E5820">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-          <w:color w:val="00B050"/>
-[...13 lines deleted...]
-        <w:ind w:firstLine="426"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Вступ до машинного навчання починається з розуміння того, що це галузь штучного інтелекту, яка дозволяє комп’ютерам робити висновки та приймати рішення на основі даних без явного програмування правил. Одним із ключових завдань машинного навчання є класифікація, тобто процес віднесення об’єктів до певних категорій. Класифікація застосовується у багатьох сферах: від розпізнавання рукописних цифр до медичної діагностики, від аналізу текстів до виявлення шахрайських транзакцій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61821E36" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-          <w:color w:val="00B050"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005E5820">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="079DB09F" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-          <w:color w:val="00B050"/>
-[...13 lines deleted...]
-        <w:ind w:firstLine="426"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-          <w:color w:val="00B050"/>
-[...53 lines deleted...]
-    <w:p w14:paraId="5C54B120" w14:textId="4D465FE2" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="005E5820">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Основна ідея полягає в тому, що ми маємо набір даних із прикладами, де кожен об’єкт описаний певними ознаками і має відому мітку класу. Алгоритм навчається на цих даних, знаходить закономірності та будує модель, яка може передбачати клас нових, ще невідомих об’єктів. Наприклад, якщо ми хочемо навчити систему розпізнавати електронні листи як «спам» або «не спам», ми надаємо їй приклади листів із відповідними позначками. Модель аналізує слова, структуру повідомлення, відправника та інші характеристики, а потім робить висновок щодо нових листів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253C5E6D" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C54B120" w14:textId="217BCB8B" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005E5820">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Типи систем машинного навчання</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381BF324" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="005E5820">
-[...26 lines deleted...]
-    <w:p w14:paraId="4DE9C1C0" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="005E5820">
+    <w:p w14:paraId="381BF324" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AD134A7" w14:textId="24ECA096" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="1BBAB52C" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="005E5820">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>У машинному навчанні прийнято класифікувати методи за кількома основними підходами, що визначають спосіб взаємодії алгоритму з даними та характер завдань, які він вирішує. Найбільш поширеною є класифікація на кероване навчання, некероване навчання та навчання з підкріпленням.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D97049" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="64C52B54" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="005E5820">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06DDC602" w14:textId="44B57989" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="7B1C2741" w14:textId="37EE2003" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="005E5820">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кероване навчання базується на використанні даних із відомими правильними відповідями, тобто мітками. Алгоритм отримує приклади «вхід–вихід» і навчається знаходити залежності, щоб прогнозувати вихід для нових даних. Це підхід, який застосовується у задачах класифікації та регресії. Наприклад, класифікація електронних листів як «спам» чи «не спам» або прогнозування ціни нерухомості за характеристиками квартири.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01044E85" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...26 lines deleted...]
-    <w:p w14:paraId="3280F077" w14:textId="56AFAD6F" w:rsidR="005E5820" w:rsidRDefault="005E5820" w:rsidP="005E5820">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0501FE51" w14:textId="1D44FE50" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="2C9D60B4" w14:textId="77777777" w:rsidR="00EF0218" w:rsidRPr="005E5820" w:rsidRDefault="00EF0218" w:rsidP="005E5820">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Некероване навчання працює з даними без міток. Алгоритм намагається знайти приховані структури, групи чи закономірності. Найвідомішим прикладом є кластеризація, коли система групує схожі об’єкти, наприклад, покупців за їхньою поведінкою. Інший приклад — зменшення розмірності даних, що дозволяє виділити найважливіші ознаки для подальшого аналізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ADD0D2A" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="5BD5BD85" w14:textId="2355068A" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="005E5820">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="388616C2" w14:textId="0D4F0241" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Навчання з підкріпленням відрізняється тим, що алгоритм взаємодіє з середовищем і отримує винагороду або штраф за свої дії. Мета полягає у виробленні стратегії, яка максимізує сумарну винагороду. Це підхід, який використовується у робототехніці, іграх чи системах управління. Класичний приклад — алгоритм, що навчається грати в шахи або керувати автономним автомобілем, поступово вдосконалюючи свої дії.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B162865" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B23E633" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окремо виділяють глибоке навчання, яке базується на багатошарових нейронних мережах і дозволяє працювати з дуже складними даними, такими як зображення, аудіо чи текст. Глибоке навчання може застосовуватися як у керованих, так і в некерованих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>сценаріях, і саме воно забезпечило прорив у розпізнаванні мовлення, комп’ютерному баченні та обробці природної мови.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B42DE35" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таким чином, класифікація методів машинного навчання дозволяє зрозуміти, які алгоритми найкраще підходять для конкретних завдань. Якщо ми маємо дані з мітками — застосовуємо кероване навчання, якщо хочемо знайти структуру в «сирих» даних — некероване, а якщо потрібно навчити </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>агента</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> діяти у складному середовищі — навчання з підкріпленням. Глибоке навчання ж виступає як потужний інструмент, що розширює можливості всіх цих підходів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9D60B4" w14:textId="77777777" w:rsidR="00EF0218" w:rsidRPr="00352F56" w:rsidRDefault="00EF0218" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD5BD85" w14:textId="311F344F" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005E5820">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Навчання з вчителем</w:t>
+      </w:r>
+      <w:r w:rsidR="00352F56" w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...20 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (кероване навчання)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="445BCB77" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31D470EF" w14:textId="3A0DF424" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Моделі навчання з учителем можуть робити прогнози після перегляду великої кількості даних з правильними відповідями, а потім виявлення зв'язків між елементами даних, які дають правильні відповіді. Це схоже на те, як студент вивчає новий матеріал, вивчаючи старі екзаменаційні роботи, які містять як питання, так і відповіді. Як тільки студент натренується на достатній кількості старих екзаменаційних робіт, він буде добре підготовлений до здачі нового екзамену. Ці системи МН «контролюються» в тому сенсі, що людина надає системі МН дані з відомими правильними результатами.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA327E8" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="005E5820">
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="3AA327E8" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Двома найбільш поширеними варіантами використання навчання з учителем є регресія та класифікація.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21ED7080" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="005E5820">
-[...11 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="21ED7080" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Регресія</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30AE90F8" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="00EF0218">
-      <w:pPr>
+    <w:p w14:paraId="30AE90F8" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Модель регресії передбачає числове значення. Наприклад, модель погоди, яка прогнозує кількість дощу в дюймах або міліметрах, є регресійною моделлю.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33FC3656" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="00EF0218">
-      <w:pPr>
+    <w:p w14:paraId="33FC3656" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DBD5C94" w14:textId="157C4D4D" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:rPr>
-[...13 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>У таблиці нижче наведені додаткові регресійних моделей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149583B8" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1363"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2325"/>
+        <w:gridCol w:w="1438"/>
+        <w:gridCol w:w="5520"/>
+        <w:gridCol w:w="2387"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00124DEC" w:rsidRPr="00124DEC" w14:paraId="207C64C8" w14:textId="77777777" w:rsidTr="00124DEC">
+      <w:tr w:rsidR="00124DEC" w:rsidRPr="00352F56" w14:paraId="207C64C8" w14:textId="77777777" w:rsidTr="00124DEC">
         <w:trPr>
           <w:tblHeader/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B244645" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+          <w:p w14:paraId="2B244645" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00124DEC">
+            <w:r w:rsidRPr="00352F56">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сценарій</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29A87CD1" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+          <w:p w14:paraId="29A87CD1" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00124DEC">
+            <w:r w:rsidRPr="00352F56">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Можливі входи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FC916CC" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+          <w:p w14:paraId="3FC916CC" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00124DEC">
+            <w:r w:rsidRPr="00352F56">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Числовий прогноз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124DEC" w:rsidRPr="00124DEC" w14:paraId="6B0D869F" w14:textId="77777777" w:rsidTr="00124DEC">
+      <w:tr w:rsidR="00124DEC" w:rsidRPr="00352F56" w14:paraId="6B0D869F" w14:textId="77777777" w:rsidTr="00124DEC">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F3309DF" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+          <w:p w14:paraId="5F3309DF" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00124DEC">
+            <w:r w:rsidRPr="00352F56">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Майбутня ціна будинку</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="440E9936" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+          <w:p w14:paraId="440E9936" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00124DEC">
+            <w:r w:rsidRPr="00352F56">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Площа ділянки, поштовий індекс, кількість спалень та ванних кімнат, розмір ділянки, відсоткова ставка по іпотеці, ставка податку на нерухомість, витрати на будівництво та кількість будинків, що продаються в цьому районі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F18875A" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+          <w:p w14:paraId="7F18875A" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00124DEC">
+            <w:r w:rsidRPr="00352F56">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ціна будинку.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124DEC" w:rsidRPr="00124DEC" w14:paraId="7BFE9408" w14:textId="77777777" w:rsidTr="00124DEC">
+      <w:tr w:rsidR="00124DEC" w:rsidRPr="00352F56" w14:paraId="7BFE9408" w14:textId="77777777" w:rsidTr="00124DEC">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00F27694" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+          <w:p w14:paraId="00F27694" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00124DEC">
+            <w:r w:rsidRPr="00352F56">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Майбутній час поїздки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70BBC622" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+          <w:p w14:paraId="70BBC622" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00124DEC">
+            <w:r w:rsidRPr="00352F56">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Історичні умови дорожнього руху (зібрані зі смартфонів, датчиків дорожнього руху, служб таксі та інших навігаційних додатків), відстань до пункту призначення та погодні умови.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EACF34C" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+          <w:p w14:paraId="6EACF34C" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00124DEC">
+            <w:r w:rsidRPr="00352F56">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Час в хвилинах і секундах до прибуття в пункт призначення.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C14B897" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="005E5820">
-[...18 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="6C14B897" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70688DFA" w14:textId="3C964653" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Класифікація</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1A297B" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="005E5820" w:rsidRDefault="005E5820" w:rsidP="00EF0218">
-      <w:pPr>
+    <w:p w14:paraId="1F1A297B" w14:textId="77777777" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Моделі класифікації передбачають ймовірність того, що щось належить до певної категорії. На відміну від регресійних моделей, вихідні дані яких є числом, моделі класифікації виводять значення, яке вказує на те, чи належить щось до певної категорії. Наприклад, моделі класифікації використовуються, щоб передбачити, чи є електронний лист спамом або чи зображено на фотографії кота.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77816039" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRDefault="005E5820" w:rsidP="00EF0218">
-      <w:pPr>
+    <w:p w14:paraId="77816039" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Моделі класифікації поділяються на дві групи: бінарна класифікація та мультикласова класифікація. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D15BCD8" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRDefault="005E5820" w:rsidP="00EF0218">
-      <w:pPr>
+    <w:p w14:paraId="1D15BCD8" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Моделі бінарної класифікації виводять значення з класу, який містить лише два значення, наприклад модель, яка виводить або дощ, або без дощу. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ABCB471" w14:textId="65FA595F" w:rsidR="005E5820" w:rsidRDefault="005E5820" w:rsidP="00EF0218">
-      <w:pPr>
+    <w:p w14:paraId="0ABCB471" w14:textId="65FA595F" w:rsidR="005E5820" w:rsidRPr="00352F56" w:rsidRDefault="005E5820" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Моделі мультикласової класифікації виводять значення з класу, який містить більше двох значень, наприклад модель, яка може виводити дощ, град, сніг або слякоть.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0338D067" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="005E5820" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+    <w:p w14:paraId="0338D067" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005E5820">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Перевірте себе:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B157DD" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+    <w:p w14:paraId="18B157DD" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="4D6F1588" w14:textId="167B712C" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D6F1588" w14:textId="167B712C" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00124DEC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Якщо б ви хотіли використовувати модель машинного навчання для прогнозування споживання енергії комерційними будівлями, який тип моделі ви б використали?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3999E52A" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+    <w:p w14:paraId="3999E52A" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00124DEC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Класифікація</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF93F2B" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+    <w:p w14:paraId="5FF93F2B" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00124DEC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Регресія</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50438679" w14:textId="359FA449" w:rsidR="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
-[...6 lines deleted...]
-    <w:p w14:paraId="486E4615" w14:textId="61ABA35B" w:rsidR="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+    <w:p w14:paraId="50438679" w14:textId="359FA449" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="486E4615" w14:textId="403DDBE6" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00124DEC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Навчання без вчителя</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00352F56" w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (некероване навчання) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB41512" w14:textId="4401EF3A" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Моделі навчання без вчителя (без нагляду) роблять прогнози, отримуючи дані, які не містять правильних відповідей. Мета моделі навчання без нагляду — виявити значущі закономірності серед даних. Іншими словами, у моделі немає підказок щодо того, як класифікувати кожен фрагмент даних, замість цього вона повинна створювати власні правила.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A6BF24" w14:textId="028F02F5" w:rsidR="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00EF0218">
-      <w:pPr>
+    <w:p w14:paraId="10A6BF24" w14:textId="028F02F5" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Широко використовувана модель навчання без нагляду використовує метод, який називається кластеризацією. Модель знаходить точки даних, які розмежовують природні групи.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43711066" w14:textId="6CC60F79" w:rsidR="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00EF0218">
-      <w:pPr>
+    <w:p w14:paraId="43711066" w14:textId="6CC60F79" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Кластеризація відрізняється від класифікації тим, що категорії не визначаються вами. Наприклад, неконтрольована модель може групувати набір погодних даних на основі температури, виявляючи сегментації, які визначають пори року. Потім ви можете спробувати назвати ці кластери на основі вашого розуміння набору даних.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1192D3" w14:textId="1E9BC43E" w:rsidR="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+    <w:p w14:paraId="4A1192D3" w14:textId="1E9BC43E" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00124DEC">
-        <w:rPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58C43A64" wp14:editId="2F0039F9">
             <wp:extent cx="5940425" cy="1767840"/>
             <wp:effectExtent l="0" t="0" r="3175" b="3810"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="1767840"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C008028" w14:textId="7285F102" w:rsidR="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+    <w:p w14:paraId="6C008028" w14:textId="7285F102" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1236"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Рис. 1 Результат кластеризації</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2F7ED1" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+    <w:p w14:paraId="1D2F7ED1" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00124DEC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Перевірте своє розуміння </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00F9AB25" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+    <w:p w14:paraId="00F9AB25" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00124DEC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Що відрізняє контрольований підхід від неконтрольованого? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE96D76" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+    <w:p w14:paraId="4FE96D76" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00124DEC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Неконтрольований підхід знає, як маркувати кластери даних. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64894C62" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+    <w:p w14:paraId="64894C62" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00124DEC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При контрольованому підході надаються дані, що містять правильну відповідь. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177BD716" w14:textId="4DE0DA7B" w:rsidR="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+    <w:p w14:paraId="177BD716" w14:textId="4DE0DA7B" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00124DEC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Контрольований підхід зазвичай використовує кластеризацію.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462A841D" w14:textId="681B27CC" w:rsidR="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
-      <w:pPr>
+    <w:p w14:paraId="462A841D" w14:textId="681B27CC" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="00B050"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="3C064A49" w14:textId="66BD33BA" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00124DEC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C064A49" w14:textId="3DDA36C1" w:rsidR="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00124DEC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Навчання з підкріпленням</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="585CAC95" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="001F1ED4">
-      <w:pPr>
+    <w:p w14:paraId="77734C46" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="585CAC95" w14:textId="77777777" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="349"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Моделі навчання з підкріпленням роблять прогнози, отримуючи винагороди або штрафи залежно від дій, виконуваних у середовищі. Система навчання з підкріпленням генерує політику, яка визначає найкращу стратегію для отримання максимальної винагороди.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7655B6B4" w14:textId="67EEDA97" w:rsidR="00124DEC" w:rsidRPr="00352F56" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="349"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Навчання з підкріпленням використовується для навчання роботів виконувати завдання, такі як пересування по кімнаті, а також для таких програм, як </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AlphaGo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, для гри в го.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31AF5F6B" w14:textId="77777777" w:rsidR="001F1ED4" w:rsidRPr="00352F56" w:rsidRDefault="001F1ED4" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="349"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Моделі навчання з підкріпленням роблять прогнози, отримуючи винагороди або штрафи залежно від дій, виконуваних у середовищі. Система навчання з підкріпленням генерує політику, яка визначає найкращу стратегію для отримання максимальної винагороди.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Що таке навчання з підкріпленням, або </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reinforcement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>? Майже те ж саме, що й навчання з учителем, але в ролі "вчителя" виступає справжнє або віртуальне середовище. Давайте "на пальцях": пам'ятайте популярний спосіб навчити плавати? Вивезти в човні на середину озера і викинути на глибину з повчанням: «Жити хочеш - випливеш».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192C7E21" w14:textId="77777777" w:rsidR="001F1ED4" w:rsidRPr="00352F56" w:rsidRDefault="001F1ED4" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="349"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Навчання з підкріпленням використовується для навчання роботів виконувати завдання, такі як пересування по кімнаті, а також для таких програм, як </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Цей самий принцип діє в навчанні з підкріпленням: робота кидають в якийсь лабіринт, з якого він сам повинен знайти вихід. У процесі пошуку робот отримує від зовнішнього середовища інформацію про те, де виходу немає, таким чином вивчає навколишній світ і вчиться знаходити шлях до виходу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B2A6F0" w14:textId="77777777" w:rsidR="001F1ED4" w:rsidRPr="00352F56" w:rsidRDefault="001F1ED4" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="349"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нагородою за успішно виконане завдання є можливість взятися за нове, а також набрані в процесі виконання бали. Чим ефективніше виконана задача, тим більше нараховується балів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9D3B06" w14:textId="77777777" w:rsidR="001F1ED4" w:rsidRPr="00352F56" w:rsidRDefault="001F1ED4" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="349"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Навчання з підкріпленням застосовується у випадках коли потрібно вибрати кращий варіант серед багатьох або досягти складної мети за безліч ходів. Алгоритми підкріплення, які включають в себе глибоке навчання, можуть перемогти чемпіонів світу в грі </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00124DEC">
-[...3 lines deleted...]
-        <w:t>AlphaGo</w:t>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Go</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00124DEC">
-[...7 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, починаючи з базового розуміння правил гри і тренуючись від партії до партії.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5144D096" w14:textId="019A23FA" w:rsidR="001F1ED4" w:rsidRPr="00352F56" w:rsidRDefault="001F1ED4" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="349"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...37 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Таким чином, це вже штучний інтелект в дії: машина намагається вирішити задачу різними способами, помиляється, вчиться на своїх помилках, покращує показники. Цей метод використовують у першу чергу там, де потрібно навчити машину виживати в реальному середовищі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C05DCA7" w14:textId="77777777" w:rsidR="001F1ED4" w:rsidRPr="00352F56" w:rsidRDefault="001F1ED4" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="349"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...72 lines deleted...]
-    <w:p w14:paraId="514F0AC8" w14:textId="30635CED" w:rsidR="00124DEC" w:rsidRPr="00EF0218" w:rsidRDefault="00124DEC" w:rsidP="00EF0218">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="514F0AC8" w14:textId="1D42022F" w:rsidR="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF0218">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Генеративний </w:t>
       </w:r>
-      <w:r w:rsidR="00EF0218" w:rsidRPr="00EF0218">
+      <w:r w:rsidR="00EF0218" w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ШІ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="605D6A01" w14:textId="0DF48BC5" w:rsidR="00124DEC" w:rsidRPr="00124DEC" w:rsidRDefault="00124DEC" w:rsidP="00EF0218">
-      <w:pPr>
+    <w:p w14:paraId="085A7628" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="195AFDD3" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...46 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Генеративний штучний інтелект — це напрям машинного навчання, який зосереджується на створенні нових даних, схожих на ті, що використовувалися для навчання моделей. На відміну від класичних алгоритмів, які лише класифікують або прогнозують, генеративні моделі здатні продукувати текст, зображення, музику чи навіть тривимірні об’єкти. Їхня мета полягає у відтворенні статистичних властивостей вихідних даних так, щоб результати виглядали </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>реалістично</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та мали практичну цінність.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C83CA0" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...22 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одним із ключових прикладів є </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>генеративно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>-змагальні мережі (GAN), де дві нейронні мережі — генератор і дискримінатор — працюють у парі. Генератор створює нові приклади, а дискримінатор намагається відрізнити їх від справжніх. У процесі змагання обидві мережі вдосконалюються, і зрештою генератор навчається створювати дані, які майже неможливо відрізнити від реальних. Саме GAN дали поштовх розвитку технологій створення реалістичних зображень, стилізації фотографій та навіть синтезу відео.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CAB012" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...108 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Інший важливий клас моделей — варіаційні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>автоенкодери</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (VAE), які навчаються стискати дані у компактне представлення, а потім відновлювати їх назад. Це дозволяє не лише відтворювати вихідні приклади, а й генерувати нові, комбінуючи різні ознаки. VAE широко застосовуються для створення нових варіацій зображень, музичних фрагментів чи навіть молекулярних структур у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>біоінформатиці</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D19C9A" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окремо варто згадати </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>трансформери</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, які стали основою сучасних генеративних моделей у сфері обробки природної мови. Саме вони лежать в основі систем, здатних писати тексти, відповідати на запитання, перекладати та створювати програмний код. Завдяки механізму уваги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>трансформери</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> можуть враховувати контекст і будувати зв’язні, логічні та стилістично правильні тексти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C716F4C" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Генеративний ШІ має величезний спектр застосувань. У мистецтві він допомагає створювати нові стилі та образи, у медицині — генерувати синтетичні дані для тренування моделей без ризику розкриття персональної інформації, у бізнесі — автоматизувати створення контенту чи дизайну. Водночас він ставить і нові виклики: питання авторського права, етики та достовірності інформації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C99AE49" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="00352F56" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1452"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>У наступній таблиці наведено приклади генеративних моделей, їхні входи та приклад можливих виходів:</w:t>
-[...805 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3559A28B" w14:textId="26234296" w:rsidR="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
+    <w:p w14:paraId="3559A28B" w14:textId="11738F09" w:rsidR="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1452"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Основні етапи машинного навчання</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31BE4E08" w14:textId="6CC46511" w:rsidR="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
-      <w:pPr>
+    <w:p w14:paraId="19431015" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1452"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="1AF295F8" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AF295F8" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="00352F56" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Основні етапи машинного навчання включають кілька ключових кроків, що забезпечують ефективне навчання моделі. Нижче наведені основні етапи:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6770004A" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
+    <w:p w14:paraId="14B68902" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Збір даних</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A63B1">
+    </w:p>
+    <w:p w14:paraId="6770004A" w14:textId="19445913" w:rsidR="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:br/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Перший крок полягає в зборі відповідних даних для задачі, яку потрібно вирішити. Дані можуть бути зібрані з різних джерел, таких як бази даних, веб-сайти, сенсори або дані користувачів.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC815BC" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
+    <w:p w14:paraId="6E19F66E" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B345A62" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Підготовка та обробка даних</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A63B1">
+    </w:p>
+    <w:p w14:paraId="4EC815BC" w14:textId="1699066B" w:rsidR="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:br/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Зібрані дані часто містять пропущені значення, шум чи нерелевантні параметри, тому їх необхідно обробити: видалити аномальні значення, заповнити пропуски, нормалізувати або масштабувати дані для подальшого навчання.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF6BAFD" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
+    <w:p w14:paraId="0797E27C" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EA4D33C" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Вибір ознак</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A63B1">
+    </w:p>
+    <w:p w14:paraId="6CF6BAFD" w14:textId="0A4C1A9E" w:rsidR="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:br/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>На цьому етапі обираються значущі ознаки (параметри) для моделі, які найбільше впливають на результат. Цей процес допомагає зменшити обсяг даних, видаляючи зайві чи малозначущі ознаки.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5070791D" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
+    <w:p w14:paraId="24A5D43A" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DBCF6AF" w14:textId="77777777" w:rsidR="002606DC" w:rsidRPr="002606DC" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        </w:rPr>
+        <w:t>Розподіл даних на навчальну та тестову вибірки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5070791D" w14:textId="17EB3A67" w:rsidR="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="002606DC">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дані розбиваються на дві вибірки: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        </w:rPr>
+        <w:t>навчальну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        </w:rPr>
+        <w:t xml:space="preserve">, яку використовують для навчання моделі, та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        </w:rPr>
+        <w:t>тестову</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, яка дозволяє оцінити її точність. Іноді також виділяють </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>валідаційну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> вибірку</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A63B1">
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> для налаштування параметрів моделі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E33B75" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
+    <w:p w14:paraId="362C326C" w14:textId="77777777" w:rsidR="002606DC" w:rsidRPr="00352F56" w:rsidRDefault="002606DC" w:rsidP="002606DC">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A5E7F49" w14:textId="77777777" w:rsidR="002606DC" w:rsidRPr="002606DC" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Вибір і навчання моделі</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A63B1">
+    </w:p>
+    <w:p w14:paraId="05E33B75" w14:textId="5017DD7A" w:rsidR="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="002606DC">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:br/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Обирається відповідний алгоритм машинного навчання (наприклад, лінійна регресія, дерева рішень, нейронні мережі) для вирішення задачі. Модель навчається на основі навчальної вибірки, шукаючи залежності між ознаками та результатом.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796CBCE2" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
+    <w:p w14:paraId="3E987919" w14:textId="77777777" w:rsidR="002606DC" w:rsidRPr="00352F56" w:rsidRDefault="002606DC" w:rsidP="002606DC">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="625DE4BA" w14:textId="77777777" w:rsidR="002606DC" w:rsidRPr="002606DC" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Оцінка моделі</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A63B1">
+    </w:p>
+    <w:p w14:paraId="796CBCE2" w14:textId="3060A4AD" w:rsidR="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="002606DC">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:br/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Навчену модель перевіряють на тестових даних. Обчислюються метрики оцінки, такі як точність, середньоквадратична помилка, F-мір тощо, щоб визначити, наскільки добре модель прогнозує на нових даних.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B9731F2" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
+    <w:p w14:paraId="069A4C74" w14:textId="77777777" w:rsidR="002606DC" w:rsidRPr="00352F56" w:rsidRDefault="002606DC" w:rsidP="002606DC">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B0719D6" w14:textId="77777777" w:rsidR="002606DC" w:rsidRPr="002606DC" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Тонке налаштування моделі</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A63B1">
+    </w:p>
+    <w:p w14:paraId="5B9731F2" w14:textId="61755046" w:rsidR="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="002606DC">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:br/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Можливе вдосконалення моделі шляхом налаштування її </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005A63B1">
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>гіперпараметрів</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005A63B1">
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, вибору нових ознак або заміни алгоритму. Тонке налаштування допомагає досягти кращих результатів на основі </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005A63B1">
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>валідаційної</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005A63B1">
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> вибірки.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5263F6E4" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
+    <w:p w14:paraId="6C9581B7" w14:textId="77777777" w:rsidR="002606DC" w:rsidRDefault="002606DC" w:rsidP="002606DC">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33E5B906" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="00352F56" w:rsidP="002606DC">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38D4CFF6" w14:textId="77777777" w:rsidR="00352F56" w:rsidRPr="00352F56" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Розгортання моделі</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A63B1">
+    </w:p>
+    <w:p w14:paraId="5263F6E4" w14:textId="3E9E4616" w:rsidR="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:br/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Після успішного навчання та оцінки модель можна інтегрувати у виробниче середовище, де вона буде використовуватися для прогнозування нових даних або автоматизації процесів.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60036AD5" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
+    <w:p w14:paraId="58F39687" w14:textId="77777777" w:rsidR="002606DC" w:rsidRPr="00352F56" w:rsidRDefault="002606DC" w:rsidP="00352F56">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7809C42C" w14:textId="77777777" w:rsidR="002606DC" w:rsidRPr="002606DC" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a6"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Моніторинг та оновлення моделі</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A63B1">
+    </w:p>
+    <w:p w14:paraId="60036AD5" w14:textId="29B7CE10" w:rsidR="005A63B1" w:rsidRPr="00352F56" w:rsidRDefault="005A63B1" w:rsidP="002606DC">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>змінюватися. За необхідності модель перенавчається або налаштовується для підтримки її точності.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7E265DB1" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1">
+        <w:t>Після розгортання модель потребує постійного моніторингу, оскільки дані з часом можуть змінюватися. За необхідності модель перенавчається або налаштовується для підтримки її точності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E265DB1" w14:textId="77777777" w:rsidR="005A63B1" w:rsidRPr="00352F56" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005A63B1">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Кожен з цих етапів є важливим і сприяє тому, щоб модель машинного навчання працювала максимально ефективно в реальних умовах.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4566270D" w14:textId="2DBD09D1" w:rsidR="005A63B1" w:rsidRDefault="005A63B1" w:rsidP="005A63B1"/>
-    <w:p w14:paraId="482E6FF1" w14:textId="7C8B10E4" w:rsidR="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="4566270D" w14:textId="2DBD09D1" w:rsidR="005A63B1" w:rsidRPr="00352F56" w:rsidRDefault="005A63B1" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="482E6FF1" w14:textId="0B68FBE1" w:rsidR="00355616" w:rsidRPr="002606DC" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="936"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Бібліотеки </w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-        <w:rPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Python </w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-        <w:rPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">для машинного </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00355616">
-        <w:rPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>навчання</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="21479081" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
-[...11 lines deleted...]
-          <w:lang/>
+    <w:p w14:paraId="5593A5D4" w14:textId="77777777" w:rsidR="002606DC" w:rsidRPr="002606DC" w:rsidRDefault="002606DC" w:rsidP="002606DC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="936"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21479081" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1. scikit-learn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517F63E1" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="517F63E1" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Опис</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Найпопулярніша бібліотека для класичного машинного навчання.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F277F5D" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="1F277F5D" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Особливості</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Включає алгоритми для класифікації, регресії, кластеризації, зменшення розмірності, оцінки моделей тощо.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494DD758" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="494DD758" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Використання</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Легко інтегрується з іншими бібліотеками, такими як NumPy і pandas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A4B2C86" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
-[...11 lines deleted...]
-          <w:lang/>
+    <w:p w14:paraId="4A4B2C86" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. TensorFlow</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F7FD8D" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="40F7FD8D" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Опис</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Відкрита бібліотека для глибокого навчання, розроблена компанією Google.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C6E125" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="04C6E125" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Особливості</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Підтримує нейронні мережі, конволюційні та рекурентні моделі. Має власну платформу для розгортання моделей на мобільних та веб-додатках.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CB7F087" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="5CB7F087" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Використання</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Має модуль Keras для спрощення створення моделей.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17934BB4" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
-[...11 lines deleted...]
-          <w:lang/>
+    <w:p w14:paraId="17934BB4" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3. Keras</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CBF802" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="08CBF802" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Опис</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Високоурівнева бібліотека для глибокого навчання, що працює поверх TensorFlow.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F6205F" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="13F6205F" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Особливості</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Простий і зрозумілий API для швидкої розробки нейронних мереж.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6444A677" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="6444A677" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Використання</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Ідеальна для швидкого прототипування.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B307C9" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
-[...11 lines deleted...]
-          <w:lang/>
+    <w:p w14:paraId="38B307C9" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4. PyTorch</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473E7AB8" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="473E7AB8" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Опис</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Відкрита бібліотека для глибокого навчання, розроблена Facebook.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F6B05F" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="42F6B05F" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Особливості</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Інтуїтивно зрозумілий інтерфейс, динамічне обчислення графів, що робить його зручним для досліджень.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD909F3" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="0CD909F3" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Використання</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Зростаюча популярність у академічному середовищі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D5F7628" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
-[...11 lines deleted...]
-          <w:lang/>
+    <w:p w14:paraId="7D5F7628" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5. pandas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5244D64A" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="5244D64A" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Опис</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Бібліотека для обробки та аналізу даних.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DDB52B" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="35DDB52B" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Особливості</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Забезпечує структури даних, які спрощують роботу з табличними даними.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157BF5C3" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="157BF5C3" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Використання</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Важлива для попередньої обробки даних.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F8FE3B9" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
-[...11 lines deleted...]
-          <w:lang/>
+    <w:p w14:paraId="4F8FE3B9" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6. NumPy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E201EA6" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="5E201EA6" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Опис</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Бібліотека для наукових обчислень.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1144BC78" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="1144BC78" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Особливості</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Забезпечує підтримку великих багатовимірних масивів і матриць, а також великий набір математичних функцій.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14FF0C3B" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="14FF0C3B" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Використання</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Основна бібліотека для числових обчислень у Python.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1784F599" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
-[...13 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="1784F599" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>7. Matplotlib</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62CEB0F7" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="62CEB0F7" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Опис</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Бібліотека для візуалізації даних.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E67F163" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="2E67F163" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Особливості</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Дозволяє створювати графіки, діаграми та інші візуальні елементи.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A42DE4" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="64A42DE4" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Використання</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Ідеально підходить для візуалізації результатів моделей.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0981763F" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
-[...11 lines deleted...]
-          <w:lang/>
+    <w:p w14:paraId="0981763F" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8. Seaborn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A21060" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="46A21060" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Опис</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Бібліотека для візуалізації даних, побудована на основі Matplotlib.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="525B0346" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="525B0346" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Особливості</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Пропонує більш привабливі графіки та зручніші для користувача функції.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08996A73" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
+    <w:p w14:paraId="08996A73" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:lang/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Використання</w:t>
       </w:r>
-      <w:r w:rsidRPr="00355616">
-[...1 lines deleted...]
-          <w:lang/>
+      <w:r w:rsidRPr="00352F56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Легко інтегрується з pandas для візуалізації даних.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E1400B9" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00355616" w:rsidRDefault="00355616" w:rsidP="00355616">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00355616" w:rsidRPr="00355616">
+    <w:p w14:paraId="7E1400B9" w14:textId="77777777" w:rsidR="00355616" w:rsidRPr="00352F56" w:rsidRDefault="00355616" w:rsidP="00352F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00355616" w:rsidRPr="00352F56">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5822,107 +5847,110 @@
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005E5820"/>
     <w:rsid w:val="00124DEC"/>
     <w:rsid w:val="001F1ED4"/>
     <w:rsid w:val="002224D7"/>
+    <w:rsid w:val="002606DC"/>
+    <w:rsid w:val="00352F56"/>
     <w:rsid w:val="00355616"/>
     <w:rsid w:val="005A63B1"/>
     <w:rsid w:val="005E5820"/>
     <w:rsid w:val="00EF0218"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang/>
+  <w:themeFontLang w:val="uk-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="49E3A178"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E42BF8C6-C4E1-48F8-8268-2EEA32D8EC72}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6268,53 +6296,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -6523,51 +6548,77 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="319426036">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1020351282">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1386877896">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1460146084">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1543250926">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -6641,50 +6692,63 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1383211347">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1641299630">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1696466272">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1728608760">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -6713,51 +6777,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2051151104">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7015,70 +7079,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>12557</Characters>
+  <Pages>6</Pages>
+  <Words>9716</Words>
+  <Characters>5539</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14730</CharactersWithSpaces>
+  <CharactersWithSpaces>15225</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>