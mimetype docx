--- v0 (2025-10-17)
+++ v1 (2026-02-06)
@@ -90,186 +90,104 @@
     <w:p w14:paraId="2EF7842D" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ЗАТВЕРДЖУЮ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="701A3B4D" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Декан  факультету</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> менеджменту</w:t>
+        <w:t>Декан  факультету менеджменту</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3961E266" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B372C68" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...56 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(підпис)                        (ініціали та прізвище)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EAF8B51" w14:textId="6D52E0E1" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>«_____</w:t>
-[...15 lines deleted...]
-        <w:t>______________202</w:t>
+        <w:t>«______»_______________202</w:t>
       </w:r>
       <w:r w:rsidR="00D4244C">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F806DE0" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D042734" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -321,273 +239,148 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>МЕНЕДЖМЕНТ БІЗНЕСУ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F5CC38" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>(назва навчальної дисципліни)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45EEBA17" w14:textId="0E430A7E" w:rsidR="00811F60" w:rsidRPr="00811F60" w:rsidRDefault="00811F60" w:rsidP="00F73C6C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811F60">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Блок дисциплін вільного вибору студента в межах Університету</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A84C2D" w14:textId="666EDBAF" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>назва</w:t>
-[...67 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>підготовки  бакалавра</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="477F06EE" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>денної</w:t>
-[...55 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>денної та заочної форм здобуття освіти</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6F39B538" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>освітньо-професійних</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>освітньо-професійних програм</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="13EA209B" w14:textId="5FE985A6" w:rsidR="00F73C6C" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
+    <w:p w14:paraId="441042C0" w14:textId="49A24F8E" w:rsidR="00D246E7" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00811F60">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>«Менеджмент міжнародного бізнесу»</w:t>
       </w:r>
-      <w:r w:rsidR="00C17896">
+      <w:r w:rsidR="00811F60">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>, «Менеджмент організацій і адміністрування»,</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>, «Менеджмент організацій та адміністрування»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6418C">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>«Хімія», «Право», «Маркетинг»</w:t>
+        <w:t>, «Хімія», «Право»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1313D8" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CED13D7" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD606F">
@@ -603,81 +396,65 @@
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">викладач: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Маркова С.В.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD606F">
+        <w:t>, д</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>д</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>.е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>.е</w:t>
-[...14 lines deleted...]
-        <w:t>., професор кафедри</w:t>
+        <w:t>.н., професор кафедри</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> бізнес-адміністрування і менеджменту ЗЕД</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AFB2BB4" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10C880FE" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
@@ -692,50 +469,51 @@
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CC048A9" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45F1F22F" w14:textId="096BA0F2" w:rsidR="00F73C6C" w:rsidRPr="00DD606F" w:rsidRDefault="00B21FBF" w:rsidP="00F73C6C">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21FBF">
         <w:rPr>
           <w:bCs/>
+          <w:noProof/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="010A167F" wp14:editId="12BAFEFD">
             <wp:extent cx="6276109" cy="1752600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1063249678" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1063249678" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
@@ -822,61 +600,52 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00D4244C">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD606F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> рік</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="455B6B5D" w14:textId="633A27C7" w:rsidR="00F73C6C" w:rsidRPr="00C4340A" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="000B7CFC">
         <w:rPr>
           <w:b/>
           <w:caps/>
@@ -940,111 +709,83 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Кафедра: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">бізнес-адміністрування і менеджменту зовнішньоекономічної діяльності, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">І корпус, </w:t>
-[...17 lines deleted...]
-        <w:t>. 108</w:t>
+        <w:t>І корпус, ауд. 108</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2966835D" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00271E59" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D3580">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D3580">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>mail</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">mail: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>masvvi@outlook.com</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CCA4041" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00271E59" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D3580">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Телефон:</w:t>
       </w:r>
@@ -1341,10159 +1082,2824 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="08E6A242" w14:textId="77777777" w:rsidR="00D4244C" w:rsidRPr="000B7CFC" w:rsidRDefault="00D4244C" w:rsidP="00D4244C">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7CFC">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">− набуття навичок формування та розвитку власних лідерських якостей, налагодження ефективної роботи в команді. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72CA3EE2" w14:textId="77777777" w:rsidR="00D4244C" w:rsidRPr="000B7CFC" w:rsidRDefault="00D4244C" w:rsidP="00D4244C">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000B7CFC">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Застосування</w:t>
-[...230 lines deleted...]
-        <w:t xml:space="preserve"> студент повинен: знати: </w:t>
+        <w:t xml:space="preserve">Застосування цього інструментарію допоможе студентам підготуватися до професійної діяльності, організації власного бізнесу, максимального використання потенціалу особистості. У результаті вивчення навчальної дисципліни студент повинен: знати: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B26E2D2" w14:textId="7DD86C93" w:rsidR="00D4244C" w:rsidRPr="000B7CFC" w:rsidRDefault="00D4244C" w:rsidP="00D4244C">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7CFC">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">− </w:t>
-[...55 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>− сутність основних понять і категорій менеджменту та управління,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EDE018A" w14:textId="77777777" w:rsidR="00D4244C" w:rsidRPr="000B7CFC" w:rsidRDefault="00D4244C" w:rsidP="00D4244C">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7CFC">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> − </w:t>
-[...69 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve"> − принципи, методи та функції організації бізнесу;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="188E2006" w14:textId="77777777" w:rsidR="00D4244C" w:rsidRPr="000B7CFC" w:rsidRDefault="00D4244C" w:rsidP="00D4244C">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7CFC">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> − </w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve"> − основи бізнес-планування, організації та оподаткування бізнесу; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A55AEBF" w14:textId="2CBE3899" w:rsidR="00D4244C" w:rsidRPr="000B7CFC" w:rsidRDefault="00D4244C" w:rsidP="00D4244C">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7CFC">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">− </w:t>
-[...97 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">− оцінки ефективності бізнесу, забезпечення його розвитку. вміти: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E3A46E2" w14:textId="77777777" w:rsidR="00D4244C" w:rsidRPr="000B7CFC" w:rsidRDefault="00D4244C" w:rsidP="00D4244C">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7CFC">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">− </w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve">− обґрунтовувати доцільність та актуальності бізнес-ідеї; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A6543CD" w14:textId="77777777" w:rsidR="00D4244C" w:rsidRPr="000B7CFC" w:rsidRDefault="00D4244C" w:rsidP="00D4244C">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7CFC">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">− </w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve">− розробляти маркетинговий план розвитку бізнесу; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="437B049F" w14:textId="1F6F42E0" w:rsidR="00D4244C" w:rsidRPr="000B7CFC" w:rsidRDefault="00D4244C" w:rsidP="00D4244C">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7CFC">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">− </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve">− формувати виробничо-організаційну структуру підприємства; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3269E5B9" w14:textId="77777777" w:rsidR="00D4244C" w:rsidRPr="000B7CFC" w:rsidRDefault="00D4244C" w:rsidP="00D4244C">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7CFC">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">− </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve">− оцінювати ризики бізнесу; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="538724D2" w14:textId="77777777" w:rsidR="00D4244C" w:rsidRPr="000B7CFC" w:rsidRDefault="00D4244C" w:rsidP="00D4244C">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7CFC">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">− </w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve">− здійснювати аналіз ефективності та рентабельності бізнесу; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6926DCB5" w14:textId="69E6BA54" w:rsidR="00F73C6C" w:rsidRPr="000B7CFC" w:rsidRDefault="00D4244C" w:rsidP="00D4244C">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7CFC">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">− </w:t>
-[...55 lines deleted...]
-        <w:t>-проекту.</w:t>
+        <w:t>− розраховувати інвестиційну привабливість бізнес-проекту.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FBEE2D3" w14:textId="77777777" w:rsidR="000B7CFC" w:rsidRPr="00D246E7" w:rsidRDefault="000B7CFC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D246E7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12EE009C" w14:textId="4914D868" w:rsidR="00F73C6C" w:rsidRPr="008D16CA" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
-[...1 lines deleted...]
-        <w:ind w:firstLine="426"/>
+    <w:p w14:paraId="0509D5FF" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="00943F9D">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008D16CA">
+      <w:r w:rsidRPr="00D14439">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Паспорт</w:t>
-[...33 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Паспорт навчальної дисципліни</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10178" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2268"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1050"/>
+        <w:gridCol w:w="3379"/>
+        <w:gridCol w:w="3318"/>
+        <w:gridCol w:w="3499"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F73C6C" w:rsidRPr="00D246E7" w14:paraId="2E35EED0" w14:textId="77777777" w:rsidTr="005170D2">
+      <w:tr w:rsidR="00943F9D" w:rsidRPr="00D14439" w14:paraId="32C38470" w14:textId="77777777" w:rsidTr="004B24EA">
         <w:trPr>
-          <w:trHeight w:val="239"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2836" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1657" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F9A0B3B" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="004964FC" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="65633CCD" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EF5BEC">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...10 lines deleted...]
-              <w:t>:</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нормативні показники </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7342" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1627" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63ADB6DD" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00F86349" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="2B2061E9" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денна форма здобуття освіти</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1716" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1458EE88" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заочна форма здобуття освіти</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73C6C" w:rsidRPr="00D246E7" w14:paraId="32822CAD" w14:textId="77777777" w:rsidTr="005170D2">
+      <w:tr w:rsidR="00943F9D" w:rsidRPr="00D14439" w14:paraId="0211457A" w14:textId="77777777" w:rsidTr="004B24EA">
         <w:trPr>
-          <w:trHeight w:val="239"/>
+          <w:trHeight w:val="44"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2836" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1657" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66176A51" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00287991" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-            <w:pPr>
+          <w:p w14:paraId="11BC9CE6" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-            <w:r>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...9 lines deleted...]
-              <w:t>:</w:t>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7342" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1627" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B568D94" w14:textId="1B0D0327" w:rsidR="00F73C6C" w:rsidRPr="00F86349" w:rsidRDefault="000B7CFC" w:rsidP="005170D2">
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="0BDBDFBA" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1716" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D229094" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73C6C" w:rsidRPr="00EF5BEC" w14:paraId="299A71E7" w14:textId="77777777" w:rsidTr="005170D2">
+      <w:tr w:rsidR="00943F9D" w:rsidRPr="00D6418C" w14:paraId="47924F90" w14:textId="77777777" w:rsidTr="004B24EA">
         <w:trPr>
-          <w:trHeight w:val="250"/>
+          <w:trHeight w:val="158"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1657" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46F8AE62" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00287991" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...14 lines deleted...]
-              <w:t>Кредити ECTS</w:t>
+          <w:p w14:paraId="6BA30646" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Статус дисципліни</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="3343" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D46AEA8" w14:textId="46FDDB07" w:rsidR="00F73C6C" w:rsidRPr="00EF5BEC" w:rsidRDefault="00D4244C" w:rsidP="005170D2">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="6834AB08" w14:textId="31CFAE7B" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00811F60" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00811F60">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Блок дисциплін вільного вибору студента в межах Університету</w:t>
+            </w:r>
+            <w:r w:rsidR="00943F9D" w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F9D" w:rsidRPr="00D14439" w14:paraId="7DF60102" w14:textId="77777777" w:rsidTr="004B24EA">
+        <w:trPr>
+          <w:trHeight w:val="243"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5303123D" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Семестр </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1388" w:type="dxa"/>
+            <w:tcW w:w="1627" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BA740B1" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00287991" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...24 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="37DFA094" w14:textId="2E26AF84" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00811F60" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00943F9D" w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -й</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A69A216" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00EF5BEC" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="19200F41" w14:textId="26B84CE0" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00811F60" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00943F9D" w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -й</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F9D" w:rsidRPr="00D14439" w14:paraId="72329651" w14:textId="77777777" w:rsidTr="004B24EA">
+        <w:trPr>
+          <w:trHeight w:val="224"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6191A61B" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>2024-25</w:t>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кількість кредитів ECTS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="3343" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="517C1363" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00EF5BEC" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="2B9E47BB" w14:textId="1B9A0BD9" w:rsidR="00943F9D" w:rsidRPr="00811F60" w:rsidRDefault="00811F60" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="uk-UA"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-              <w:t>Рік навчання</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F9D" w:rsidRPr="00D14439" w14:paraId="2B6899FC" w14:textId="77777777" w:rsidTr="004B24EA">
+        <w:trPr>
+          <w:trHeight w:val="84"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19BD82E9" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кількість годин </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1106" w:type="dxa"/>
+            <w:tcW w:w="3343" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20009E4D" w14:textId="17085CE9" w:rsidR="00F73C6C" w:rsidRPr="00CD66E3" w:rsidRDefault="007B307F" w:rsidP="005170D2">
-[...3 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+          <w:p w14:paraId="1653E443" w14:textId="1D77EF0D" w:rsidR="00943F9D" w:rsidRPr="00811F60" w:rsidRDefault="00811F60" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>4</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F9D" w:rsidRPr="00D14439" w14:paraId="307A24A0" w14:textId="77777777" w:rsidTr="004B24EA">
+        <w:trPr>
+          <w:trHeight w:val="272"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E82280" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Лекційні заняття</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1627" w:type="pct"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52C5A193" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00177BBC" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...12 lines deleted...]
-              <w:t>Тижні</w:t>
+          <w:p w14:paraId="72806D0D" w14:textId="39068AEB" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00811F60" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 </w:t>
+            </w:r>
+            <w:r w:rsidR="00943F9D" w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>год.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02D467B0" w14:textId="719BE0F3" w:rsidR="00F73C6C" w:rsidRPr="00B1099B" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="43E482C9" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-            </w:pPr>
-[...12 lines deleted...]
-              <w:t>1</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73C6C" w:rsidRPr="00C17896" w14:paraId="65846A84" w14:textId="77777777" w:rsidTr="005170D2">
+      <w:tr w:rsidR="00943F9D" w:rsidRPr="00D14439" w14:paraId="5CAE8033" w14:textId="77777777" w:rsidTr="004B24EA">
         <w:trPr>
-          <w:trHeight w:val="250"/>
+          <w:trHeight w:val="92"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1657" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25106FC8" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00287991" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...13 lines deleted...]
-              <w:t>Кількість годин</w:t>
+          <w:p w14:paraId="58DBCC2A" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Практичні заняття</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1627" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="029D135E" w14:textId="4125299C" w:rsidR="00F73C6C" w:rsidRPr="00B1099B" w:rsidRDefault="007B307F" w:rsidP="005170D2">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="03345063" w14:textId="0AD91938" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1388" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EFCAA1B" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="005A2A43" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...13 lines deleted...]
-              <w:t>Кількість змістових модулів</w:t>
+          <w:p w14:paraId="08FC9360" w14:textId="45A9228E" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F9D" w:rsidRPr="00D14439" w14:paraId="3E180FB6" w14:textId="77777777" w:rsidTr="004B24EA">
+        <w:trPr>
+          <w:trHeight w:val="317"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D790973" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcW w:w="1627" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E16A70E" w14:textId="2BDA8916" w:rsidR="00F73C6C" w:rsidRPr="00C4340A" w:rsidRDefault="007B307F" w:rsidP="005170D2">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="176C3EAC" w14:textId="761CB16D" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00811F60" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>7</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>3</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00943F9D" w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4565" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1716" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F2BC814" w14:textId="4DA7A512" w:rsidR="00D4244C" w:rsidRDefault="00F73C6C" w:rsidP="00D4244C">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2EAD014F" w14:textId="14E22C6C" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00811F60" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-            </w:pPr>
-[...54 lines deleted...]
-              <w:t>70</w:t>
+              <w:t>72</w:t>
+            </w:r>
+            <w:r w:rsidR="00943F9D" w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73C6C" w:rsidRPr="00676F1A" w14:paraId="1B5974D6" w14:textId="77777777" w:rsidTr="005170D2">
+      <w:tr w:rsidR="00943F9D" w:rsidRPr="00D6418C" w14:paraId="25E24811" w14:textId="77777777" w:rsidTr="004B24EA">
         <w:trPr>
-          <w:trHeight w:val="250"/>
+          <w:trHeight w:val="606"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2836" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1657" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23F740B7" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00287991" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...19 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="3C1F950E" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Консультації </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="3343" w:type="pct"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F7A827F" w14:textId="706238EF" w:rsidR="00F73C6C" w:rsidRPr="00080904" w:rsidRDefault="00D4244C" w:rsidP="005170D2">
-[...4 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="22A60F0F" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D6418C" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D6418C">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">Особистий ідентифікатор </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D6418C">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  291 608 8614 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="579C652D" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>залік</w:t>
+            <w:r w:rsidRPr="00D6418C">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Код доступу: 150921</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00943F9D" w:rsidRPr="00D14439" w14:paraId="3DDD76A5" w14:textId="77777777" w:rsidTr="004B24EA">
+        <w:trPr>
+          <w:trHeight w:val="485"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74F36A0C" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00D14439" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вид підсумкового семестрового контролю: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4565" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3343" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79ED300E" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00080904" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="39383F34" w14:textId="4CE145C7" w:rsidR="00943F9D" w:rsidRPr="00811F60" w:rsidRDefault="00811F60" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>залік</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73C6C" w:rsidRPr="00D246E7" w14:paraId="4A580679" w14:textId="77777777" w:rsidTr="005170D2">
+      <w:tr w:rsidR="00943F9D" w:rsidRPr="00D6418C" w14:paraId="50B48C19" w14:textId="77777777" w:rsidTr="004B24EA">
         <w:trPr>
-          <w:trHeight w:val="250"/>
+          <w:trHeight w:val="888"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4224" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1657" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51E3F102" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00EF5BEC" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...21 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+          <w:p w14:paraId="741D8017" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00943F9D" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943F9D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Посилання на електронний курс у СЕЗН ЗНУ (платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Moodle</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00943F9D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5954" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="3343" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30A1CD91" w14:textId="6BEF48ED" w:rsidR="00F73C6C" w:rsidRPr="006731C1" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006731C1">
+          <w:p w14:paraId="2AC7DEA1" w14:textId="79B69291" w:rsidR="00943F9D" w:rsidRPr="00943F9D" w:rsidRDefault="00943F9D" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>https</w:t>
             </w:r>
-            <w:r w:rsidRPr="006731C1">
-[...1 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+            <w:r w:rsidRPr="00943F9D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>://</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006731C1">
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>moodle</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+            <w:r w:rsidRPr="00943F9D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006731C1">
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>znu</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+            <w:r w:rsidRPr="00943F9D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006731C1">
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>edu</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+            <w:r w:rsidRPr="00943F9D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006731C1">
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>ua</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+            <w:r w:rsidRPr="00943F9D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="006731C1">
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>course</w:t>
             </w:r>
-            <w:r w:rsidRPr="006731C1">
-[...1 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+            <w:r w:rsidRPr="00943F9D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="006731C1">
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>view</w:t>
             </w:r>
-            <w:r w:rsidRPr="006731C1">
-[...1 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+            <w:r w:rsidRPr="00943F9D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006731C1">
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>php</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+            <w:r w:rsidRPr="00943F9D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
-            <w:r w:rsidRPr="006731C1">
+            <w:r w:rsidRPr="00D14439">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>id</w:t>
             </w:r>
-            <w:r w:rsidRPr="006731C1">
-[...1 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+            <w:r w:rsidRPr="00943F9D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidR="00D4244C">
-[...1 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+            <w:r w:rsidR="00811F60">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>1248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73C6C" w:rsidRPr="00D246E7" w14:paraId="323B2C1F" w14:textId="77777777" w:rsidTr="005170D2">
+    </w:tbl>
+    <w:p w14:paraId="396F6B1B" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00943F9D" w:rsidRDefault="00943F9D" w:rsidP="00943F9D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="026CC45A" w14:textId="77777777" w:rsidR="00943F9D" w:rsidRPr="00943F9D" w:rsidRDefault="00943F9D" w:rsidP="00943F9D">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="678"/>
+          <w:tab w:val="left" w:pos="4111"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="292"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Методи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>досягнення</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>запланованих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>освітньою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>програмою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>компетентностей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і результатів навчання</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3400"/>
+        <w:gridCol w:w="3399"/>
+        <w:gridCol w:w="3397"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C3454F" w:rsidRPr="00C3454F" w14:paraId="24A7EBE4" w14:textId="77777777" w:rsidTr="004B24EA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1667" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFC06E0" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Компетентності</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1667" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A0A02E" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Методи навчання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2DF8A0" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:ind w:left="426"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Форми і методи оцінюванн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C3454F" w:rsidRPr="00C3454F" w14:paraId="733C4734" w14:textId="77777777" w:rsidTr="00C3454F">
         <w:trPr>
-          <w:trHeight w:val="250"/>
+          <w:trHeight w:val="2794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10178" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1667" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2DFD1EC8" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00134D2D" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
-[...3 lines deleted...]
-                <w:iCs/>
+          <w:p w14:paraId="59115488" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="435"/>
+              </w:tabs>
+              <w:ind w:left="-39" w:right="99" w:firstLine="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>СК7 Здатність обирати та використовувати сучасний інструментарій</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>менеджменту.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08E4C2EC" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="816"/>
+              </w:tabs>
+              <w:ind w:left="-39" w:right="101" w:firstLine="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>СК12 Здатність аналізувати й структурувати проблеми організації, формувати обґрунтовані</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рішення.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B167F39" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="816"/>
+              </w:tabs>
+              <w:ind w:left="-39" w:right="102" w:firstLine="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>СК14 Розуміти принципи психології та використовувати їх у професійній</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>діяльності.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="391B7CFB" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:ind w:firstLine="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>РН1 Знати свої права і обов’язки як члена суспільства, усвідомлювати цінності громадянського суспільства, верховенства права, прав і свобод людини і громадянина в Україні.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E9689C3" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:ind w:firstLine="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>РН11 Демонструвати навички аналізу ситуації та здійснення комунікації у різних сферах діяльності організації.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20300337" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:ind w:firstLine="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>РН12 Оцінювати правові, соціальні та економічні наслідки функціонування організації.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CF814BE" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:ind w:firstLine="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">РН19 Вміти формувати цілі функціонування міжнародних організацій, визначати місію та цілі міжнародної діяльності, організовувати їх реалізацію, планувати виробничу діяльність, управляти процесами прийняття управлінських рішень у міжнародному бізнесі; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1667" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0440ACF8" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE5D68">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Консультації:</w:t>
-[...20 lines deleted...]
-                <w:iCs/>
+              <w:lastRenderedPageBreak/>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>V</w:t>
-[...60 lines deleted...]
-          <w:p w14:paraId="6292BBCA" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00413924" w:rsidRDefault="00F73C6C" w:rsidP="005170D2">
+              <w:t>епродуктивні методи: Робота з навчальними матеріалами. Проблемно-пошукові методи: метод проблемного викладу. Наочні методи: використання схем, діаграм та інших наочних матеріалів. Практичні методи.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="403867F5" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="uk-UA"/>
-[...5 lines deleted...]
-                <w:iCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">                          </w:t>
-[...50 lines deleted...]
-                <w:iCs/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-            </w:r>
+              <w:t>Поточний контроль передбачає такі теоретичні завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EF8EEE1" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - Усне опитування і обговорення теми;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF11584" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- Тестові завдання.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41D33262" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3454F">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-практичні завдання</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E40B3BD" w14:textId="77777777" w:rsidR="00C3454F" w:rsidRPr="00C3454F" w:rsidRDefault="00C3454F" w:rsidP="004B24EA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="23185EC8" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
-[...1 lines deleted...]
-        <w:ind w:firstLine="426"/>
+    <w:p w14:paraId="23335BB8" w14:textId="77777777" w:rsidR="003270AB" w:rsidRPr="008D0CB1" w:rsidRDefault="003270AB" w:rsidP="0046753A">
+      <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D5D0B9D" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="00DD7BE2" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
+    <w:p w14:paraId="7BF5C83D" w14:textId="77777777" w:rsidR="00F73C6C" w:rsidRPr="006F5D79" w:rsidRDefault="00F73C6C" w:rsidP="00F73C6C">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00DD7BE2">
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F5D79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="ru-RU"/>
-[...2124 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t>Зміст навчальної дисципліни</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3C7BA75C" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тема 1. </w:t>
-[...64 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Тема 1. Поняття, сутність бізнесу та підприємництва</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6ED05839" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Визначення бізнесу та підприємництва. Історичні аспекти розвитку підприємництва. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Основні</w:t>
-[...329 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Основні форми бізнесу. Принципи ведення бізнесу. Роль підприємництва в економіці. Відмінності між бізнесом та підприємництвом. Суб’єкти підприємницької діяльності. Етичні засади бізнесу.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC3F69E" w14:textId="77777777" w:rsidR="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49D580D0" w14:textId="313BCA13" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тема 2. </w:t>
-[...46 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Тема 2. Загальна характеристика підприємницької діяльності</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1EBB7A04" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Сутність</w:t>
-[...469 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Сутність підприємницької діяльності. Основні види підприємництва. Функції підприємництва. Етапи розвитку підприємницької діяльності. Ризики підприємницької діяльності. Організаційно-правові форми підприємництва. Фінансові аспекти підприємництва. Соціальна відповідальність бізнесу.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F50BFB4" w14:textId="77777777" w:rsidR="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1944A5C0" w14:textId="0131D1F8" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тема 3. </w:t>
-[...64 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Тема 3. Підприємець та його ділові якості</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7997765C" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Поняття</w:t>
-[...469 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Поняття підприємця. Ключові особистісні якості підприємця. Професійні компетенції підприємця. Лідерські якості підприємця. Мотивація та психологічна стійкість. Вплив освіти на розвиток підприємця. Помилки підприємців-початківців. Приклади успішних підприємців.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51ADA083" w14:textId="77777777" w:rsidR="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42A4AFCB" w14:textId="6FEF7D7A" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тема 4. </w:t>
-[...64 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Тема 4. Державне регулювання підприємницької діяльності</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="42F8C8B3" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Значення</w:t>
-[...409 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Значення державного регулювання підприємництва. Законодавча база підприємницької діяльності. Основні регуляторні органи. Ліцензування та сертифікація. Податкове регулювання. Державні програми підтримки підприємництва. Антимонопольна політика. Контроль та відповідальність підприємців.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BCEF7E7" w14:textId="77777777" w:rsidR="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D385F94" w14:textId="0CF3B0B6" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тема 5. </w:t>
-[...82 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Тема 5. Основні кроки підготовки до початку бізнесової діяльності</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="56B7A7D3" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Вибір</w:t>
-[...389 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Вибір бізнес-ідеї. Аналіз ринку та конкурентного середовища. Оцінка стартового капіталу. Вибір організаційно-правової форми бізнесу. Складання бізнес-плану. Пошук інвесторів та джерел фінансування. Підбір персоналу. Визначення маркетингової стратегії.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="545E120E" w14:textId="77777777" w:rsidR="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EAE3B8B" w14:textId="1384452A" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тема 6. </w:t>
-[...64 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Тема 6. Ринок та конкуренція у системі підприємництва</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5D2F20EE" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Поняття</w:t>
-[...469 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Поняття ринку та його функції. Види ринків за рівнем конкуренції. Особливості конкурентного середовища. Стратегії конкурентної боротьби. Аналіз конкурентів та їхніх стратегій. Цінова та нецінова конкуренція. Бар'єри входу на ринок. Вплив глобалізації на конкуренцію.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A151D65" w14:textId="77777777" w:rsidR="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="740F37B4" w14:textId="5D686C71" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тема 7. </w:t>
-[...46 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Тема 7. Реєстрація підприємницької діяльності</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="06D8EE27" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Вибір</w:t>
-[...509 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Вибір організаційно-правової форми підприємства. Етапи реєстрації підприємницької діяльності. Подача документів до реєстраційних органів. Отримання дозвільної документації. Реєстрація в податкових органах. Відкриття банківського рахунку. Постановка на облік у фондах соціального страхування. Вибір системи оподаткування.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AFEFA23" w14:textId="77777777" w:rsidR="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B350816" w14:textId="67156635" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тема 8. </w:t>
-[...46 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Тема 8. Організація виробництва товару/послуги</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4C841D7E" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Вибір</w:t>
-[...449 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Вибір технологічного процесу. Закупівля сировини та матеріалів. Організація виробничого процесу. Контроль якості продукції. Управління персоналом у виробництві. Логістика та зберігання продукції. Собівартість продукції та її оптимізація. Інноваційні технології у виробництві.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36682280" w14:textId="77777777" w:rsidR="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="036C3B07" w14:textId="62CEE65B" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тема 9. </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Тема 9. Ціноутворення</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6A211D42" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Основні</w:t>
-[...509 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Основні підходи до ціноутворення. Вплив попиту та пропозиції на ціну. Фактори, що впливають на формування ціни. Методи ціноутворення. Цінові стратегії підприємства. Регулювання цін державою. Політика знижок та акцій. Аналіз та прогнозування цінових тенденцій.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DCF3505" w14:textId="77777777" w:rsidR="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="136C6324" w14:textId="5400627D" w:rsidR="00891C70" w:rsidRPr="00891C70" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тема 10. </w:t>
-[...46 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Тема 10. Оподаткування підприємницької діяльності</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="402420B6" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D246E7" w:rsidRDefault="00891C70" w:rsidP="00891C70">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00891C70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Системи</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+        <w:t xml:space="preserve">Системи оподаткування підприємців. Прямі та непрямі податки. Спрощена система оподаткування. Загальна система оподаткування. Податок на прибуток та ПДВ. Фіскальні ризики та податкова оптимізація. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D246E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...419 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Податковий контроль та відповідальність. Податкові пільги та державна підтримка.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C08AD2A" w14:textId="77777777" w:rsidR="00C65954" w:rsidRDefault="00C65954" w:rsidP="00C65954">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="041764DF" w14:textId="77777777" w:rsidR="00BD552C" w:rsidRDefault="00BD552C" w:rsidP="00CD6A2D">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13B14DEA" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00400DA6" w:rsidRDefault="00F64413" w:rsidP="00F64413">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D246E7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Структура </w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>4. Структура навчальної дисципліни</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="5529"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F64413" w:rsidRPr="00D16F73" w14:paraId="6C1F411D" w14:textId="77777777" w:rsidTr="005170D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1406D889" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00D16F73" w:rsidRDefault="00F64413" w:rsidP="005170D2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Вид</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Вид заняття</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="65ADC108" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00D16F73" w:rsidRDefault="00F64413" w:rsidP="005170D2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>/роботи</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55D331C3" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00D16F73" w:rsidRDefault="00F64413" w:rsidP="005170D2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Назва</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Назва теми</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2228E839" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00D16F73" w:rsidRDefault="00F64413" w:rsidP="005170D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Кількість</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="16619924" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00D16F73" w:rsidRDefault="00F64413" w:rsidP="005170D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>годин</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="393CCA07" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00D16F73" w:rsidRDefault="00F64413" w:rsidP="005170D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Згідно</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Згідно з розкладом</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F64413" w:rsidRPr="00D16F73" w14:paraId="3C5EC234" w14:textId="77777777" w:rsidTr="005170D2">
         <w:trPr>
           <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0611D5D2" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00D16F73" w:rsidRDefault="00F64413" w:rsidP="005170D2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11527,109 +3933,81 @@
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6434B1B7" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00D16F73" w:rsidRDefault="00F64413" w:rsidP="005170D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>о/</w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>о/д.ф.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5492A3CE" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00D16F73" w:rsidRDefault="00F64413" w:rsidP="005170D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>з.ф</w:t>
-[...8 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>з.ф.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18A2E603" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00D16F73" w:rsidRDefault="00F64413" w:rsidP="005170D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F64413" w:rsidRPr="00D16F73" w14:paraId="5FE0F663" w14:textId="77777777" w:rsidTr="00416CAE">
@@ -11801,152 +4179,86 @@
       <w:tr w:rsidR="00346175" w:rsidRPr="00D16F73" w14:paraId="24F8B421" w14:textId="77777777" w:rsidTr="00F94CC7">
         <w:trPr>
           <w:trHeight w:val="213"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54591632" w14:textId="0FF28E07" w:rsidR="00346175" w:rsidRPr="00346175" w:rsidRDefault="00346175" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Лекція</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 1</w:t>
+              <w:t>Лекція 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="78B55B05" w14:textId="0C9F3A73" w:rsidR="00346175" w:rsidRPr="00346175" w:rsidRDefault="00F94CC7" w:rsidP="00346175">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94CC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тема 1. </w:t>
-[...57 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Тема 1. Поняття, сутність бізнесу та підприємництва</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>, менеджменту</w:t>
             </w:r>
             <w:r w:rsidRPr="00F94CC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -12032,149 +4344,92 @@
       </w:tr>
       <w:tr w:rsidR="00346175" w:rsidRPr="00D16F73" w14:paraId="28CA7DF5" w14:textId="77777777" w:rsidTr="005170D2">
         <w:trPr>
           <w:trHeight w:val="204"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="742322DD" w14:textId="61039E6E" w:rsidR="00346175" w:rsidRPr="00D16F73" w:rsidRDefault="00346175" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Лекція</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Лекція </w:t>
             </w:r>
             <w:r w:rsidR="00416CAE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02FD6011" w14:textId="0469B58F" w:rsidR="00346175" w:rsidRPr="00346175" w:rsidRDefault="00F94CC7" w:rsidP="00346175">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94CC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тема 2. </w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Тема 2. Загальна характеристика підприємницької діяльності </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D5B0F51" w14:textId="1AE2FD2C" w:rsidR="00346175" w:rsidRPr="00D16F73" w:rsidRDefault="00416CAE" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -12255,168 +4510,94 @@
       </w:tr>
       <w:tr w:rsidR="00346175" w:rsidRPr="00D16F73" w14:paraId="7B123F39" w14:textId="77777777" w:rsidTr="005170D2">
         <w:trPr>
           <w:trHeight w:val="204"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1DE81B42" w14:textId="08CEDA92" w:rsidR="00346175" w:rsidRPr="00D16F73" w:rsidRDefault="00346175" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Лекція</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Лекція </w:t>
             </w:r>
             <w:r w:rsidR="00416CAE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C6A743D" w14:textId="460A8F29" w:rsidR="00346175" w:rsidRPr="00346175" w:rsidRDefault="00F94CC7" w:rsidP="00346175">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94CC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тема 3. </w:t>
-[...63 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Тема 3. Підприємець та його ділові якості </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4AFA2A04" w14:textId="417B2D98" w:rsidR="00346175" w:rsidRPr="00D16F73" w:rsidRDefault="00416CAE" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -12496,168 +4677,94 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00346175" w:rsidRPr="00D16F73" w14:paraId="75774021" w14:textId="77777777" w:rsidTr="005170D2">
         <w:trPr>
           <w:trHeight w:val="204"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="06107555" w14:textId="60FD9C5F" w:rsidR="00346175" w:rsidRPr="007E4620" w:rsidRDefault="00346175" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Лекція</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Лекція </w:t>
             </w:r>
             <w:r w:rsidR="00416CAE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4071E8AA" w14:textId="39DD009A" w:rsidR="00346175" w:rsidRPr="00346175" w:rsidRDefault="00F94CC7" w:rsidP="00346175">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94CC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тема 4. </w:t>
-[...63 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Тема 4. Державне регулювання підприємницької діяльності </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6CF790BB" w14:textId="2B0183B6" w:rsidR="00346175" w:rsidRPr="00D16F73" w:rsidRDefault="00416CAE" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -12738,183 +4845,93 @@
       </w:tr>
       <w:tr w:rsidR="00346175" w:rsidRPr="00D16F73" w14:paraId="54AD12BA" w14:textId="77777777" w:rsidTr="005170D2">
         <w:trPr>
           <w:trHeight w:val="204"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7AE432DD" w14:textId="443294D2" w:rsidR="00346175" w:rsidRPr="00D16F73" w:rsidRDefault="00346175" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Лекція</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Лекція </w:t>
             </w:r>
             <w:r w:rsidR="00416CAE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1F803250" w14:textId="3B0757C1" w:rsidR="00346175" w:rsidRPr="00346175" w:rsidRDefault="00F94CC7" w:rsidP="00346175">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94CC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тема 5. </w:t>
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Тема 5. Основні кроки підготовки до початку бізнесової діяльності </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1416DB71" w14:textId="7426B934" w:rsidR="00346175" w:rsidRPr="00D16F73" w:rsidRDefault="00416CAE" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -12950,223 +4967,138 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6560FBE9" w14:textId="4C920215" w:rsidR="00346175" w:rsidRPr="00D16F73" w:rsidRDefault="00346175" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>тиждень</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">тиждень </w:t>
             </w:r>
             <w:r w:rsidR="00416CAE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00346175" w:rsidRPr="00D16F73" w14:paraId="42C48FD7" w14:textId="77777777" w:rsidTr="005170D2">
         <w:trPr>
           <w:trHeight w:val="204"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0EB457CB" w14:textId="05497EAE" w:rsidR="00346175" w:rsidRPr="00D16F73" w:rsidRDefault="00346175" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Лекція</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Лекція </w:t>
             </w:r>
             <w:r w:rsidR="00416CAE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3798C1A4" w14:textId="45E2BCB8" w:rsidR="00346175" w:rsidRPr="00346175" w:rsidRDefault="00F94CC7" w:rsidP="00346175">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94CC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тема 6. </w:t>
-[...63 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Тема 6. Ринок та конкуренція у системі підприємництва </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7A498193" w14:textId="0C9BE2CD" w:rsidR="00346175" w:rsidRPr="00D16F73" w:rsidRDefault="00416CAE" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -13201,200 +5133,147 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D236ACA" w14:textId="446F96C1" w:rsidR="00346175" w:rsidRPr="00D16F73" w:rsidRDefault="00346175" w:rsidP="00346175">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>тиждень</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00416CAE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00416CAE" w:rsidRPr="00D16F73" w14:paraId="63E5D27E" w14:textId="77777777" w:rsidTr="005170D2">
         <w:trPr>
           <w:trHeight w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="60575B1A" w14:textId="247D8C0F" w:rsidR="00416CAE" w:rsidRPr="00D16F73" w:rsidRDefault="00416CAE" w:rsidP="00416CAE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Лекція</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Лекція </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="124ED39B" w14:textId="743DDB05" w:rsidR="00416CAE" w:rsidRPr="00D16F73" w:rsidRDefault="00416CAE" w:rsidP="00416CAE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94CC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тема 7. </w:t>
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Тема 7. Реєстрація підприємницької діяльності</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7518AF02" w14:textId="53587CF5" w:rsidR="00416CAE" w:rsidRPr="00416CAE" w:rsidRDefault="00416CAE" w:rsidP="00416CAE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00416CAE">
               <w:rPr>
@@ -13477,151 +5356,93 @@
       </w:tr>
       <w:tr w:rsidR="00416CAE" w:rsidRPr="00D16F73" w14:paraId="3E14DEC1" w14:textId="77777777" w:rsidTr="005170D2">
         <w:trPr>
           <w:trHeight w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7EAB1223" w14:textId="7683FD36" w:rsidR="00416CAE" w:rsidRDefault="00416CAE" w:rsidP="00416CAE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Лекція</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Лекція </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="03E3CF37" w14:textId="1BE1F4D3" w:rsidR="00416CAE" w:rsidRPr="00F94CC7" w:rsidRDefault="00416CAE" w:rsidP="00416CAE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94CC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тема 8. </w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Тема 8. Організація виробництва товару/послуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55912641" w14:textId="04BE9C79" w:rsidR="00416CAE" w:rsidRPr="00416CAE" w:rsidRDefault="00416CAE" w:rsidP="00416CAE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00416CAE">
@@ -13705,183 +5526,93 @@
       </w:tr>
       <w:tr w:rsidR="00416CAE" w:rsidRPr="00D16F73" w14:paraId="2D85D0F2" w14:textId="77777777" w:rsidTr="005170D2">
         <w:trPr>
           <w:trHeight w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="085E1D41" w14:textId="192F29AE" w:rsidR="00416CAE" w:rsidRDefault="00416CAE" w:rsidP="00416CAE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D16F73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Лекція</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Лекція </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D94F5BF" w14:textId="5CFF7C90" w:rsidR="00416CAE" w:rsidRPr="00F94CC7" w:rsidRDefault="00416CAE" w:rsidP="00416CAE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94CC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тема 9. </w:t>
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Тема 9. Методи пошуку фінансових та трудових активів </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76A45D86" w14:textId="1F857CCA" w:rsidR="00416CAE" w:rsidRPr="00416CAE" w:rsidRDefault="00416CAE" w:rsidP="00416CAE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00416CAE">
@@ -14007,93 +5738,52 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7AFD6C3E" w14:textId="0A2D5813" w:rsidR="00416CAE" w:rsidRPr="00F94CC7" w:rsidRDefault="00416CAE" w:rsidP="00416CAE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94CC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тема 10. </w:t>
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Тема 10. Оподаткування підприємницької діяльності</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="672E8693" w14:textId="5F111903" w:rsidR="00416CAE" w:rsidRPr="00416CAE" w:rsidRDefault="00416CAE" w:rsidP="00416CAE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00416CAE">
               <w:rPr>
@@ -14316,109 +6006,52 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EF5B5EC" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00F64413">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72184B32" w14:textId="1B867673" w:rsidR="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D246E7">
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. </w:t>
-[...57 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>5. Види і зміст контрольних заходів</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="160F4B7F" w14:textId="28AF4075" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D246E7">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -14592,61 +6225,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00C0F2D3" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тестування, проходження он-лайн тесту в системі </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Тестування, проходження он-лайн тесту в системі Moodle</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="650" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="053039A9" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
@@ -14717,309 +6341,148 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2650" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F2DE7B2" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тестове </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Тестове питання оцінюється максимально в 0,4 бала. Загалом передбачено виконання 10 завдань:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F1E7720" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>питання</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- 0,4 бала за правильну відповідь;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ECCC9D6" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
-                <w:lang w:val="ru-RU"/>
-[...186 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+              <w:t>- 0 балів – неправильна відповідь.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D246E7" w:rsidRPr="00D246E7" w14:paraId="473E9B3A" w14:textId="77777777" w:rsidTr="00D246E7">
+      <w:tr w:rsidR="00D246E7" w:rsidRPr="00D6418C" w14:paraId="473E9B3A" w14:textId="77777777" w:rsidTr="00D246E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B20BA54" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Виконання індивідуальних практичних завдань</w:t>
+              <w:t xml:space="preserve">Виконання індивідуальних </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>практичних завдань</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="650" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5198F8B0" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74895F69" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
@@ -15056,1634 +6519,256 @@
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2650" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="038DF53A" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Кожне</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Кожне завдання оцінюється максимально 7 балів:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78055163" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>- 8 балів - завдання виконано відповідно до вимог в повному обсязі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F104051" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>завдання</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>- 7 балів – завдання виконано відповідно до вимог в повному обсязі, однак є певні недоліки в поданні та оформленні матеріалу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D805F49" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>6 балів</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>оцінюється</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> максимально 7 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>завдання виконано відповідно до вимог в повному обсязі, однак є певні недоліки здійсненні розрахунків та формулюванні висновків;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30D430BD" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>балів</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- 5 бали - завдання виконано не в повному обсязі (більше 50</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="78055163" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+              <w:t>%) частина питань залишилася не розкритою, матеріал оформлено без недоліків</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="575E857F" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">- 8 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>- 4 бали - завдання виконано не в повному обсязі (більше 40%), частина питань залишилася не розкритою, матеріал оформлено без недоліків;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="603433E0" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>балів</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- 3 бали - завдання виконано не в повному обсязі (більше 30%), частина питань залишилася не розкритою, матеріал оформлено без недоліків;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DB6F0F1" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t> - </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>- 2 бали - завдання виконано не в повному обсязі (більше 20%), частина питань залишилася не розкритою, матеріал оформлено без недоліків;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E461BD9" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>завдання</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- 1 бал - завдання виконано не в повному обсязі, частина питань залишилася не розкритою, матеріал оформлено з суттєвими недоліками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62A74CEA" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1472 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>- 0 балів - завдання не виконано, не подано на перевірку.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D246E7" w:rsidRPr="00D246E7" w14:paraId="2F47AD73" w14:textId="77777777" w:rsidTr="00D246E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47D5E154" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
@@ -16803,73 +6888,51 @@
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6BD5EF4A" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D246E7">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Підсумкові контрольні заходи (</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> 40 балів):</w:t>
+        <w:t>Підсумкові контрольні заходи (max 40 балів):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0949D3E9" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D246E7">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Види завдань та система накопичення балів</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
@@ -17013,51 +7076,51 @@
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C962238" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Критерії оцінювання</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D246E7" w:rsidRPr="00D246E7" w14:paraId="55BCCB59" w14:textId="77777777" w:rsidTr="00D246E7">
+      <w:tr w:rsidR="00D246E7" w:rsidRPr="00D6418C" w14:paraId="55BCCB59" w14:textId="77777777" w:rsidTr="00D246E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B73A8DD" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Контрольне тестування за вивченим матеріалом</w:t>
@@ -17146,371 +7209,106 @@
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2600" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33F10939" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Тестовий</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Тестовий контроль знань передбачає виконання екзаменаційного тесту в системі </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> контроль </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>. Загальна кількість завдань в екзаменаційному тесті 10, кожне питання оцінюється в 1 бал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40FB96AA" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>знань</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- 1 бал - правильна відповідь;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ECFD220" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...284 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>- 0 балів – неправильна відповідь.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D246E7" w:rsidRPr="00D246E7" w14:paraId="1C1C10B9" w14:textId="77777777" w:rsidTr="00D246E7">
+      <w:tr w:rsidR="00D246E7" w:rsidRPr="00D6418C" w14:paraId="1C1C10B9" w14:textId="77777777" w:rsidTr="00D246E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46D1F83D" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Тестування – визначення відповідності</w:t>
@@ -17599,518 +7397,125 @@
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2600" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26791FA8" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Виконання</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Виконання 2 тестів оцінюється в 3 бали кожний:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FC03797" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>- 3 балів – поняття визначено в повному обсязі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C21613D" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>тестів</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- 2 бали - поняття визначено, але є певні неточності;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="079C42A5" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>- 1 бал - поняття визначено з суттєвими неточностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B5737C" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>оцінюється</w:t>
-[...423 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>- 0 балів – визначення невірне (неправильне!!!) або відсутнє.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D246E7" w:rsidRPr="00D246E7" w14:paraId="07EBFE0F" w14:textId="77777777" w:rsidTr="00D246E7">
+      <w:tr w:rsidR="00D246E7" w:rsidRPr="00D6418C" w14:paraId="07EBFE0F" w14:textId="77777777" w:rsidTr="00D246E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7BBA5747" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Відповідь на теоретичне запитання з курсу у письмовій формі</w:t>
@@ -18199,1235 +7604,281 @@
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2600" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="067B5475" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Відповідь</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Відповідь на </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:tooltip="Теоретичне питання" w:history="1">
+              <w:r w:rsidRPr="00D246E7">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:bCs/>
+                  <w:color w:val="auto"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:val="ru-RU"/>
+                </w:rPr>
+                <w:t>теоретичне питання</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t> – максимальна оцінка 7 балів:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4463BF01" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-            </w:r>
+              <w:t>- 7 балів – відповідь повна, ґрунтовна, виклад матеріалу логічний, подано приклади, зроблено власні висновки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41A37389" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:instrText>HYPERLINK "https://moodle.znu.edu.ua/mod/quiz/view.php?id=340798" \o "Теоретичне питання"</w:instrText>
-            </w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>- 6 балів - відповідь повна, матеріал викладено логічно, структуровано, однак відсутні приклади та власні висновки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3694375F" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>- 5 балів - відповідь неповна (до 80</w:t>
             </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-            </w:r>
+              <w:t>% необхідного обсягу), матеріал викладено з незначними недоліками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F1D00DD" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
-                <w:rStyle w:val="a4"/>
-[...2 lines deleted...]
-                <w:u w:val="none"/>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>теоретичне</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- 4 бали - відповідь неповна (до 60</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
-                <w:rStyle w:val="a4"/>
-[...2 lines deleted...]
-                <w:u w:val="none"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>% необхідного обсягу), матеріал викладено з незначними недоліками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46B717D2" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
-                <w:rStyle w:val="a4"/>
-[...2 lines deleted...]
-                <w:u w:val="none"/>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>питання</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- 3 бали - відповідь неповна (до 50</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-            </w:r>
+              <w:t>% необхідного обсягу), матеріал викладено з незначними недоліками, відсутні приклади та власні висновки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79199EBD" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – максимальна </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>2 бали</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>оцінка</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 7 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>відповіді не в повній мірі (до 30</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
-                <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4463BF01" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>% необхідного обсягу), не всі поняття та терміни знайшли своє відображення у відповіді або визначені невірно, відсутні приклади та власні висновки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66EBB57D" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
-                <w:lang w:val="ru-RU"/>
-[...184 lines deleted...]
-                <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-            </w:pPr>
-[...860 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1 бал</w:t>
             </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
@@ -19473,51 +7924,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>0 балів – відповідь відсутня або невірна.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D246E7" w:rsidRPr="00D246E7" w14:paraId="61A1A413" w14:textId="77777777" w:rsidTr="00D246E7">
+      <w:tr w:rsidR="00D246E7" w:rsidRPr="00D6418C" w14:paraId="61A1A413" w14:textId="77777777" w:rsidTr="00D246E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="037E3ABA" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -19607,2055 +8058,470 @@
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2600" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E7C540B" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Розв’язання</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Розв’язання ситуаційного завдання - максимальна оцінка 10 балів:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72B0FA2B" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>- 10 балів – відповідь повна, ґрунтовна, виклад матеріалу логічний, розрахунки вірні, зроблено власні висновки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A7A2B1A" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ситуаційного</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>9 балів</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>завдання</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>відповідь повна, ґрунтовна, виклад матеріалу логічний, розрахунки вірні, власні висновки відсутні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BD43215" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - максимальна </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>8 балів</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>оцінка</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 10 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>відповідь повна, ґрунтовна, виклад матеріалу логічний, розрахунки мають незначні неточності, власні висновки відсутні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6691F47E" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>балів</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- 7 балів - відповідь повна, матеріал викладено логічно, структуровано, однак з незначними недоліками, розрахунки мають неточності, власні висновки відсутні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="085D6DB4" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="72B0FA2B" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>6 балів</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>відповідь повна, однак виклад матеріалу нелогічний, розрахунки невірні, відсутні власні висновки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03464366" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">- 10 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>5 балів</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>балів</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>відповіді не в повній мірі (більше 50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>% необхідного обсягу), не всі поняття та терміни знайшли своє відображення, розрахунки неточні, відсутні власні висновки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39944B97" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>відповідь</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- 4 бали - відповіді не в повній мірі (до 40</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>% необхідного обсягу), не всі поняття та терміни знайшли своє відображення, розрахунки неточні, відсутні власні висновки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0924A7CB" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>повна</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- 3 бали - відповіді не в повній мірі (до 30</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">% необхідного обсягу), не всі поняття та терміни </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ґрунтовна</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>знайшли своє відображення, розрахунки неточні, відсутні власні висновки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E45C93F" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>- 2 бали - відповіді не в повній мірі (до 20</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>виклад</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>% необхідного обсягу), не всі поняття та терміни знайшли своє відображення, розрахунки неточні, відсутні власні висновки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36466010" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>-</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>матеріалу</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>1 бал - відповіді не в повній мірі (до 10</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D246E7">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...611 lines deleted...]
-              </w:rPr>
               <w:t>% необхідного обсягу), не всі поняття та терміни знайшли своє відображення, розрахунки неточні, відсутні власні висновки;</w:t>
-            </w:r>
-[...1199 lines deleted...]
-              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44E0080D" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D246E7">
@@ -21671,50 +8537,51 @@
       <w:tr w:rsidR="00D246E7" w:rsidRPr="00D246E7" w14:paraId="604D8853" w14:textId="77777777" w:rsidTr="00D246E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11206670" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Усього</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2306A1FE" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRPr="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00D246E7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
@@ -21797,130 +8664,66 @@
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D246E7">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0C31EE9C" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00F64413">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51FEBD46" w14:textId="77777777" w:rsidR="00D246E7" w:rsidRDefault="00D246E7" w:rsidP="00F64413">
-[...29 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6745B317" w14:textId="664887D2" w:rsidR="00F64413" w:rsidRPr="00452890" w:rsidRDefault="00F64413" w:rsidP="00F64413">
       <w:pPr>
         <w:spacing w:before="90"/>
         <w:ind w:left="1299" w:right="1292"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452890">
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> та </w:t>
+        <w:t xml:space="preserve">Шкала оцінювання: національна та </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB6A01">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ECTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77F474FC" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00891C70" w:rsidRDefault="00F64413" w:rsidP="00F64413">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="10"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -22726,51 +9529,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C1FA4DE" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00FB6A01" w:rsidRDefault="00F64413" w:rsidP="005170D2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB6A01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Не зараховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F64413" w:rsidRPr="00D246E7" w14:paraId="39728ACA" w14:textId="77777777" w:rsidTr="00F64413">
+      <w:tr w:rsidR="00F64413" w:rsidRPr="00D6418C" w14:paraId="39728ACA" w14:textId="77777777" w:rsidTr="00F64413">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="749" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7270BE03" w14:textId="77777777" w:rsidR="00F64413" w:rsidRPr="00FB6A01" w:rsidRDefault="00F64413" w:rsidP="005170D2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="89"/>
               <w:ind w:right="650"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB6A01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>F</w:t>
@@ -22883,11795 +9686,6974 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10856B26" w14:textId="77777777" w:rsidR="00AD4D5B" w:rsidRDefault="00AD4D5B" w:rsidP="0031048A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">ОСНОВНІ ДЖЕРЕЛА </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="696C43C1" w14:textId="77777777" w:rsidR="0001785D" w:rsidRDefault="0001785D" w:rsidP="0031048A">
+    <w:p w14:paraId="4411E150" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00793938" w:rsidRDefault="00891C70" w:rsidP="0031048A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="797030BB" w14:textId="77777777" w:rsidR="000F5B53" w:rsidRDefault="000F5B53" w:rsidP="0031048A">
-[...15 lines deleted...]
-        <w:t>Підручники</w:t>
+    <w:p w14:paraId="14B00BE3" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00793938" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Основна:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CFD9300" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D04DD9" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+    <w:p w14:paraId="46C14C2A" w14:textId="77777777" w:rsidR="00793938" w:rsidRPr="00793938" w:rsidRDefault="00793938" w:rsidP="00793938">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...88 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Економіка і бізнес : підручник / за ред. д.е.н., проф. Л.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00891C70">
-[...103 lines deleted...]
-        <w:t>, 2021. 316 с.</w:t>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Г. Мельника, д.е.н., проф. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>О. І. Карінцевої. Суми : Університетська книга, 2021. 316 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FD5825" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D246E7" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+    <w:p w14:paraId="0093B869" w14:textId="77777777" w:rsidR="00793938" w:rsidRPr="00793938" w:rsidRDefault="00793938" w:rsidP="00793938">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...107 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Економіка підприємства : підручник : у 3 т. / Харків. нац. автомоб.-дор. ун-т; за ред. А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00891C70">
-[...28 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В. Непрана, І.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00891C70">
-[...21 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ю. Шевченко. Харків</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00891C70">
-[...37 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>: Вид-во Іванченка І.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00891C70">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">С., 2024. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D04DD9">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>URL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D246E7">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00D04DD9">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00793938">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https</w:t>
         </w:r>
-        <w:r w:rsidRPr="00D246E7">
+        <w:r w:rsidRPr="00793938">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>://</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00D04DD9">
+        <w:r w:rsidRPr="00793938">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>dspace</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00D246E7">
+        <w:r w:rsidRPr="00793938">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidRPr="00D04DD9">
+        <w:r w:rsidRPr="00793938">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>khadi</w:t>
         </w:r>
-        <w:r w:rsidRPr="00D246E7">
+        <w:r w:rsidRPr="00793938">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00D04DD9">
+        <w:r w:rsidRPr="00793938">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>kharkov</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00D246E7">
+        <w:r w:rsidRPr="00793938">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00D04DD9">
+        <w:r w:rsidRPr="00793938">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ua</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00D246E7">
+        <w:r w:rsidRPr="00793938">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
-        <w:r w:rsidRPr="00D04DD9">
+        <w:r w:rsidRPr="00793938">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>handle</w:t>
         </w:r>
-        <w:r w:rsidRPr="00D246E7">
+        <w:r w:rsidRPr="00793938">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>/123456789/20247</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D246E7">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="602B41B5" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D246E7" w:rsidRDefault="00891C70" w:rsidP="00891C70">
-[...1171 lines deleted...]
-    <w:p w14:paraId="40C4ACFA" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D246E7" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+    <w:p w14:paraId="3E163CC2" w14:textId="77777777" w:rsidR="00793938" w:rsidRPr="00793938" w:rsidRDefault="00793938" w:rsidP="00793938">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Маркова С., Коновалова А., Лисенко І. Сучасні маркетингові інструменти просування бізнес-проєктів на підприємстві. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ефективна економіка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2022. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. 225</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">230. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>https</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nayka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ua</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>index</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>php</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>view</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/540.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7625A32F" w14:textId="77777777" w:rsidR="00793938" w:rsidRPr="00793938" w:rsidRDefault="00793938" w:rsidP="00793938">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Маркова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Марков</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>І</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Актуальні</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>можливості</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...38 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>загрози</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бізнес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>процесів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...48 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Україні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>під</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>час</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>війни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00891C70">
-[...76 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Соціальне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>підприємництво</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>традиційні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бізнесу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583785">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...116 lines deleted...]
-        <w:t>340 с.</w:t>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Запоріжжя : Видавець Мокшанов В. В., 2023 C. 41–49.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542CBE6C" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D04DD9" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+    <w:p w14:paraId="1CF23D09" w14:textId="77777777" w:rsidR="00793938" w:rsidRPr="00793938" w:rsidRDefault="00793938" w:rsidP="00793938">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Чернікова Н.М., Діденко О.П., Долина Р.М. Удосконалення поняття бізнес-процесів підприємств в умовах цифрових змін. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Економічний простір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2022. № 182. С. 158–162. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="141C3898" w14:textId="77777777" w:rsidR="00793938" w:rsidRPr="00793938" w:rsidRDefault="00793938" w:rsidP="00793938">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chernikova N. World Trends in Digitization of Enterprises’ Economic Processes. Lasvalaikio Tyrimai. 2 (16). 2020. P. 23–29. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C4ACFA" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00793938" w:rsidRDefault="00891C70" w:rsidP="00793938">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Актуальні проблеми теорії та практики менеджменту зовнішньоекономічної діяльності : колективна монографія / за заг. ред. Д.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Т.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бікулова, О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>М. Олійника. Запоріжжя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...153 lines deleted...]
-        <w:t>142.</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>: Запорізький національний університет, 2021. 340 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539219A3" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D246E7" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+    <w:p w14:paraId="542CBE6C" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00793938" w:rsidRDefault="00891C70" w:rsidP="00793938">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Маркова С. В., Головань О. О., Олійник О. М., Марков І. Методологія та інструменти прєктного управління бізнес-процесами в умовах війни. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ефективна економіка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. 2023. № 11. C. 135</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...300 lines deleted...]
-        <w:t>424 с.</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>142.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26EE6B57" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D04DD9" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+    <w:p w14:paraId="539219A3" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00793938" w:rsidRDefault="00891C70" w:rsidP="00793938">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...88 lines deleted...]
-      </w:hyperlink>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Менеджмент міжнародного бізнесу в умовах Індустрії 4.0 : колективна монографія / за заг. ред. Д. Т. Бікулова, О. М. Олійника. Запоріжжя : Запорізький національний університет, 2024. 424 с.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2398BC61" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D246E7" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+    <w:p w14:paraId="26EE6B57" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00793938" w:rsidRDefault="00891C70" w:rsidP="00793938">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Столяренко О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Б. Психологія особистості. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...302 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00793938">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>https://westudents.com.ua/knigi/529-psihologya-osobistost-stolyarenko-ob.html</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="357F8B90" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D246E7" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+    <w:p w14:paraId="2398BC61" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00793938" w:rsidRDefault="00891C70" w:rsidP="00793938">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00891C70">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...300 lines deleted...]
-        <w:t>352 с.</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сучасні вектори розвитку менеджменту міжнародного бізнесу : колективна монографія / за заг. ред. Д. Т. Бікулова, О. М. Олійника. Запоріжжя : Запорізький національний університет, 2023. 446 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7919E13C" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D246E7" w:rsidRDefault="00891C70" w:rsidP="00891C70">
-      <w:pPr>
+    <w:p w14:paraId="357F8B90" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00793938" w:rsidRDefault="00891C70" w:rsidP="00793938">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793938">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сучасні концепції бізнес-адміністрування : колективна монографія / за заг. ред. Д. Т. Бікулова, О. М. Олійника. Запоріжжя : Запорізький національний університет, 2022. 352 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7919E13C" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D246E7" w:rsidRDefault="00891C70" w:rsidP="00793938">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70E2B766" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D04DD9" w:rsidRDefault="00891C70" w:rsidP="00891C70">
-[...4 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w14:paraId="3FC25289" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="0099485D" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099485D">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:t>:</w:t>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Додаткова: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A2C6F4" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D04DD9" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+    <w:p w14:paraId="1CE52DDC" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Бондар Т. М.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Трансформація моделі бізнесу в процесі цифровізації економіки України  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Економіка. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Менеджмент. Бізнес.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022. № 4(50).  С. 22–29.</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>journals</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>dut</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>edu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>index</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>php</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>emb</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>issue</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>view</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/169</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1F1D0D77" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Гончаренко Л. С.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Формування процесного підходу до управління підприємством на основі бізнес-процесів </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Економіка та управління підприємствами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024.  № 3.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>. 64–70.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>https://www.researchgate.net/publication/383995787_FORMUVANNA_PROCESNOGO_PIDHODU_DO_UPRAVLINNA_PIDPRIEMSTVOM_NA_OSNOVI_BIZNES-PROCESIV</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="389A5F14" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Маркова С. В. Економічні аспекти управління життєзабезпечення діяльності промислового підприємства. Науковий вісник Ужгородського національного університету: науковий журнал. Серія : Міжнародні економічні відносини та світове господарство. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020. № 34. C. 219–223. URL: http://www.visnyk-econom.uzhnu.uz.ua/archive/34_2020ua/39.pdf. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="153E5BBC" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Маркова С. В., Головань О. О., Бікулов Д. Т., Маказан Є. В. Інтеграція фінансового обліку та стратегування в управління бізнес-процесами міжнародних компаній. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Електронне наукове фахове видання «Ефективна економіка».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025. № 1. C. 225–230. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1451EA21" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Маркова С. В., Марков І. Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>знес-технолог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ї: ІТ як катал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>затор ефективност</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та росту. М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жнародна науково-практична конференц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я «науковий вимір осмислення та пошуку оптимальних моделей розвитку України: маркетинговий, економічний, ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нансовий та управлінський аспекти». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Київ, 2024. С. 235–239. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258FBB9F" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Моделювання та реінжиніринг бізнес-процесів: підручник / С. В. Козир, В. В. Слєсарєв, С. А. Ус, Т. В. Хом’як; М-во освіти і науки України; Нац. техн. ун-т. «Дніпровська політехніка». Дніпро : НТУ «ДП», 2022. 163 с. 103</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161D8F1E" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Олійник М. О., Головань О. О., Маркова С. В. Сучасні стратегії </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>STP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маркетингу бізнес-структур в умовах індустрії 4.0. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Галицький економічний вісник</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2023. Т. 83. № 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 97–105. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>https</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>doi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>org</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/10.33108/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>galicianvisnyk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tntu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023.04.097 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="070828E6" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Олексій</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В. В. Оптимізація основних та допоміжних бізнес-процесів у виробничому підприємстві // </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Економіка та держава.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2022. № 2. С. 115–119.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https://www.economy.in.ua/pdf/2_2022/23.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5F15BF78" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Петренко А. О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Система операційного вдосконалення як інструмент удосконалення бізнес-процесів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Економіка та суспільство.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2022. № 37. С. 132–138.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>economyandsociety</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>in</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>index</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>php</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>article</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>view</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/1976</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="605F361C" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...165 lines deleted...]
-        <w:t xml:space="preserve"> ДУТ. 2020. 262 с. URL: http://www.dut.edu.ua/ru/lib/1/category/96/view/2158  </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Маркова С. В., Марков І. Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>знес-технолог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ї: ІТ як катал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>затор ефективност</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та росту. М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жнародна науково-практична конференц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я «науковий вимір осмислення та пошуку оптимальних моделей розвитку України: маркетинговий, економічний, ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нансовий та управлінський аспекти». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Київ,  2024. С. 235–239.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B76512" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D04DD9" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+    <w:p w14:paraId="3FABB001" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...513 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Моделювання та реінжиніринг бізнес-процесів: підручник / С. В. Козир, В. В. Слєсарєв, С. А. Ус, Т. В. Хом’як; М-во освіти і науки України; Нац. техн.    ун-т. «Дніпровська політехніка». Дніпро : НТУ «ДП», 2022. 163 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DAD22A2" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D04DD9" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+    <w:p w14:paraId="388BFC6B" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Крижановський Є. М., Ящолт А. Р., Жуков С. О. «Моделювання бізнес-процесів та управління ІТ-проєктами» (2-ге вид., оновлене)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2022. 129 с. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>https</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>pdf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>lib</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>vntu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>ua</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>books</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/2023/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Kryzhanov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>_2022_129.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>pdf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>utm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>source</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>chatgpt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5F577B" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Сумець О. М. Стратегічний менеджмент : підручник. Харків : ХНУВС, 2021. 208 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DABF5E0" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Шевченко К. О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Менеджмент: термінологічний аналіз категорій бізнес-процесів // </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Eastern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Europe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Economy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Business</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025. Вип. 47. С. 94–101. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>easterneurope</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ebm</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>in</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>/47_2025/12.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="49049DAB" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Черчик Л. М., Левицький В. В. Стратегічний менеджмент : конспект лекцій. Луцьк : Волинський національний університет імені Лесі Українки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, 2023. 165 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5121765F" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Dess G., McNamara G., Aisner A., Sauervald S. Strategic Management : Text and Cases. McGraw-Hill, 2023. 1728 p.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC6FEC5" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="0099485D" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C288063" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="0099485D" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099485D">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...348 lines deleted...]
-        <w:t>230.</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Інформаційні ресурси: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16165215" w14:textId="77777777" w:rsidR="00891C70" w:rsidRPr="00D04DD9" w:rsidRDefault="00891C70" w:rsidP="00891C70">
+    <w:p w14:paraId="68D25857" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...318 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Державна служба статистики України. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1AEF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...813 lines deleted...]
-        <w:r w:rsidRPr="00D04DD9">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00EC1AEF">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:bCs/>
-[...1 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https</w:t>
         </w:r>
-        <w:r w:rsidRPr="00891C70">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:bCs/>
-[...1 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>://</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00D04DD9">
+        <w:r w:rsidRPr="00EC1AEF">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:bCs/>
-[...1 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>doi</w:t>
+          <w:t>www</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00891C70">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:bCs/>
-[...1 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidRPr="00D04DD9">
+        <w:r w:rsidRPr="00EC1AEF">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:bCs/>
-[...1 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>org</w:t>
+          <w:t>ukrstat</w:t>
         </w:r>
-        <w:r w:rsidRPr="00891C70">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:bCs/>
-[...1 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve">/10.33108/ </w:t>
+          <w:t>.</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00D04DD9">
+        <w:r w:rsidRPr="00EC1AEF">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:bCs/>
-[...1 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>galicianvisnyk</w:t>
+          <w:t>gov</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00891C70">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:bCs/>
-[...1 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>_</w:t>
+          <w:t>.</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00D04DD9">
+        <w:r w:rsidRPr="00EC1AEF">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:bCs/>
-[...1 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>tntu</w:t>
+          <w:t>ua</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00891C70">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:bCs/>
-[...1 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>2023.04.097</w:t>
+          <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1BE9FF21" w14:textId="77777777" w:rsidR="00577081" w:rsidRPr="00891C70" w:rsidRDefault="00577081" w:rsidP="00577081">
-[...155 lines deleted...]
-    <w:p w14:paraId="7F703618" w14:textId="77777777" w:rsidR="00577081" w:rsidRPr="00577081" w:rsidRDefault="00577081" w:rsidP="00577081">
+    <w:p w14:paraId="6893DD8A" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00EC1AEF" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...90 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1AEF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Журнал Forbes Ukraine. URL: https://forbes.ua/ </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0ED826AB" w14:textId="77777777" w:rsidR="00577081" w:rsidRPr="00004862" w:rsidRDefault="00577081" w:rsidP="00577081">
+    <w:p w14:paraId="0BA6F278" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...40 lines deleted...]
-        <w:t xml:space="preserve">URL: http://www.intellect.org.ua </w:t>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Запорізька обласна державна адміністрація. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>http</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>zoda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>ua</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15501742" w14:textId="77777777" w:rsidR="00577081" w:rsidRPr="00004862" w:rsidRDefault="00577081" w:rsidP="00577081">
+    <w:p w14:paraId="1EB09853" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...63 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кабінет Міністрів України. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1905 lines deleted...]
-        <w:r w:rsidR="004707AA" w:rsidRPr="002F1DF1">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:i/>
-            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>https</w:t>
+          <w:t>http</w:t>
         </w:r>
-        <w:r w:rsidR="004707AA" w:rsidRPr="002F1DF1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:i/>
-            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>://</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="004707AA" w:rsidRPr="002F1DF1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:i/>
-            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>moodle</w:t>
+          <w:t>www</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="004707AA" w:rsidRPr="002F1DF1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:i/>
-            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="004707AA" w:rsidRPr="002F1DF1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:i/>
-            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>znu</w:t>
+          <w:t>min</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="004707AA" w:rsidRPr="002F1DF1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:i/>
-            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="004707AA" w:rsidRPr="002F1DF1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:i/>
-            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>edu</w:t>
+          <w:t>gov</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="004707AA" w:rsidRPr="002F1DF1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:i/>
-            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="004707AA" w:rsidRPr="002F1DF1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
-            <w:i/>
-            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ua</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-[...95 lines deleted...]
-        </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="38E8139E" w14:textId="77777777" w:rsidR="005E7D79" w:rsidRPr="005E7D79" w:rsidRDefault="005E7D79" w:rsidP="0021546E">
-      <w:pPr>
+    <w:p w14:paraId="77D05A80" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Business</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Виконавці індивідуальних дослідницьких завдань обов</w:t>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Process</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>’</w:t>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">язково додають до текстів своїх робіт власноруч підписану Декларацію академічної доброчесності (див. посилання у Додатку до </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>силабусу</w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Emerald</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">). </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Publishing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>URL: https</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>emerald</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>insight</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>publication</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>issn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/1463-7154</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A455D14" w14:textId="77777777" w:rsidR="005E7D79" w:rsidRDefault="004707AA" w:rsidP="0021546E">
-      <w:pPr>
+    <w:p w14:paraId="0F2CE31A" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Роботи, у яких виявлено ознаки плагіату, до розгляду не приймаються і відхиляються без права перескладання. Якщо ви не впевнені, чи підпадають зроблені вами запозичення під визначення плагіату, будь ласка, проконсультуйтеся з викладачем. </w:t>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Harvard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Business</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...82 lines deleted...]
-        <w:r w:rsidRPr="002F1DF1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t xml:space="preserve">URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
-          <w:t>http</w:t>
+          <w:t>https</w:t>
         </w:r>
-        <w:r w:rsidRPr="002F1DF1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>://</w:t>
         </w:r>
-        <w:r w:rsidRPr="002F1DF1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
-          <w:t>www</w:t>
+          <w:t>hbr</w:t>
         </w:r>
-        <w:r w:rsidRPr="002F1DF1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...112 lines deleted...]
-        <w:r>
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
           <w:t>org</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EF5880">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="48112700" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>ISO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Organization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Standardization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>URL: https</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>iso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5511FA93" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Business Process Management Institute (BPMI)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t xml:space="preserve"> https://www.bpminstitute.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC6AF7F" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>ProcessMaker Academy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Платформа з навчання автоматизації бізнес-процесів, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>Low</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>Code</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>Code</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологій. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>URL: https://www.processmaker.com/academy/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4769AA" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>MIT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Sloan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дослідження інновацій, аналітики даних і процесного управління у світових корпораціях. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>https</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>sloanreview</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>mit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>edu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60AD6005" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Coursera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - міжнародна освітня платформа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Курси провідних університетів світу з тем: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>BPM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>Digital</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>Transformation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>Business</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>Analytics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t xml:space="preserve">URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>https://www.coursera.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="764981AB" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rStyle w:val="af1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>McKinsey Insights &amp; Publications.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аналітичні звіти про ефективність бізнес-процесів, штучний інтелект, цифрову економіку. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>https</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>mckinsey</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>com</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>featured</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:t>insights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D0085DD" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="181C5C29" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7. Регуляції</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і політики курсу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13084187" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212114315"/>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Інтерактивний характер курсу передбачає обов’язкове відвідування практичних занять. Студенти, які за певних обставин не можуть відвідувати практичні заняття регулярно, мусять впродовж тижня узгодити із викладачем графік індивідуального відпрацювання пропущених занять. Окремі пропущенні завдання мають бути відпрацьовані на найближчій консультації впродовж тижня після пропуску. Відпрацювання занять здійснюється усно у формі співбесіди за питаннями, визначеними планом заняття. В окремих випадках дозволяється письмове відпрацювання шляхом виконання індивідуального письмового завдання.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC68719" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Студенти, які станом на початок екзаменаційної сесії мають понад 70% невідпрацьованих пропущених занять, до відпрацювання не допускаються.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6139A69E" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BB9E1BF" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Політика академічної доброчесності</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2516613D" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Усі письмові роботи, що виконуються слухачами під час проходження курсу, перевіряються на наявність плагіату за допомогою спеціалізованого програмного забезпечення. Відповідно до чинних правових норм, плагіатом вважатиметься: копіювання чужої наукової роботи чи декількох робіт та оприлюднення результату під своїм іменем; створення суміші власного та запозиченого тексту без належного цитування джерел; рерайт (перефразування чужої праці без згадування оригінального автора). Будь-яка ідея, думка чи речення, ілюстрація чи фото, яке ви запозичуєте, має супроводжуватися посиланням на першоджерело. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669D1695" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Виконавці індивідуальних дослідницьких завдань обов’язково додають до текстів своїх робіт власноруч підписану Декларацію академічної доброчесності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33783F86" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Роботи, у яких виявлено ознаки плагіату, до розгляду не приймаються і відхиляються без права перескладання. Якщо ви не впевнені, чи підпадають зроблені вами запозичення під визначення плагіату, будь ласка, проконсультуйтеся з викладачем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2729D903" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Висока академічна культура та європейські стандарти якості освіти, яких дотримуються у ЗНУ, вимагають від дослідників відповідального ставлення до вибору джерел. Посилання на такі ресурси, як Wikipedia, бази даних рефератів та письмових робіт (Studopedia.orgта подібні) є неприпустимим. Рекомендовані бази даних для пошуку джерел: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B77200F" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Електронні ресурси Національної бібліотеки ім. Вернадського:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>http://www.nbuv.gov.ua</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="74159C5D" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цифрова повнотекстова база даних англомовної наукової періодики JSTOR: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>https://www.jstor.org/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7C1C8F79" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EB9002D" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Використання комп’ютерів/телефонів на занятті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A48BBDA" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Використання мобільних телефонів, планшетів та інших гаджетів під час лекційних та практичних занять дозволяється виключно у навчальних цілях (для уточнення певних даних, перевірки правопису, отримання довідкової інформації тощо). Будь ласка, не забувайте активувати режим «без звуку» до початку заняття. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="635B7DA0" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Під час виконання заходів контролю (термінологічних диктантів, контрольних робіт, іспитів) використання гаджетів заборонено. У разі порушення цієї заборони роботу буде анульовано без права перескладання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47EF3E63" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40393EF2" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Комунікація</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F30A1BA" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Базовою платформою для комунікації викладача зі студентами є Moodle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B95847" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Важливі повідомлення загального характеру – зокрема, оголошення про терміни подання контрольних робіт, коди доступу до сесій у CiscoWebex та ін. – регулярно розміщуються викладачем на форумі курсу. Для персональних запитів використовується сервіс приватних повідомлень. Відповіді на запити студентів подаються викладачем впродовж трьох робочих днів. Для оперативного отримання повідомлень про оцінки та нову інформацію, розміщену на сторінці курсу у Moodle, будь ласка, переконайтеся, що адреса електронної пошти, зазначена у вашому профайлі на Moodle, є актуальною, та регулярно перевіряйте папку «Спам».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C7C716F" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Якщо за технічнихпричин доступ до Moodleє неможливим, або ваше питання потребує термінового розгляду, направте електронного листа з позначкою «Важливо» на адресу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>masvvi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>outlook</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.com .</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> У листі обов’язково вкажіть ваше прізвище та ім’я, курс та шифр академічної групи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="2D18A0C4" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24DC5932" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Додаткова інформація</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34568C69" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГРАФІК ОСВІТНЬОГО ПРОЦЕСУ НА 2025-2026 н.р. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">доступний за адресою: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>sites</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>znu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>edu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>navchalnyj</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>_</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>viddil</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/1635.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ukr</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>html</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7755694A" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22B53139" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">НАВЧАННЯ ТА ЗАБЕЗПЕЧЕННЯ ЯКОСТІ ОСВІТИ. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перевірка набутих студентами знань, навичок та вмінь є невід’ємною складовою системи забезпечення якості освіти і проводиться відповідно до Положення про організацію та методику проведення поточного та підсумкового семестрового контролю навчання студентів ЗНУ </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>lnk</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>gk</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>x</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>wkVy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2E1C92" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="300ABDBE" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ПОВТОРНЕ ВИВЧЕННЯ ДИСЦИПЛІН. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наявність академічної заборгованості до 6 навчальних дисциплін (у тому числі проходження практики чи виконання курсової роботи) за результатами однієї екзаменаційної сесії є підставою для надання студенту права на повторне вивчення зазначених навчальних дисциплін. Процедура повторного вивчення визначається </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Положенням </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>про порядок повторного вивчення навчальних дисциплін та повторного навчання у ЗНУ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>lnk</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/9</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>MVwgEpVz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271DFE69" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44B5DA8F" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ВИРІШЕННЯ КОНФЛІКТІВ. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок і процедури врегулювання конфліктів, пов’язаних із корупційними діями, зіткненням інтересів, різними формами дискримінації, сексуальними домаганнями, міжособистісними стосунками та іншими ситуаціями, що можуть виникнути під час навчання, регламентуються Положенням про порядок і процедури вирішення конфліктних ситуацій у ЗНУ: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>lnk</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>EYNg</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>GpVZ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F8E86AE" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конфліктні ситуації, що виникають у сфері стипендіального забезпечення здобувачів вищої освіти, вирішуються стипендіальними комісіями факультетів, коледжів та університету в межах їх повноважень, відповідно до: Положення про порядок призначення і виплати академічних стипендій у ЗНУ: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>lnk</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>QRVdWGwe</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Положення про призначення та виплату соціальних стипендій у ЗНУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>lnk</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/3</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>R</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>avGqeJ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D175CF" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23A173AC" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПСИХОЛОГІЧНА ДОПОМОГА. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Телефон довіри практичного психолога </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Марті Ірини Вадимівни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (061) 228-15-84, (099) 253-78-73 (щоденно з 9 до 21). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DF4F6D" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk142433006"/>
+    </w:p>
+    <w:p w14:paraId="28F6B615" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>УПОВНОВАЖЕНА ОСОБА З ПИТАНЬ ЗАПОБІГАННЯ ТА ВИЯВЛЕННЯ КОРУПЦІЇ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Запорізького національного університету: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Банах Віктор Аркадійович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB400EC" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Електронна адреса:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>v</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>_</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>banakh</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>znu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>edu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="63942789" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Гаряча лінія: тел.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14439">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>061) 227-12-76, факс 227-12-88</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45BDAFC0" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="190C31B1" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РІВНІ МОЖЛИВОСТІ ТА ІНКЛЮЗИВНЕ ОСВІТНЄ СЕРЕДОВИЩЕ. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Центральні входи усіх навчальних корпусів ЗНУ обладнані пандусами для забезпечення доступу осіб з інвалідністю та інших маломобільних груп населення. Допомога для здійснення входу у разі потреби надається черговими охоронцями навчальних корпусів. Спеціалізована допомога: (061) 228-75-11 (начальник охорони). Порядок супроводу (надання допомоги) осіб з інвалідністю та інших маломобільних груп населення у ЗНУ: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>lnk</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/5</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>pVJr</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>VP</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DB1E15" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>РЕСУРСИ ДЛЯ НАВЧАННЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081DC9C0" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Наукова бібліотека</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>library</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>znu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>edu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Графік роботи абонементів: понеділок-п`ятниця з 08.00 до 16.00; вихідні дні: субота і неділя.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="529D31FF" w14:textId="77777777" w:rsidR="00EF5880" w:rsidRDefault="00EF5880" w:rsidP="0021546E">
+    <w:p w14:paraId="79D16E1D" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7393F60D" w14:textId="77777777" w:rsidR="0021546E" w:rsidRPr="008757C1" w:rsidRDefault="008757C1" w:rsidP="0031048A">
-      <w:pPr>
+    <w:p w14:paraId="727A448B" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008757C1">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...79 lines deleted...]
-      <w:r>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Система ЕЛЕКТРОННого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...497 lines deleted...]
-        <w:r w:rsidR="001213F8" w:rsidRPr="00F95D12">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЗАБЕЗПЕЧЕННЯ НАВЧАННЯ ЗАПОРІЗЬКОГО НАЦІОНАЛЬНОГО УНІВЕРСИТЕТУ  (СЕЗН ЗНУ): </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00D14439">
           <w:rPr>
             <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>masvvi</w:t>
+          <w:t>https</w:t>
         </w:r>
-        <w:r w:rsidR="001213F8" w:rsidRPr="00F95D12">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>@</w:t>
+          <w:t>://</w:t>
         </w:r>
-        <w:r w:rsidR="001213F8" w:rsidRPr="00F95D12">
+        <w:r w:rsidRPr="00D14439">
           <w:rPr>
             <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>outlook</w:t>
+          <w:t>moodle</w:t>
         </w:r>
-        <w:r w:rsidR="001213F8" w:rsidRPr="00F95D12">
+        <w:r w:rsidRPr="008D0CB1">
           <w:rPr>
             <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidR="001213F8" w:rsidRPr="00F95D12">
+        <w:r w:rsidRPr="00D14439">
           <w:rPr>
             <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>com</w:t>
+          <w:t>znu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>edu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001213F8" w:rsidRPr="001213F8">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A48BFE" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Посилання для відновлення паролю: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>moodle</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>znu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>edu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>mod</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>page</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>view</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>php</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>?</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>id</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>=133015</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9B8715" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F9A1B7B" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="00D14439" w:rsidRDefault="008D0CB1" w:rsidP="008D0CB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Центр інтенсивного вивчення іноземних мов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>sites</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>znu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>edu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ua</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>child</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D14439">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>advance</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D0CB1">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008D0CB1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D15FE1C" w14:textId="77777777" w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidRDefault="008D0CB1" w:rsidP="00A90A11">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> У листі обов</w:t>
-[...32 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5381EC26" w14:textId="77777777" w:rsidR="00183C4E" w:rsidRPr="00183C4E" w:rsidRDefault="00183C4E" w:rsidP="00183C4E">
-[...2094 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId28"/>
+    <w:sectPr w:rsidR="008D0CB1" w:rsidRPr="008D0CB1" w:rsidSect="00287991">
+      <w:headerReference w:type="default" r:id="rId36"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B7CC2C9" w14:textId="77777777" w:rsidR="009A7F4F" w:rsidRDefault="009A7F4F" w:rsidP="00CF2559">
+    <w:p w14:paraId="1881F5F9" w14:textId="77777777" w:rsidR="00270BDF" w:rsidRDefault="00270BDF" w:rsidP="00CF2559">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="329B3AB9" w14:textId="77777777" w:rsidR="009A7F4F" w:rsidRDefault="009A7F4F" w:rsidP="00CF2559">
+    <w:p w14:paraId="67B48895" w14:textId="77777777" w:rsidR="00270BDF" w:rsidRDefault="00270BDF" w:rsidP="00CF2559">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
@@ -34711,71 +16693,61 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sylfaen">
     <w:panose1 w:val="010A0502050306030303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="04000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DBB35E8" w14:textId="77777777" w:rsidR="009A7F4F" w:rsidRDefault="009A7F4F" w:rsidP="00CF2559">
+    <w:p w14:paraId="0C8A58D7" w14:textId="77777777" w:rsidR="00270BDF" w:rsidRDefault="00270BDF" w:rsidP="00CF2559">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="654301B1" w14:textId="77777777" w:rsidR="009A7F4F" w:rsidRDefault="009A7F4F" w:rsidP="00CF2559">
+    <w:p w14:paraId="4B9C9DE4" w14:textId="77777777" w:rsidR="00270BDF" w:rsidRDefault="00270BDF" w:rsidP="00CF2559">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FAE620B" w14:textId="77777777" w:rsidR="003B719C" w:rsidRPr="006F1B80" w:rsidRDefault="003B719C" w:rsidP="00CF2559">
     <w:pPr>
       <w:pStyle w:val="ae"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006F1B80">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
@@ -34867,73 +16839,60 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="530225" cy="553720"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="003B719C" w:rsidRPr="006F1B80">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
-      <w:t>Силабус</w:t>
-[...11 lines deleted...]
-      <w:t xml:space="preserve"> навчальної дисципліни</w:t>
+      <w:t>Силабус навчальної дисципліни</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6E5B097A" w14:textId="53CC0556" w:rsidR="00F73C6C" w:rsidRPr="006F1B80" w:rsidRDefault="00E83999" w:rsidP="003D656F">
     <w:pPr>
       <w:pStyle w:val="ae"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Sylfaen" w:hAnsi="Sylfaen" w:cs="Sylfaen"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
       <w:t>Менеджмент бізнесу</w:t>
@@ -35086,50 +17045,140 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="093E43C5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="74649C08"/>
+    <w:lvl w:ilvl="0" w:tplc="C5E0D3B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0422000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0422000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11AF10E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="656AFB84"/>
     <w:lvl w:ilvl="0" w:tplc="D93C4F8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1542" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -35199,51 +17248,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16CD6EBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4582F67E"/>
     <w:lvl w:ilvl="0" w:tplc="3C36741E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -35313,51 +17362,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="194A500B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABF2E8CA"/>
     <w:lvl w:ilvl="0" w:tplc="E8C0C862">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -35450,51 +17499,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="198709EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7AEE0C8"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -35536,51 +17585,163 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="201B703F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5645DCE"/>
+    <w:lvl w:ilvl="0" w:tplc="C3A886B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2229406D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="51F80372"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="25"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -35674,51 +17835,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25711F47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20780364"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -35760,51 +17921,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2ABB1255"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E138C3D8"/>
+    <w:lvl w:ilvl="0" w:tplc="1862C29E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0422000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0422000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C69620A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFF636A8"/>
     <w:lvl w:ilvl="0" w:tplc="3FFAAA0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -35874,51 +18125,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30BB40DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="289AFB1C"/>
     <w:lvl w:ilvl="0" w:tplc="FBA0E750">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -35989,51 +18240,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="329377F2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3A2619B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -36127,62 +18378,66 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34ED375A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C7AEE0C8"/>
-    <w:lvl w:ilvl="0" w:tplc="0422000F">
+    <w:tmpl w:val="87ECD79C"/>
+    <w:lvl w:ilvl="0" w:tplc="FAECCF94">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0422000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -36213,51 +18468,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38734DE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1494EA26"/>
     <w:lvl w:ilvl="0" w:tplc="FB28F20A">
       <w:start w:val="65535"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="182"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -36348,51 +18603,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A13185F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="378E9EB0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -36461,51 +18716,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="401822A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CB7CC7CC"/>
     <w:lvl w:ilvl="0" w:tplc="B0506D04">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
@@ -36552,51 +18807,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40233283"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2050EB4C"/>
     <w:lvl w:ilvl="0" w:tplc="FB28F20A">
       <w:start w:val="65535"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="182"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -36687,51 +18942,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40A53CB5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5240ED9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -36836,51 +19091,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="449D00E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D878F62E"/>
     <w:lvl w:ilvl="0" w:tplc="0B08947A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1398"/>
         </w:tabs>
         <w:ind w:left="737" w:firstLine="301"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -36953,51 +19208,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6497"/>
         </w:tabs>
         <w:ind w:left="6497" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7217"/>
         </w:tabs>
         <w:ind w:left="7217" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B7A4BAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="289AFB1C"/>
     <w:lvl w:ilvl="0" w:tplc="FBA0E750">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -37068,51 +19323,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="507A31A7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="85D25ED0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -37206,51 +19461,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AC201AE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A0C2C53C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -37344,51 +19599,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CC548B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0080624"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -37457,51 +19712,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="662E4B63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB760DD0"/>
     <w:lvl w:ilvl="0" w:tplc="3FFAAA0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -37571,51 +19826,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CB34B42"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EE280616"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -37657,51 +19912,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FA71A4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6481CFE"/>
     <w:lvl w:ilvl="0" w:tplc="7270C8B2">
       <w:start w:val="2019"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -37770,51 +20025,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70BE0C04"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="51A0C99C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -37856,71 +20111,71 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="740837AF"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DD0804FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="375"/>
         </w:tabs>
         <w:ind w:left="375" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="741226ED"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C4F2293C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -37967,51 +20222,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75191844"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="51963888"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="31"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -38105,51 +20360,142 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="756A3DF1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F71451D0"/>
+    <w:lvl w:ilvl="0" w:tplc="F970C274">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0422000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0422000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A3E7274"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1406A4E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2073"/>
         </w:tabs>
@@ -38244,144 +20590,155 @@
           <w:tab w:val="num" w:pos="6393"/>
         </w:tabs>
         <w:ind w:left="6393" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7113"/>
         </w:tabs>
         <w:ind w:left="7113" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="117333453">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1944342272">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1665625779">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1665625779">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="4" w16cid:durableId="826870044">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1394891748">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="120392677">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="546454264">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1326206878">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="312947843">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="312947843">
+  <w:num w:numId="10" w16cid:durableId="2046438782">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="306907080">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="23479456">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1317878303">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="679812966">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1502239744">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="287048631">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2046438782">
-[...5 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="23479456">
+  <w:num w:numId="17" w16cid:durableId="1711102413">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1317878303">
+  <w:num w:numId="18" w16cid:durableId="206912698">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="908226221">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1128166591">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="567620206">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="307588159">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="199129465">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="679812966">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="24" w16cid:durableId="1542130943">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1502239744">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="25" w16cid:durableId="1782996389">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="287048631">
+  <w:num w:numId="26" w16cid:durableId="164519478">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1319456940">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1590233088">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="341322358">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="2088188518">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="611057851">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1627465007">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1711102413">
-[...8 lines deleted...]
-  <w:num w:numId="20" w16cid:durableId="1128166591">
+  <w:num w:numId="33" w16cid:durableId="1673415268">
     <w:abstractNumId w:val="9"/>
-  </w:num>
-[...25 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="50"/>
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -38439,50 +20796,51 @@
     <w:rsid w:val="00192F27"/>
     <w:rsid w:val="001A0B7E"/>
     <w:rsid w:val="001A2AD5"/>
     <w:rsid w:val="001A3AC6"/>
     <w:rsid w:val="001A78E1"/>
     <w:rsid w:val="001C1CF4"/>
     <w:rsid w:val="001C7756"/>
     <w:rsid w:val="001D11C5"/>
     <w:rsid w:val="001D272C"/>
     <w:rsid w:val="001D3058"/>
     <w:rsid w:val="001E336D"/>
     <w:rsid w:val="001F6A09"/>
     <w:rsid w:val="00200979"/>
     <w:rsid w:val="00204EA4"/>
     <w:rsid w:val="0020795F"/>
     <w:rsid w:val="0021546E"/>
     <w:rsid w:val="00225610"/>
     <w:rsid w:val="00225B4B"/>
     <w:rsid w:val="00236E90"/>
     <w:rsid w:val="00243BB0"/>
     <w:rsid w:val="00246191"/>
     <w:rsid w:val="00253A8C"/>
     <w:rsid w:val="00262893"/>
     <w:rsid w:val="002637A9"/>
     <w:rsid w:val="0026764D"/>
+    <w:rsid w:val="00270BDF"/>
     <w:rsid w:val="002710F3"/>
     <w:rsid w:val="00271E59"/>
     <w:rsid w:val="00285002"/>
     <w:rsid w:val="00287991"/>
     <w:rsid w:val="0029113D"/>
     <w:rsid w:val="002976F3"/>
     <w:rsid w:val="002B1B4C"/>
     <w:rsid w:val="002B2561"/>
     <w:rsid w:val="002B70D4"/>
     <w:rsid w:val="002D663F"/>
     <w:rsid w:val="002E111C"/>
     <w:rsid w:val="002E21AB"/>
     <w:rsid w:val="002E2CF7"/>
     <w:rsid w:val="002F1280"/>
     <w:rsid w:val="002F1DF1"/>
     <w:rsid w:val="0031048A"/>
     <w:rsid w:val="003220E6"/>
     <w:rsid w:val="00325C70"/>
     <w:rsid w:val="003270AB"/>
     <w:rsid w:val="0033065A"/>
     <w:rsid w:val="003321C1"/>
     <w:rsid w:val="00337DF5"/>
     <w:rsid w:val="003414B4"/>
     <w:rsid w:val="00342DF8"/>
     <w:rsid w:val="00346175"/>
@@ -38524,132 +20882,140 @@
     <w:rsid w:val="00482603"/>
     <w:rsid w:val="0048670C"/>
     <w:rsid w:val="00494816"/>
     <w:rsid w:val="00494875"/>
     <w:rsid w:val="004964FC"/>
     <w:rsid w:val="004B275A"/>
     <w:rsid w:val="00501C7C"/>
     <w:rsid w:val="00506FAC"/>
     <w:rsid w:val="00512876"/>
     <w:rsid w:val="0052350B"/>
     <w:rsid w:val="0052498A"/>
     <w:rsid w:val="00531053"/>
     <w:rsid w:val="005320BD"/>
     <w:rsid w:val="00533984"/>
     <w:rsid w:val="005377E0"/>
     <w:rsid w:val="005408AE"/>
     <w:rsid w:val="00541A34"/>
     <w:rsid w:val="00542F68"/>
     <w:rsid w:val="0055012E"/>
     <w:rsid w:val="00564361"/>
     <w:rsid w:val="00566A39"/>
     <w:rsid w:val="005742B0"/>
     <w:rsid w:val="00574EDF"/>
     <w:rsid w:val="00577081"/>
     <w:rsid w:val="00577A1B"/>
+    <w:rsid w:val="00583785"/>
     <w:rsid w:val="00583A4F"/>
     <w:rsid w:val="00583E5E"/>
     <w:rsid w:val="0058748D"/>
     <w:rsid w:val="005979F2"/>
     <w:rsid w:val="005A2A43"/>
     <w:rsid w:val="005A3707"/>
     <w:rsid w:val="005C1503"/>
     <w:rsid w:val="005C1FB7"/>
     <w:rsid w:val="005D3580"/>
     <w:rsid w:val="005E7D79"/>
     <w:rsid w:val="005F5830"/>
     <w:rsid w:val="005F5CAB"/>
     <w:rsid w:val="005F5DC3"/>
     <w:rsid w:val="00600E4D"/>
     <w:rsid w:val="0060176C"/>
     <w:rsid w:val="006052F0"/>
     <w:rsid w:val="0060541B"/>
     <w:rsid w:val="00614E2D"/>
     <w:rsid w:val="00626ADD"/>
     <w:rsid w:val="00627C96"/>
     <w:rsid w:val="006304F1"/>
     <w:rsid w:val="0064049C"/>
     <w:rsid w:val="0064473F"/>
     <w:rsid w:val="006464EA"/>
     <w:rsid w:val="00655FE2"/>
     <w:rsid w:val="006731C1"/>
     <w:rsid w:val="00676F1A"/>
     <w:rsid w:val="00687F1E"/>
     <w:rsid w:val="00694B6F"/>
     <w:rsid w:val="006A2900"/>
     <w:rsid w:val="006B1DF2"/>
     <w:rsid w:val="006C1238"/>
     <w:rsid w:val="006C1BAC"/>
     <w:rsid w:val="006C38E5"/>
     <w:rsid w:val="006C4032"/>
     <w:rsid w:val="006E0BC0"/>
     <w:rsid w:val="006F1B80"/>
     <w:rsid w:val="00713189"/>
     <w:rsid w:val="007171E2"/>
     <w:rsid w:val="00730A5B"/>
     <w:rsid w:val="00730FFD"/>
     <w:rsid w:val="00775E0B"/>
+    <w:rsid w:val="007834FA"/>
     <w:rsid w:val="00783B03"/>
     <w:rsid w:val="00791E2C"/>
+    <w:rsid w:val="00793938"/>
     <w:rsid w:val="007A032E"/>
     <w:rsid w:val="007B307F"/>
     <w:rsid w:val="007B5660"/>
     <w:rsid w:val="007B5979"/>
     <w:rsid w:val="007C3DBA"/>
     <w:rsid w:val="007C7772"/>
     <w:rsid w:val="007C79D4"/>
     <w:rsid w:val="007D7EE9"/>
     <w:rsid w:val="007E1F11"/>
     <w:rsid w:val="007F4588"/>
     <w:rsid w:val="007F59DA"/>
+    <w:rsid w:val="00811F60"/>
     <w:rsid w:val="00815933"/>
+    <w:rsid w:val="00822F63"/>
     <w:rsid w:val="00830E5B"/>
     <w:rsid w:val="00836A2A"/>
     <w:rsid w:val="008422D9"/>
     <w:rsid w:val="00844E18"/>
     <w:rsid w:val="00845F41"/>
     <w:rsid w:val="00846ADE"/>
     <w:rsid w:val="008520D5"/>
     <w:rsid w:val="00856B79"/>
     <w:rsid w:val="008740CD"/>
     <w:rsid w:val="008757C1"/>
     <w:rsid w:val="00881506"/>
     <w:rsid w:val="00891C70"/>
     <w:rsid w:val="008A4865"/>
     <w:rsid w:val="008A7AC1"/>
     <w:rsid w:val="008B435E"/>
     <w:rsid w:val="008C552B"/>
     <w:rsid w:val="008C72C7"/>
+    <w:rsid w:val="008D0CB1"/>
     <w:rsid w:val="008E7C14"/>
     <w:rsid w:val="008F5878"/>
     <w:rsid w:val="008F60F8"/>
     <w:rsid w:val="00903011"/>
     <w:rsid w:val="00913303"/>
     <w:rsid w:val="00933144"/>
     <w:rsid w:val="009411B6"/>
     <w:rsid w:val="00941A71"/>
+    <w:rsid w:val="00943F9D"/>
     <w:rsid w:val="00943FF9"/>
+    <w:rsid w:val="00963AD2"/>
     <w:rsid w:val="00965ECE"/>
     <w:rsid w:val="00966160"/>
     <w:rsid w:val="0099241B"/>
     <w:rsid w:val="00997704"/>
     <w:rsid w:val="009A4A06"/>
     <w:rsid w:val="009A7F4F"/>
     <w:rsid w:val="009D2288"/>
     <w:rsid w:val="009D30C8"/>
     <w:rsid w:val="009D77A7"/>
     <w:rsid w:val="009E6C2C"/>
     <w:rsid w:val="009F6B92"/>
     <w:rsid w:val="00A03E0B"/>
     <w:rsid w:val="00A112C4"/>
     <w:rsid w:val="00A1326F"/>
     <w:rsid w:val="00A135C3"/>
     <w:rsid w:val="00A21DF0"/>
     <w:rsid w:val="00A3027A"/>
     <w:rsid w:val="00A374ED"/>
     <w:rsid w:val="00A41E31"/>
     <w:rsid w:val="00A42289"/>
     <w:rsid w:val="00A43D52"/>
     <w:rsid w:val="00A552C7"/>
     <w:rsid w:val="00A560D8"/>
     <w:rsid w:val="00A61D54"/>
     <w:rsid w:val="00A626AA"/>
@@ -38681,83 +21047,85 @@
     <w:rsid w:val="00B061CE"/>
     <w:rsid w:val="00B21FBF"/>
     <w:rsid w:val="00B30D1E"/>
     <w:rsid w:val="00B43642"/>
     <w:rsid w:val="00B53897"/>
     <w:rsid w:val="00B562E0"/>
     <w:rsid w:val="00B70732"/>
     <w:rsid w:val="00B74332"/>
     <w:rsid w:val="00B80AD7"/>
     <w:rsid w:val="00B90143"/>
     <w:rsid w:val="00BA282F"/>
     <w:rsid w:val="00BA7B63"/>
     <w:rsid w:val="00BD3C37"/>
     <w:rsid w:val="00BD5377"/>
     <w:rsid w:val="00BD552C"/>
     <w:rsid w:val="00BD7E75"/>
     <w:rsid w:val="00C00637"/>
     <w:rsid w:val="00C01606"/>
     <w:rsid w:val="00C0464B"/>
     <w:rsid w:val="00C05277"/>
     <w:rsid w:val="00C05D21"/>
     <w:rsid w:val="00C14672"/>
     <w:rsid w:val="00C155D9"/>
     <w:rsid w:val="00C17896"/>
     <w:rsid w:val="00C27B7C"/>
+    <w:rsid w:val="00C3454F"/>
     <w:rsid w:val="00C35A38"/>
     <w:rsid w:val="00C35B4D"/>
     <w:rsid w:val="00C36A27"/>
     <w:rsid w:val="00C37501"/>
     <w:rsid w:val="00C4340A"/>
     <w:rsid w:val="00C47403"/>
     <w:rsid w:val="00C47911"/>
     <w:rsid w:val="00C53035"/>
     <w:rsid w:val="00C65954"/>
     <w:rsid w:val="00C7575C"/>
     <w:rsid w:val="00C81538"/>
     <w:rsid w:val="00C83DAA"/>
     <w:rsid w:val="00CA3AFA"/>
     <w:rsid w:val="00CA4036"/>
     <w:rsid w:val="00CC4704"/>
     <w:rsid w:val="00CD6A2D"/>
     <w:rsid w:val="00CE0C41"/>
     <w:rsid w:val="00CE7235"/>
     <w:rsid w:val="00CF003F"/>
     <w:rsid w:val="00CF1850"/>
     <w:rsid w:val="00CF2559"/>
     <w:rsid w:val="00CF39BB"/>
     <w:rsid w:val="00CF4FA7"/>
     <w:rsid w:val="00CF50EB"/>
     <w:rsid w:val="00D10B35"/>
     <w:rsid w:val="00D246E7"/>
     <w:rsid w:val="00D25A50"/>
     <w:rsid w:val="00D411F0"/>
     <w:rsid w:val="00D4244C"/>
     <w:rsid w:val="00D43F60"/>
     <w:rsid w:val="00D50315"/>
     <w:rsid w:val="00D54399"/>
     <w:rsid w:val="00D60B1B"/>
+    <w:rsid w:val="00D6418C"/>
     <w:rsid w:val="00D66460"/>
     <w:rsid w:val="00D85E0D"/>
     <w:rsid w:val="00D87B34"/>
     <w:rsid w:val="00DA0B71"/>
     <w:rsid w:val="00DA2DD5"/>
     <w:rsid w:val="00DB15EC"/>
     <w:rsid w:val="00DB4651"/>
     <w:rsid w:val="00DC0033"/>
     <w:rsid w:val="00DC3AA0"/>
     <w:rsid w:val="00DD34AD"/>
     <w:rsid w:val="00DD3E0D"/>
     <w:rsid w:val="00DD5E12"/>
     <w:rsid w:val="00DD734E"/>
     <w:rsid w:val="00DE5524"/>
     <w:rsid w:val="00E05D39"/>
     <w:rsid w:val="00E136AB"/>
     <w:rsid w:val="00E146ED"/>
     <w:rsid w:val="00E148C2"/>
     <w:rsid w:val="00E22402"/>
     <w:rsid w:val="00E30A48"/>
     <w:rsid w:val="00E35E53"/>
     <w:rsid w:val="00E42FA1"/>
     <w:rsid w:val="00E45DB4"/>
     <w:rsid w:val="00E54730"/>
     <w:rsid w:val="00E66AAD"/>
@@ -38909,52 +21277,52 @@
     <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -39331,50 +21699,51 @@
       <w:color w:val="365F91"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="60"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00577A1B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="243F60"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
@@ -39694,51 +22063,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="110">
     <w:name w:val="Текст сноски Знак11"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00614E2D"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="14">
     <w:name w:val="Незакрита згадка1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0001785D"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af1">
     <w:name w:val="Strong"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="005E7D79"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00F86349"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="style19">
     <w:name w:val="style19"/>
@@ -39910,50 +22279,61 @@
         <w:tab w:val="left" w:pos="1134"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af8">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C35A38"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af9">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D0CB1"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="38633447">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1602644376">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
@@ -40741,51 +23121,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2023629078">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/mod/resource/view.php?id=103857" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/y6wzzlu3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/ydhcsagx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/ycds57la" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33108/galicianvisnyk_tntu2023.04.097" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/ya6yk4ad" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/y9r5dpwh" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:masvvi@outlook.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/y9pkmmp5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.visnyk-econom.uzhnu.uz.ua/archive/34_2020ua/39.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/yd6bq6p9" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/ycyfws9v" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westudents.com.ua/knigi/529-psihologya-osobistost-stolyarenko-ob.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/y9tve4lk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dspace.khadi.kharkov.ua/handle/123456789/20247" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nbuv.gov.ua" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/y8gbt4xs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://library.znu.edu.ua" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/383995787_FORMUVANNA_PROCESNOGO_PIDHODU_DO_UPRAVLINNA_PIDPRIEMSTVOM_NA_OSNOVI_BIZNES-PROCESIV" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.min.gov.ua" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/9MVwgEpVz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nbuv.gov.ua" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/mod/page/view.php?id=133015" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.dut.edu.ua/index.php/emb/issue/view/169?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ukrstat.gov.ua/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.znu.edu.ua/navchalnyj_viddil/normatyvna_basa/polozhennya_pro_poryadok_povtornogo_vivchennya_navchal__nikh_distsipl__n_ta_povtornogo_navchannya_u_znu.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://easterneurope-ebm.in.ua/journal/47_2025/12.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coursera.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/3R4avGqeJ" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://westudents.com.ua/knigi/529-psihologya-osobistost-stolyarenko-ob.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/gk4x2wkVy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.znu.edu.ua/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://economyandsociety.in.ua/index.php/journal/article/view/1976" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.znu.edu.ua/navchalnyj_viddil/1635.ukr.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/QRVdWGwe3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dspace.khadi.kharkov.ua/handle/123456789/20247" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hbr.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/5pVJr17VP" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/mod/quiz/view.php?id=340798" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.economy.in.ua/pdf/2_2022/23.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/EYNg6GpVZ" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v_banakh@znu.edu.ua" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.znu.edu.ua/child-advance/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -41063,75 +23443,75 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73332E1B-DA97-4C63-8781-30BA51013404}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>10694</Characters>
+  <Pages>11</Pages>
+  <Words>19259</Words>
+  <Characters>10978</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
-  <Paragraphs>58</Paragraphs>
+  <Lines>91</Lines>
+  <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ІСТОРІЯ ЗАРУБІЖНОЇ ЛІТЕРАТУРИ ІІ ПОЛОВИНИ ХІХ СТ</vt:lpstr>
       <vt:lpstr>ІСТОРІЯ ЗАРУБІЖНОЇ ЛІТЕРАТУРИ ІІ ПОЛОВИНИ ХІХ СТ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29397</CharactersWithSpaces>
+  <CharactersWithSpaces>30177</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ІСТОРІЯ ЗАРУБІЖНОЇ ЛІТЕРАТУРИ ІІ ПОЛОВИНИ ХІХ СТ</dc:title>
   <dc:creator>cheryl reed</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>