--- v0 (2025-12-10)
+++ v1 (2026-02-24)
@@ -1,192 +1,2128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="17649685" w14:textId="08EF20EB" w:rsidR="008E5930" w:rsidRDefault="008E5930" w:rsidP="00EF4D23">
+    <w:p w14:paraId="65EB3E48" w14:textId="04111C24" w:rsidR="00864B32" w:rsidRPr="00145761" w:rsidRDefault="00864B32" w:rsidP="00145761">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00145761">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗАПОРІЗЬКИЙ НАЦІОНАЛЬНИЙ УНІВЕРСИТЕТ</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="58CE9E7A" w14:textId="09A296A0" w:rsidR="008E5930" w:rsidRDefault="008E5930" w:rsidP="00EF4D23">
+    <w:p w14:paraId="6A2A0529" w14:textId="12C3FEC2" w:rsidR="00864B32" w:rsidRPr="00145761" w:rsidRDefault="00145761" w:rsidP="00145761">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ФІЛОЛОГІЧНИЙ ФАКУЛЬТЕТ</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3D79259B" w14:textId="0A6FE1C5" w:rsidR="008E5930" w:rsidRDefault="0034559C" w:rsidP="00EF4D23">
+    <w:p w14:paraId="577F6BD6" w14:textId="77777777" w:rsidR="00145761" w:rsidRDefault="00145761" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E43F49B" w14:textId="77777777" w:rsidR="00145761" w:rsidRDefault="00145761" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6914D833" w14:textId="4E58C32A" w:rsidR="00864B32" w:rsidRPr="00D27FA0" w:rsidRDefault="00864B32" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗАТВЕРДЖУЮ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB7025A" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00D27FA0" w:rsidRDefault="00864B32" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AE23122" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00D27FA0" w:rsidRDefault="00864B32" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Декан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>філологічного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> факультету</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22839130" w14:textId="19A2A562" w:rsidR="00864B32" w:rsidRPr="00D27FA0" w:rsidRDefault="00145761" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00864B32" w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>І. С. Бондаренко</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5119DE7B" w14:textId="5FB6549C" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00145761" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00864B32" w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«22»серпня 2025 року</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6878E30E" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00864B32">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...37 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="230D6389" w14:textId="53B05576" w:rsidR="008E5930" w:rsidRDefault="008E5930" w:rsidP="00EF4D23">
+    <w:p w14:paraId="04B82A28" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00864B32">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ECB6FC7" w14:textId="77777777" w:rsidR="008E5930" w:rsidRPr="0069164E" w:rsidRDefault="008E5930" w:rsidP="00EF4D23">
+    <w:p w14:paraId="00AB9024" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00864B32">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-      </w:pPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>СИЛАБУС НАВЧАЛЬНОЇ ДИСЦИПЛІНИ</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="00948BA4" w14:textId="77777777" w:rsidR="0034559C" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+    <w:p w14:paraId="283606AA" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50C578D0" w14:textId="17519B39" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>УСНА НАРОДНА ТВОРЧІСТЬ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BC9221" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F1864DC" w14:textId="50B42F92" w:rsidR="00D579B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00864B32" w:rsidP="00D27FA0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ідготовки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бакалаврів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1ECCC7D9" w14:textId="2B91C75C" w:rsidR="00D579B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00864B32" w:rsidP="00D27FA0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>денної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D579B3" w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та заочної </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>здобуття</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>освіти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4628FE96" w14:textId="1299EDAA" w:rsidR="00864B32" w:rsidRPr="00D27FA0" w:rsidRDefault="00D579B3" w:rsidP="00D27FA0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>освітньо-професійна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>програма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Середня</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>освіта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>українська</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>література</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B056480" w14:textId="363F530C" w:rsidR="00D579B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00864B32" w:rsidP="00D27FA0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предметної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>спеціальності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.01 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Середня</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>освіта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7B254015" w14:textId="3661C75B" w:rsidR="00D579B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00864B32" w:rsidP="00D27FA0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Українська</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>література</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0EF41B" w14:textId="3BB60D72" w:rsidR="00D579B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00D579B3" w:rsidP="00D27FA0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>спеціальністю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Середня</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D27FA0" w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>освіта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0BECF77E" w14:textId="01B796EA" w:rsidR="00864B32" w:rsidRPr="00D27FA0" w:rsidRDefault="00D579B3" w:rsidP="00D27FA0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>галузі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>знань</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Освіта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4035C07B" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00D27FA0" w:rsidRDefault="00864B32" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="522EA5C8" w14:textId="77777777" w:rsidR="00D27FA0" w:rsidRPr="00D27FA0" w:rsidRDefault="00D27FA0" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6925FC75" w14:textId="2AEE8F71" w:rsidR="00864B32" w:rsidRPr="00D27FA0" w:rsidRDefault="00D579B3" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ВИКЛАДАЧ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00864B32" w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павленко </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864B32" w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ірина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864B32" w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864B32" w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Яківна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864B32" w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – д. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864B32" w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>філол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864B32" w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. н., проф., проф., зав. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864B32" w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кафедри</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1D01A14B" w14:textId="732E817E" w:rsidR="00D579B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00864B32" w:rsidP="00D27FA0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>слов’янської</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>філології</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62957969" w14:textId="77777777" w:rsidR="00D579B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00D579B3" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B5F8FB5" w14:textId="77777777" w:rsidR="00D579B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00D579B3" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C18CF12" w14:textId="77777777" w:rsidR="00D579B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00D579B3" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="PlainTable4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4927"/>
+        <w:gridCol w:w="4927"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00864B32" w:rsidRPr="00CA523A" w14:paraId="44B037BF" w14:textId="77777777" w:rsidTr="00CA523A">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA295AF" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обговорено та </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ухвалено</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="54551791" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>засіданні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кафедри</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>української</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>літератури</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5F75E9F8" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Протокол № 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>від</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “22” </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>серпня</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025 р.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="499DB632" w14:textId="2F734B25" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Завідувач</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кафедри</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00541B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00541B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>української</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00541B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00541B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>літератури</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4599CAC9" w14:textId="77777777" w:rsidR="00D579B3" w:rsidRPr="00CA523A" w:rsidRDefault="00D579B3" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4263739B" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Н.В.Горбач</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E1BC318" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00541B7A" w:rsidRDefault="00864B32" w:rsidP="00D579B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B10874" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Погоджено</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="299E287A" w14:textId="383FDAC3" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гарант </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>освітньо-професійної</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="33839E19" w14:textId="59301D61" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>програми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="50991CA4" w14:textId="77777777" w:rsidR="00D579B3" w:rsidRPr="00CA523A" w:rsidRDefault="00D579B3" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Середня</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>освіта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>українська</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="5B54ED63" w14:textId="373CA629" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00D579B3" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">і </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ітература</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="380547FA" w14:textId="77777777" w:rsidR="00D579B3" w:rsidRPr="00CA523A" w:rsidRDefault="00D579B3" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6423D3AB" w14:textId="322670B1" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_____________</w:t>
+            </w:r>
+            <w:r w:rsidR="00D579B3" w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D579B3" w:rsidRPr="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О.Христіанінова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="47C48506" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A18638E" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00CA523A" w:rsidRDefault="00864B32" w:rsidP="00864B32">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="68325AAE" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00D27FA0" w:rsidRDefault="00864B32" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7299F502" w14:textId="77777777" w:rsidR="00864B32" w:rsidRPr="00D27FA0" w:rsidRDefault="00864B32" w:rsidP="00864B32">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FAC7B56" w14:textId="79720F43" w:rsidR="0034559C" w:rsidRDefault="00864B32" w:rsidP="00D27FA0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D27FA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="27C0844A" w14:textId="1F9FC39B" w:rsidR="00145761" w:rsidRDefault="00145761">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F1FD80A" w14:textId="77777777" w:rsidR="00145761" w:rsidRPr="00D27FA0" w:rsidRDefault="00145761" w:rsidP="00D27FA0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C2C2593" w14:textId="4DCB6564" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Зв</w:t>
+      </w:r>
+      <w:r w:rsidR="00864B32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">`язок з викладачем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Зв`язок з викладачем (викладачами): </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64AA438E" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>E-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -387,375 +2323,496 @@
         <w:pStyle w:val="a8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>1. Опис навчальної дисципліни</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C03F5B" w14:textId="26C58B39" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="00037764" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="3DE731BF" w14:textId="032B40CB" w:rsidR="00CA523A" w:rsidRPr="00134425" w:rsidRDefault="00CA523A" w:rsidP="00CA523A">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-      </w:pPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Курс «Усна народна творчість» є складником підготовки здобувача ступеня вищої освіти «Бакалавр» галузі знань </w:t>
+      </w:r>
+      <w:r w:rsidR="00134425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">А </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Освіта» спеціальності </w:t>
+      </w:r>
+      <w:r w:rsidR="00134425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">А4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>«Середня освіта»</w:t>
+      </w:r>
+      <w:r w:rsidR="00134425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предметної спеціальності А4.01 «Середня освіта (українська мова і література»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00134425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Силабус</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00134425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  навчальної дисципліни </w:t>
+      </w:r>
+      <w:r w:rsidR="00134425" w:rsidRPr="00134425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">циклу професійної підготовки спеціальності </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Усна народна творчість» складено відповідно до освітньої програми «Середня освіта </w:t>
+      </w:r>
+      <w:r w:rsidR="00134425" w:rsidRPr="00134425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(українська мова і література)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C03F5B" w14:textId="0B83CA7A" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="00037764" w:rsidP="00CA523A">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62F11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Метою вивчення дисципліни</w:t>
+      </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Метою вивчення дисципліни «Усна народна творчість» є </w:t>
+        <w:t xml:space="preserve"> «Усна народна творчість» є </w:t>
       </w:r>
       <w:r w:rsidR="00E07649" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">знайомлення </w:t>
       </w:r>
       <w:r w:rsidR="006A28BC" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>здобувачів освіти</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> зі специфікою фольклору як мистецтва слова, генетичними, світоглядними, утилітарними, тематичними та художніми особливостями окремих фольклорних жанрів, динамікою розвитку та трансформації фольклорної традиції. Формування навичок збирання та систематизації фольклорного матеріалу. </w:t>
+        <w:t xml:space="preserve"> зі специфікою фольклору як мистецтва слова, генетичними, світоглядними, утилітарними, тематичними та художніми особливостями окремих фольклорних жанрів, динамікою розвитку та трансформації фольклорної традиції. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354B56D5" w14:textId="77777777" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="00037764" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="354B56D5" w14:textId="77777777" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="00037764" w:rsidP="00CA523A">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E62F11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Завдання</w:t>
+      </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Завдання: </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="264EFBE0" w14:textId="1186027B" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="009E1774" w:rsidP="00EF4D23">
+    <w:p w14:paraId="264EFBE0" w14:textId="1186027B" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="009E1774" w:rsidP="00CA523A">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ивчення особливостей творчого процесу у фольклорі</w:t>
       </w:r>
       <w:r w:rsidR="00E07649" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>специфіки трансляції та збереження фольклорної спадщини</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F2199B1" w14:textId="49A8A970" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="009E1774" w:rsidP="00EF4D23">
+    <w:p w14:paraId="3F2199B1" w14:textId="01A758AD" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="009E1774" w:rsidP="00CA523A">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
       <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>наліз специфіки фольклору як мистецтва слова та його зв’язків із іншими видами народного мистецтва та авторської творчості</w:t>
+        <w:t xml:space="preserve">наліз специфіки </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62F11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">усної народної творчості  як мистецтва слова та її </w:t>
+      </w:r>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зв’язків із іншими видами народного мистецтва та авторської творчості</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0711E290" w14:textId="2F4DB4B1" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="009E1774" w:rsidP="00EF4D23">
+    <w:p w14:paraId="0711E290" w14:textId="2F4DB4B1" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="009E1774" w:rsidP="00CA523A">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>знайомлення з основними видами та жанрами української народної творчості, їх ґенезою, тематикою, поетикою</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542D57D2" w14:textId="6894773C" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="009E1774" w:rsidP="00EF4D23">
+    <w:p w14:paraId="542D57D2" w14:textId="6894773C" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="009E1774" w:rsidP="00CA523A">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ф</w:t>
       </w:r>
       <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ормування та розвиток навичок аналіз</w:t>
       </w:r>
       <w:r w:rsidR="00E07649" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> фольклорного тексту</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8F0541" w14:textId="724B1747" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="009E1774" w:rsidP="00EF4D23">
+    <w:p w14:paraId="6A8F0541" w14:textId="724B1747" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="009E1774" w:rsidP="00CA523A">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ироблення навичок запису та систематизації фольклорних творів</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC97305" w14:textId="2ADD94B1" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="009E1774" w:rsidP="00EF4D23">
+    <w:p w14:paraId="6040BDEF" w14:textId="40ED9678" w:rsidR="00E07649" w:rsidRPr="00CA523A" w:rsidRDefault="009E1774" w:rsidP="00CA523A">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ф</w:t>
       </w:r>
       <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ормування та розширення </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">ормування та розширення поняттєво-термінологічного апарату </w:t>
+      </w:r>
+      <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>здобувачів освіти</w:t>
+      </w:r>
       <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>поняттєво</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6040BDEF" w14:textId="77777777" w:rsidR="00E07649" w:rsidRPr="0069164E" w:rsidRDefault="00E07649" w:rsidP="00EF4D23">
-[...7 lines deleted...]
-    <w:p w14:paraId="4A4E4994" w14:textId="62994C16" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="00037764" w:rsidP="00EF4D23">
+    <w:p w14:paraId="4A4E4994" w14:textId="62994C16" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="00037764" w:rsidP="00CA523A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:kern w:val="0"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Предметом</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
@@ -790,327 +2847,353 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>дисципліни</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> є </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> є система  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">система  </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>наукових</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>наукових</w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>знань</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>знань</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> та </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>уявлень</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>уявлень</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">   про усну </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>про</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>народну</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> усну </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>народну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>творчість</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> як </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E07649" w:rsidRPr="0069164E">
+        <w:t>творчість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">форму </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E07649" w:rsidRPr="0069164E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>акумуляції</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E07649" w:rsidRPr="0069164E">
+        <w:t>як</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00E07649" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>збереження</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">форму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E07649" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> та </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>акумуляції</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E07649" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>трансляції</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0069164E">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E07649" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0069164E">
+        <w:t>збереження</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E07649" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>духовної</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0069164E">
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E07649" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>трансляції</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>культури</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> народу, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>духовної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>її</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>культури</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ґенезу</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> народу, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>її</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>розвиток</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> та </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>ґенезу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>сучасний</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>розвиток</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сучасний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> стан.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419BF8D7" w14:textId="53197182" w:rsidR="00E65D2A" w:rsidRPr="0069164E" w:rsidRDefault="00EE7064" w:rsidP="00EF4D23">
+    <w:p w14:paraId="419BF8D7" w14:textId="0C6DA02C" w:rsidR="00E65D2A" w:rsidRPr="0069164E" w:rsidRDefault="00EE7064" w:rsidP="00CA523A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Пререквізити</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
@@ -1157,59 +3240,61 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> народна </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>творчість</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>спирається</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>базові</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1284,862 +3369,459 @@
       </w:r>
       <w:r w:rsidR="008E1143" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">вивчення окремих жанрів та деяких питань </w:t>
       </w:r>
       <w:r w:rsidR="00E65D2A" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>теорії фольклору</w:t>
       </w:r>
       <w:r w:rsidR="008E1143" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00E65D2A" w:rsidRPr="0069164E">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="17DFE06F" w14:textId="32C1CBF1" w:rsidR="00CE7A3B" w:rsidRPr="0069164E" w:rsidRDefault="00EE7064" w:rsidP="00EF4D23">
+    <w:p w14:paraId="17DFE06F" w14:textId="0E112F0C" w:rsidR="00CE7A3B" w:rsidRPr="0069164E" w:rsidRDefault="00EE7064" w:rsidP="00CA523A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кореквізити</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E65D2A" w:rsidRPr="0069164E">
+      <w:r w:rsidR="00E62F11" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Знання усної народної творчості</w:t>
-[...223 lines deleted...]
-        <w:t xml:space="preserve"> аналізу як фольклорного, так і авторського твору. </w:t>
+        <w:t xml:space="preserve">Паралельне вивчення усної народної творчості та вступу до літературознавства дає можливість кореляції знань з теорії літератури та фольклору, формування уявлень про спільне та розбіжне у різних формах словесного мистецтва. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B1B235" w14:textId="3814C1A2" w:rsidR="00CE7A3B" w:rsidRPr="0069164E" w:rsidRDefault="00EE7064" w:rsidP="00EF4D23">
+    <w:p w14:paraId="22ADEAF8" w14:textId="46526A3F" w:rsidR="00B264B4" w:rsidRPr="00CA523A" w:rsidRDefault="00EE7064" w:rsidP="00CA523A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Постреквізити</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+      <w:r w:rsidR="00E62F11" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Теоретичний курс </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F73D85" w:rsidRPr="0069164E">
+        <w:t xml:space="preserve">Знання усної народної творчості </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62F11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">готує </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62F11" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">здобувачів освіти </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:t xml:space="preserve"> важливе підґрунтя для подальшого вивчення історії літератури (перш за все проблеми вторинного та первинного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E62F11" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>д</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F73D85" w:rsidRPr="0069164E">
+        <w:t>фольклоризму</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E62F11" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">о </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:t xml:space="preserve"> у літературному процесі Київської Русі та специфіки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E62F11" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">фольклорної практики, що є формою практичного втілення </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00802C41" w:rsidRPr="0069164E">
+        <w:t>фольклоризму</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E62F11" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>набутих</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:t xml:space="preserve"> літературних напрямків та творчості окремих письменників різних періодів). Вивчення теорії фольклору та світоглядної й художньої специфіки фольклорних жанрів сприяє </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62F11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> знань</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00802C41" w:rsidRPr="0069164E">
+        <w:t>поглибленню</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62F11" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> та навичок роботи з фольклорним текстом</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:t xml:space="preserve"> знань про </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E62F11" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">, способом розвитку комунікативних можливостей </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
+        <w:t>інтертекст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E62F11" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>здобувачів освіти</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:t xml:space="preserve"> літературного твору, специфіку сучасної масової культури, розширює можливості звернення до новітніх методик аналізу як фольклорного, так і авторського твору. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C82612">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">, навичок роботи як з людьми, так і з </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E1143" w:rsidRPr="0069164E">
+        <w:t xml:space="preserve">Оскільки вивченню усної народної творчості та питанням </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C82612">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">зафіксованим  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:t>фольклоризму</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C82612">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">фольклорним матеріалом, підготовкою </w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> збереження нематеріальної культурної спадщини.</w:t>
+        <w:t xml:space="preserve"> авторських творів приділяється значна увага у програмі з літератури у середній школі, то знання фольклору активно використовується в процесі вивчення методики навчання української літератури. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1197B2AB" w14:textId="77777777" w:rsidR="0059632C" w:rsidRPr="0069164E" w:rsidRDefault="0059632C" w:rsidP="00EF4D23">
-[...24 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="05131412" w14:textId="7837B1C3" w:rsidR="00AC02B5" w:rsidRPr="00CA523A" w:rsidRDefault="00AC02B5" w:rsidP="00CA523A">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">У разі успішного засвоєння програми курсу </w:t>
+      </w:r>
+      <w:r w:rsidR="0009583E" w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>здобувач освіти</w:t>
+      </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">У разі успішного засвоєння програми курсу </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA523A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>здобувач освіти</w:t>
+        <w:t>зможе</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0069164E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F73D85" w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>изначати та аналізувати фольклорні явища з позицій сучасної філології  та з урахуванням міждисциплінарних підходів</w:t>
+      </w:r>
+      <w:r w:rsidR="00F73D85" w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73D85" w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>озуміти закономірності формування, розвитку, трансмісії та функціонування фольклорної традиції</w:t>
+      </w:r>
+      <w:r w:rsidR="00F73D85" w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73D85" w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>олодіти основними методиками збирання, фіксації та збереження нематеріальної культурної спадщини</w:t>
+      </w:r>
+      <w:r w:rsidR="00F73D85" w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-        <w:t>:</w:t>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73D85" w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>приймати фольклорні явища як вияв загальнолюдського, національного, регіонального та локального</w:t>
+      </w:r>
+      <w:r w:rsidR="00F73D85" w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73D85" w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">озрізняти вияви індивідуальної(авторської) та колективної (фольклорної) свідомості, фольклор та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>фольклоризм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E53C915" w14:textId="5277C38A" w:rsidR="00AC02B5" w:rsidRPr="0069164E" w:rsidRDefault="00F73D85" w:rsidP="00EF4D23">
-[...225 lines deleted...]
-    <w:p w14:paraId="47F5A239" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+    <w:p w14:paraId="47F5A239" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00CA523A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="355D5192" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Паспорт навчальної дисципліни</w:t>
@@ -2318,60 +4000,60 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44E757AF" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="44E757AF" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00F34A4D" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00F34A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="2C8FBCA1" w14:textId="77777777" w:rsidTr="00A66DCD">
         <w:trPr>
           <w:trHeight w:val="365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
@@ -2386,69 +4068,69 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Статус дисципліни</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BFA4E03" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="5BFA4E03" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00F34A4D" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00F34A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Обов’язкова</w:t>
             </w:r>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00F34A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="5266A491" w14:textId="77777777" w:rsidTr="00A66DCD">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="214449C7" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
@@ -2493,133 +4175,138 @@
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00B56C83" w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> -й</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49AECFCC" w14:textId="21A657D2" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="49AECFCC" w14:textId="546CB4BB" w:rsidR="00B56C83" w:rsidRPr="00F34A4D" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:highlight w:val="yellow"/>
-[...6 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F34A4D" w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="7C00AD8D" w14:textId="77777777" w:rsidTr="00A66DCD">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46C43840" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Кількість кредитів ECTS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70AEC677" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="003F6EE2" w:rsidP="00EF4D23">
+          <w:p w14:paraId="70AEC677" w14:textId="7FC48122" w:rsidR="00B56C83" w:rsidRPr="00F34A4D" w:rsidRDefault="00C82612" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00F34A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="4E9A9352" w14:textId="77777777" w:rsidTr="00A66DCD">
         <w:trPr>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="410EF0D6" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
@@ -2627,72 +4314,72 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Кількість годин </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="753A09E5" w14:textId="3E84E75C" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00F73D85" w:rsidP="00EF4D23">
+          <w:p w14:paraId="753A09E5" w14:textId="71F44474" w:rsidR="00B56C83" w:rsidRPr="00F34A4D" w:rsidRDefault="00F73D85" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00F34A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                     </w:t>
             </w:r>
-            <w:r w:rsidR="003F6EE2" w:rsidRPr="0069164E">
+            <w:r w:rsidR="00C82612" w:rsidRPr="00F34A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>180</w:t>
+              <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="6D01DC6E" w14:textId="77777777" w:rsidTr="00A66DCD">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B1297D1" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -2738,252 +4425,276 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B56C83" w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>год.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B440F0B" w14:textId="19AD7073" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="2B440F0B" w14:textId="0F6F90B3" w:rsidR="00B56C83" w:rsidRPr="00F34A4D" w:rsidRDefault="00F34A4D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="6DCD67EA" w14:textId="77777777" w:rsidTr="00A66DCD">
         <w:trPr>
           <w:trHeight w:val="679"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B725414" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Семінарські  / Практичні / Лабораторні заняття</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C1087A9" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="003F6EE2" w:rsidP="00EF4D23">
+          <w:p w14:paraId="6C1087A9" w14:textId="7409EF3D" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00C82612" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">30 </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="003F6EE2" w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B56C83" w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>год.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51315D19" w14:textId="29B96ACC" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="51315D19" w14:textId="460EE231" w:rsidR="00B56C83" w:rsidRPr="00F34A4D" w:rsidRDefault="00F34A4D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="29BA358B" w14:textId="77777777" w:rsidTr="00A66DCD">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C18620F" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E76C293" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="003F6EE2" w:rsidP="00EF4D23">
+          <w:p w14:paraId="4E76C293" w14:textId="0FA6DB37" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00C82612" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...3 lines deleted...]
-              <w:t>120</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>76</w:t>
             </w:r>
             <w:r w:rsidR="00B01529" w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B56C83" w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>год.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D13553F" w14:textId="37045BA8" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="3D13553F" w14:textId="26E013C1" w:rsidR="00B56C83" w:rsidRPr="00F34A4D" w:rsidRDefault="00F34A4D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="07F6A0A6" w14:textId="77777777" w:rsidTr="00A66DCD">
         <w:trPr>
           <w:trHeight w:val="606"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67A4DF4C" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -3020,124 +4731,117 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">За розкладом консультацій 1 година на тиждень </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B5470CD" w14:textId="77777777" w:rsidR="00AC6DF7" w:rsidRPr="0069164E" w:rsidRDefault="00AC6DF7" w:rsidP="00EF4D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Розклад консультацій: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41780CE3" w14:textId="77777777" w:rsidR="00AC6DF7" w:rsidRPr="0069164E" w:rsidRDefault="00AC6DF7" w:rsidP="00EF4D23">
+          <w:p w14:paraId="41780CE3" w14:textId="01486280" w:rsidR="00AC6DF7" w:rsidRPr="0069164E" w:rsidRDefault="00B0141E" w:rsidP="00EF4D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00CA523A" w:rsidRPr="00AE62A4">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:i/>
+                </w:rPr>
+                <w:t>https://www.znu.edu.ua/ukr/university/departments/philology/grafik_navchal_nogo_protsesu_ta_rozklad_zanyat_</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CA523A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
-              <w:t>https://www.znu.edu.ua/ukr/university/departments/philology/grafik_navchal_nogo_protsesu_ta_rozklad_zanyat_</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4C052FA4" w14:textId="4B74282A" w:rsidR="00A41290" w:rsidRPr="0069164E" w:rsidRDefault="00B01529" w:rsidP="00EF4D23">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C052FA4" w14:textId="50240ABE" w:rsidR="00A41290" w:rsidRPr="00C82612" w:rsidRDefault="00B01529" w:rsidP="00EF4D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">За умов дистанційного </w:t>
             </w:r>
             <w:r w:rsidR="00F617C2" w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">та змішаного </w:t>
             </w:r>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t>навчання - на платформ</w:t>
             </w:r>
-            <w:r w:rsidR="00A41290" w:rsidRPr="0069164E">
+            <w:r w:rsidR="00C82612">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
-                <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t>ах</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="359344F2" w14:textId="2C65E389" w:rsidR="00B01529" w:rsidRPr="0069164E" w:rsidRDefault="00A41290" w:rsidP="00EF4D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Z</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00B01529" w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
@@ -3236,62 +4940,52 @@
             </w:r>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CD4AB72" w14:textId="741FC2EE" w:rsidR="00B94DCD" w:rsidRPr="0069164E" w:rsidRDefault="00A41290" w:rsidP="00EF4D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
-              <w:t>meet.google.com/</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>meet.google.com/gmt-djgn-spe</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="7238CBFD" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="58E19E09" w14:textId="77777777" w:rsidTr="00A66DCD">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -3374,62 +5068,71 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Moodle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47BBF72A" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="003F6EE2" w:rsidP="00EF4D23">
+          <w:p w14:paraId="47BBF72A" w14:textId="721C824D" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B0141E" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...3 lines deleted...]
-              <w:t>https://moodle.znu.edu.ua/course/view.php?id=2051</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidR="00CA523A" w:rsidRPr="00AE62A4">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>https://moodle.znu.edu.ua/course/view.php?id=2051</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CA523A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="271A2BC9" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="320E825B" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3451,91 +5154,129 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70789F9E" w14:textId="77777777" w:rsidR="008F0D27" w:rsidRPr="0069164E" w:rsidRDefault="008F0D27" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="643FCCA8" w14:textId="77777777" w:rsidR="008F0D27" w:rsidRPr="0069164E" w:rsidRDefault="008F0D27" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22AF1E80" w14:textId="77777777" w:rsidR="008F0D27" w:rsidRPr="0069164E" w:rsidRDefault="008F0D27" w:rsidP="00EF4D23">
+    <w:p w14:paraId="22AF1E80" w14:textId="77777777" w:rsidR="008F0D27" w:rsidRDefault="008F0D27" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EE028D9" w14:textId="7E9B30E1" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+    <w:p w14:paraId="48059899" w14:textId="77777777" w:rsidR="00D27FA0" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0069164E">
+    </w:p>
+    <w:p w14:paraId="19BBF130" w14:textId="77777777" w:rsidR="00D27FA0" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2. Методи досягнення з</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="0069164E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EE028D9" w14:textId="7E9B30E1" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> компетентностей і результатів навчання </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2. Методи досягнення з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>апланованих освітньою програмою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>компетентностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і результатів навчання </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="788C1A25" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -3761,143 +5502,328 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="0D6D4D19" w14:textId="77777777" w:rsidTr="00E650F3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36C09418" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
+          <w:p w14:paraId="26CFD11A" w14:textId="77777777" w:rsidR="002C27A5" w:rsidRPr="00F34A4D" w:rsidRDefault="002C27A5" w:rsidP="002C27A5">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="114"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗК 7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Здатність</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>плекати</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>здобувачів</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>освіти</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>любов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ідного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> краю, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>відповідальне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ставлення</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>довкілля</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="247E4713" w14:textId="0F3481A9" w:rsidR="009B79B0" w:rsidRPr="00F34A4D" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:lang w:eastAsia="en-US"/>
-[...31 lines deleted...]
-            </w:r>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7D24ED66" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00AD08BC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пояснювально-ілюстративні (лекції, співбесіди, робота зі збірниками фольклорних текстів, перегляд та прослуховування записів фольклорного матеріалу на </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Пояснювально</w:t>
+              <w:t>YouTube</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">-ілюстративні (лекції, співбесіди, робота зі збірниками фольклорних текстів, перегляд та прослуховування записів фольклорного матеріалу на </w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t>, робота з науковою та навчальною літературою).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CB46FF9" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="01385823" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="0059632C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -3976,65 +5902,56 @@
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5908A727" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="0059632C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Мозковий штурм (</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>problem-solving</w:t>
-[...7 lines deleted...]
-              <w:t>; спільна робота над проблемою, вільне обговорення та дискусія).</w:t>
+              <w:t>problem-solving; спільна робота над проблемою, вільне обговорення та дискусія).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B797161" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3521" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4AB944B1" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00AD08BC">
@@ -4534,91 +6451,94 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="26B50D8F" w14:textId="77777777" w:rsidTr="00E650F3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="640ACE9D" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
+          <w:p w14:paraId="1410C20F" w14:textId="77777777" w:rsidR="002C27A5" w:rsidRPr="00F34A4D" w:rsidRDefault="002C27A5" w:rsidP="002C27A5">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="114"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>ЗК 8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Здатність до формування у здобувачів освіти загальнолюдських цінностей – людської гідності, чесності, справедливості,  доброти, милосердя, співпереживання, взаємоповаги і взаємодопомоги, поваги до прав і свобод людини,   конструктивної взаємодії між собою та з дорослими. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16F398E5" w14:textId="6C5ED81B" w:rsidR="009B79B0" w:rsidRPr="00F34A4D" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...28 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1A3D3BB2" w14:textId="63F08726" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4636,70 +6556,94 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="367A19FE" w14:textId="77777777" w:rsidTr="00E650F3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05E222F1" w14:textId="11B419F3" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
+          <w:p w14:paraId="478FBE51" w14:textId="77777777" w:rsidR="002C27A5" w:rsidRPr="00F34A4D" w:rsidRDefault="002C27A5" w:rsidP="002C27A5">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="114"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>ЗК 9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Здатність до формування у здобувачів освіти української національної ідентичності та активної громадянської позиції, поваги до історико-культурних надбань українського народу, його традицій, державної мови, готовності до захисту незалежності і територіальної цілісності України, конституційних засад державного ладу, прав і свобод українського народу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05E222F1" w14:textId="0D9567FE" w:rsidR="009B79B0" w:rsidRPr="00F34A4D" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F63246F" w14:textId="4AAB9E77" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4718,70 +6662,110 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="2D153542" w14:textId="77777777" w:rsidTr="00E650F3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EF8DE57" w14:textId="4DC69E45" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
+          <w:p w14:paraId="6AE80FF8" w14:textId="77777777" w:rsidR="002C27A5" w:rsidRPr="00F34A4D" w:rsidRDefault="002C27A5" w:rsidP="002C27A5">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:ind w:left="114"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>СК 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Здатність усвідомлювати особисті відчуття, почуття, емоції, потреби та емоційні стани інших учасників освітнього </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>процесу, керувати власними емоційними станами (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>емоційно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-етична компетентність).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EF8DE57" w14:textId="37C32935" w:rsidR="009B79B0" w:rsidRPr="00F34A4D" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4C766CBF" w14:textId="717B0C39" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4800,70 +6784,88 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="197E8CEE" w14:textId="77777777" w:rsidTr="00E650F3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15151E41" w14:textId="7C3C9274" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
+          <w:p w14:paraId="1C0A5338" w14:textId="77777777" w:rsidR="002C27A5" w:rsidRPr="00F34A4D" w:rsidRDefault="002C27A5" w:rsidP="002C27A5">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:ind w:left="114"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>СК 24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Здатність використовувати в професійній діяльності знання про основні періоди розвитку української літератури, її напрями, жанри і стилі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15151E41" w14:textId="551096FE" w:rsidR="009B79B0" w:rsidRPr="00F34A4D" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="66366E64" w14:textId="4F5875DA" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4871,80 +6873,107 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3521" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5135D6CE" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="189EEAE9" w14:textId="77777777" w:rsidTr="001A11D8">
+      <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="189EEAE9" w14:textId="77777777" w:rsidTr="00864B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="670CA987" w14:textId="29FC92A6" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
+          <w:p w14:paraId="2C17EA0A" w14:textId="77777777" w:rsidR="002C27A5" w:rsidRPr="00F34A4D" w:rsidRDefault="002C27A5" w:rsidP="002C27A5">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПРН 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Створювати умови для формування і розвитку у здобувачів освіти ключової компетентності вільного володіння державною мовою, уміння читати </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">усвідомлено </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">та аргументовано висловлювати власну думку українською мовою усно і письмово. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="670CA987" w14:textId="787D65B6" w:rsidR="009B79B0" w:rsidRPr="00F34A4D" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6BD07E60" w14:textId="69348C32" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4952,126 +6981,111 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3521" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="388D1D04" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="7F67B849" w14:textId="77777777" w:rsidTr="001A11D8">
+      <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="7F67B849" w14:textId="77777777" w:rsidTr="00864B32">
         <w:trPr>
           <w:trHeight w:val="1390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DA9BA8D" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
+          <w:p w14:paraId="45634435" w14:textId="77777777" w:rsidR="002C27A5" w:rsidRPr="00F34A4D" w:rsidRDefault="002C27A5" w:rsidP="002C27A5">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПРН 6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Застосовувати в процесі навчання української мови і літератури міжпредметні зв’язки та формувати в здобувачів освіти розуміння природних </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>зв’язків</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> різних процесів, уміння синтезувати знання з різних навчальних предметів; розвивати в здобувачів освіти системне мислення.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66BF4752" w14:textId="7DB3F658" w:rsidR="009B79B0" w:rsidRPr="00F34A4D" w:rsidRDefault="009B79B0" w:rsidP="00AD08BC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...49 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="531FF838" w14:textId="3CAE9FA4" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5090,92 +7104,83 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="2753CD6C" w14:textId="77777777" w:rsidTr="00E650F3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2343A317" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
+          <w:p w14:paraId="69E5F301" w14:textId="77777777" w:rsidR="002C27A5" w:rsidRPr="00F34A4D" w:rsidRDefault="002C27A5" w:rsidP="002C27A5">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПРН 13 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Критично оцінювати достовірність, надійність інформаційних джерел задля уникання негативного впливу інформації на свідомість і розвиток здобувачів освіти.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D1E1913" w14:textId="7BFE784A" w:rsidR="009B79B0" w:rsidRPr="00F34A4D" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...29 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="46B4D275" w14:textId="379CDFDD" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5183,86 +7188,90 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3521" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="21FAA334" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="60184798" w14:textId="77777777" w:rsidTr="001A11D8">
+      <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="60184798" w14:textId="77777777" w:rsidTr="00864B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14BD0A6C" w14:textId="407D3A58" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
+          <w:p w14:paraId="14BD0A6C" w14:textId="17A6C9B2" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="002C27A5" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
-                <w:iCs/>
-[...9 lines deleted...]
-              <w:t>Здатність створювати оригінальний україномовний текст й інтегрувати його в культурну й освітню сфери.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">ПРН 26 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Навчатися протягом життя, самостійно визначати потреби особистого професійного розвитку, планувати такий розвиток, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34A4D">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>аналізувати новітні досягнення мовознавчої та літературознавчої науки, освітні інновації, умови їхнього впровадження, інтегрувати освітні інновації у власну педагогічну практику та надавати підтримку колегам у вдосконаленні їхньої професійної діяльності.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="33459964" w14:textId="303766D6" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -5271,2373 +7280,2322 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3521" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="101A6819" w14:textId="77777777" w:rsidR="009B79B0" w:rsidRPr="0069164E" w:rsidRDefault="009B79B0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B79B0" w:rsidRPr="0069164E" w14:paraId="6926A4D4" w14:textId="77777777" w:rsidTr="001A11D8">
-[...759 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="2155673F" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
-      <w:pPr>
-[...18 lines deleted...]
-    <w:p w14:paraId="6A4AFDB6" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59F40E6D" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3. Зміст навчальної дисципліни</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02DA473D" w14:textId="77777777" w:rsidR="00CE7A3B" w:rsidRPr="0069164E" w:rsidRDefault="00CE7A3B" w:rsidP="00EF4D23">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="0DA2AF31" w14:textId="4BFC2B09" w:rsidR="00CE7A3B" w:rsidRPr="00541B7A" w:rsidRDefault="00B0141E" w:rsidP="00541B7A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-      </w:pPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Модуль </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="004F7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фольклор як </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мистецтво слова та </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="004F7C43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>соціокультурне явище.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0AEBA842" w14:textId="77777777" w:rsidR="00CE7A3B" w:rsidRPr="0069164E" w:rsidRDefault="00CE7A3B" w:rsidP="00EF4D23">
+    <w:p w14:paraId="5A944550" w14:textId="6CA0631B" w:rsidR="00CE7A3B" w:rsidRPr="0069164E" w:rsidRDefault="00B0141E" w:rsidP="00DF2792">
       <w:pPr>
         <w:widowControl/>
-        <w:jc w:val="center"/>
+        <w:ind w:firstLine="993"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0141E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Тема 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0141E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Специфіка фольклору як мистецтва слова та соціокультурного явища. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Фольклор. Визначення, походження терміну та його основні значення. Фольклористика. Основні завдання дисципліни.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Особливості творення та функціонування фольклорних жанрів. Загальна характеристика основних теорій походження фольклору (міфологічна (релігійна), ігрова, антропологічна (біологічна), трудова). Проблема класифіка</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650F3" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ц</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ії фольклорного матеріалу.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Хронологічна класифікація. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основні етапи розвитку фольклорної традиції. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Гендерна класифікація. Класифікація за характером творців та трансляторів. Жанрово-родова (літературознавча) класифікація.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Література та фольклор.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Специфіка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>фольклоризму</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> літературного процесу різних періодів та творчості окремих авторів. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Фольклоризм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та проблема індивідуального авторського стилю.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51169693" w14:textId="79A01C0C" w:rsidR="00DF2792" w:rsidRPr="00B026A3" w:rsidRDefault="00DF2792" w:rsidP="00B026A3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:right="-313" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Тема 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0141E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00B0141E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Історія української фольклористики.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Зародження та розвиток української фол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьклористики у 1 половині 19 ст. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Основні напрямки та школи класичної української фольклористики. Міфологічна школа. Міграційна школа. Культурно-історичний напрямок в українській фольклористиці. Психологічний напрямок.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Розвиток української</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> радянської фольклористики. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сучасний стан та основні завдання сучасної української науки про народну творчість. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нові методи та методології вивчення усної народної творчості. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Актуальні теоретичні проблеми та практична спрямованість сучасної фольклористики України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF983E3" w14:textId="13F33244" w:rsidR="00541B7A" w:rsidRDefault="00B0141E" w:rsidP="00541B7A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Модуль</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00F548C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00F548C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Обряди та обрядовий фольклор</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3844D6A9" w14:textId="3BC41A9A" w:rsidR="00DF2792" w:rsidRDefault="00B026A3" w:rsidP="00DF2792">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl/>
+        <w:ind w:firstLine="709"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Тема 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0141E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>. Українська обрядовість та обрядовий фольклор.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Обряди:  визначення, походження, функції, класифікація.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Зв’язок з народним календарем.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Календарні обряди та календарна обрядова поезія. Походження, функції, характер регламентованості у просторі та часі. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Специфіка прояву християнсько-язичницького синкретизму в обрядах та обрядовому фольклорі. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Людина і світ у системі обряду та художньому світі календарних обрядових пісень.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Класифікація календарних обрядових творів. Поезія зимового, весняного, літнього та зимового циклів. Зв’язок із землеробством та іншими формами господарської діяльності.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6AE053" w14:textId="0B7F1246" w:rsidR="00B0141E" w:rsidRPr="00DF2792" w:rsidRDefault="00CE7A3B" w:rsidP="00DF2792">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Родинно-побутова обрядовість і поезія. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роль анімізму та обрядів переходу у формуванні родинної обрядовості. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Утилітаризм та естетична природа. Зв’язок із етнопсихологією та моральними засадами життя української родини.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C27A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Вивчення українських обрядових творів в школі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Синкретична природа замовлянь. Жанрова специфіка. Міф та замовляння. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0141E" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Історія становлення та розвитку народного театру. Народні календарно-обрядові ігри та ігрища як різновид народної драми.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0141E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0141E" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Вертеп як суто український різновид народного лялькового театр</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0141E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>у. Походження, сюжети, поетика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB4D56E" w14:textId="0F28842A" w:rsidR="00CE7A3B" w:rsidRPr="0069164E" w:rsidRDefault="00B0141E" w:rsidP="00541B7A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Модуль</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Паремії</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C160E1" w14:textId="6BF5324A" w:rsidR="00CE7A3B" w:rsidRPr="0069164E" w:rsidRDefault="00B026A3" w:rsidP="00620D71">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Тема 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71" w:rsidRPr="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Малі жанри українського фольклору.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прислів’я та приказки: визначення жа</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>нрів, подібність та відмінність,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> походження та художня природа, </w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тематика, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зв’язок із мовою. </w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Дискусійні питання у вивченні паремій.</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Специфіка жанру, походження та поетичний світ загадки, роль та структура метафори тощо. </w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дитяча </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>пареміологія</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Паремії дорослих для дітей </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(пестушки, утішки), власне дитячі паремії (лічилки, ігрові примовки, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>дражнилки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тощо).</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прислів’я, приказки, загадки</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>, дитячий фольклор  у</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шкільній програмі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47949B7F" w14:textId="369D7AF6" w:rsidR="00CE7A3B" w:rsidRPr="00541B7A" w:rsidRDefault="00620D71" w:rsidP="00541B7A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Модуль 4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00541B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00F77F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фольклорний </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F77F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прозаїчний </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00F77F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>епос</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0232BF" w14:textId="211431CC" w:rsidR="00CE7A3B" w:rsidRPr="00620D71" w:rsidRDefault="00B026A3" w:rsidP="00620D71">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Тема 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71" w:rsidRPr="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Казкова проза.</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проблема визначення казки, основні дефініції. Казка і міф. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Художньо - стильові особливості казкового епосу. Міжнародні класифікації</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> казок</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Історія вивчення та видання українських казок. </w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Типологія української народної прози.</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Звіриний епос (казки про тварин). </w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Походження та специфіка вигадки.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Чарівні (героїчні, фантастичні) казки. Соціально-побутові казки, анекдоти, небилиці. Специфіка вигадки, структури, образності.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Соціально-побутова казка та анекдот. Жанрова специфіка анекдотів, специфіка вигадки, класифікація,тематика, художні особливості. </w:t>
+      </w:r>
+      <w:r w:rsidR="002C27A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Вивчення казок в школі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396588BA" w14:textId="6206EE3F" w:rsidR="00CE7A3B" w:rsidRPr="00620D71" w:rsidRDefault="00B026A3" w:rsidP="00620D71">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Тема 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71" w:rsidRPr="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Народна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>неказкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проза.</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типологія народної </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>неказкової</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прози. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Меморати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>фабулати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>хронікати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>. Переказ. Жанрова специфіка. Типологія. Регіональна специфіка сюжетів та героїв і міжнародний характер мотивів. Специфіка відтворення народної історичної пам’яті.</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Легенда. Проблема визначення і основні типи класифікації. Легенда і міф. Легенда і християнство. Специфіка трансформації історії та характер народного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>міфопоетичного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мислення.</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Регіональна специфіка легенд та переказів Нижньої Наддніпрянщини.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Билиця, жанрові ознаки, специфіка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>міфопоетичного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DF2792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мислення, образність. Билиця і сьогодення. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Усне оповідання як фольклорний жанр. </w:t>
+      </w:r>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фольклорна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00620D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>казкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C27A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проза в шкільній програмі української літератури.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770EB32B" w14:textId="6AD2DFE2" w:rsidR="00FA2299" w:rsidRPr="00FA2299" w:rsidRDefault="00FA2299" w:rsidP="00FA2299">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Модуль 5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Український </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>пісенний</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> епос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ліроепос</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1B241553" w14:textId="312D85D7" w:rsidR="00FA2299" w:rsidRPr="00FA2299" w:rsidRDefault="00B026A3" w:rsidP="00FA2299">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Тема 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Думи</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299" w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Визначення жанру</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299" w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Дума у контексті європейського пісенного епосу.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299" w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Полеміка щодо часу виникнення та джерел </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FA2299" w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>думового</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FA2299" w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> епосу. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дума як суто український жанр. Історія походження. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Типологія українського пісенного історичного епосу.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Визначення та поетика жанру.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Класифікація дум. Поетика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>думового</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> епосу. Історія дослідження дум. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Творці дум (полемічні аспекти). Роль кобзарів у поширенні дум. Трагедія українського кобзарства. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Зв‘язок жанрів героїчного епосу та інших жанрів фольклору та літератури.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дума і Запорожжя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4642C331" w14:textId="2780AA70" w:rsidR="00CE7A3B" w:rsidRPr="0069164E" w:rsidRDefault="00B026A3" w:rsidP="00FA2299">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Тема 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299" w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Історичні пісні. Балади.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проблема історичної пісні у сучасній українській фольклористиці. Визначення жанру. Жанрово-стильові ознаки. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Пісні-хроніки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як основа формування історичних пісень. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Класифікація. Історичні пісні дружинного та княжого віку, часів козаччини, Запорожжя, періоду гайдамаччини 19 ст., визвольних змагань 20ст. Трансформація козачих історичних пісень на солдатські, кріпацькі та ін. Історія дослідження історичних пісень.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дума та історична пісня в школі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Специфіка історичних пісень Запорожжя. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Тематично-стильові особливості і поетика балади. Походження та класифікація балад. Балади про кохання та дошлюбні відносини. Балади про сімейні взаємини та конфлікти. Відгомін соціального та історичного життя в баладах. Тематичний аналіз основних сюжетів. Дослідження жанру народної балади та його зв’язок із художньою літературою.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FFF6B2" w14:textId="4D83C0C8" w:rsidR="00FA2299" w:rsidRDefault="00FA2299" w:rsidP="00541B7A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Модуль</w:t>
+      </w:r>
+      <w:r w:rsidR="00541B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Фольклорна лірика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A7EA27" w14:textId="61976A9E" w:rsidR="00CE7A3B" w:rsidRPr="00CE4AF1" w:rsidRDefault="00B026A3" w:rsidP="00CE4AF1">
+      <w:pPr>
+        <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0069164E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Тема 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299" w:rsidRPr="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Народна </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4AF1" w:rsidRPr="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лірична </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE4AF1" w:rsidRPr="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2299" w:rsidRPr="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>обрядова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FA2299" w:rsidRPr="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>пісенність</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4AF1" w:rsidRPr="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Родова специфіка</w:t>
+      </w:r>
+      <w:r w:rsidR="00541B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> народної лірики</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Визначення жанру народної традиційної </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>необрядової</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пісні. Родинно-побутові пісні. Основні мотиви. Специфіка ліричного героя. Соціально-побутові пісні (козацькі, чумацькі, ремісницькі, солдатські та рекрутські, жовнірські, кріпацькі, наймитські, бурлацькі, жебрацькі, заробітчанські, емігрантські). Соціально-побутова лірика 20 ст. </w:t>
+      </w:r>
+      <w:r w:rsidR="002C27A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Розмаїття українських народних </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C27A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>необрядових</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C27A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на початку 21 століття. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Танкові пісні. Коломийки та частівки.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Народна пісенна творчість періоду російської агресії.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Пісні літературного походження. Романси. Художньо-тематичні особливості. Зв’язок жанрів фольклорної лірики із художньою літературою та їх дослідження.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB06040" w14:textId="77777777" w:rsidR="00CE4AF1" w:rsidRDefault="00CE4AF1" w:rsidP="00CE4AF1">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Змістовий модуль 1.</w:t>
-[...342 lines deleted...]
-      <w:r w:rsidRPr="0069164E">
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Змістовий модуль 2. </w:t>
-[...8 lines deleted...]
-        <w:t>Обряди та обрядовий фольклор</w:t>
+        <w:t>Модуль 7. Усна народна творчість та сучасність.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB47DCC" w14:textId="77777777" w:rsidR="00CE7A3B" w:rsidRPr="0069164E" w:rsidRDefault="00CE7A3B" w:rsidP="00EF4D23">
+    <w:p w14:paraId="49CEC3D1" w14:textId="5F3B0D09" w:rsidR="00CE7A3B" w:rsidRPr="00CE4AF1" w:rsidRDefault="00B026A3" w:rsidP="00CE4AF1">
       <w:pPr>
         <w:widowControl/>
-        <w:ind w:left="284"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Зміст. Обряди:  визначення, походження, функції, класифікація. </w:t>
-[...102 lines deleted...]
-      <w:r w:rsidRPr="0069164E">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Змістовий модуль 3.</w:t>
-[...188 lines deleted...]
-      <w:r w:rsidRPr="0069164E">
+        <w:t>Тема 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Змістовий модуль </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="0069164E">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="00CE4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="0069164E">
+        <w:t>Сучасний стан фольклорної традиції.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Зміст. Історія становлення та розвитку народного театру. Роль скоморохів .</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0069164E">
+        <w:t xml:space="preserve">Характер функціонування «класичного фольклору»: рівень збереженості різних жанрів традиційної української усної народної </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Народні календарно-обрядові ігри та ігрища як різновид народної драми.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">творчості. Чинники, що впливають на стан усної народної творчості. Зміна форм трансляції та її вплив на функціонування традиції. Фольклор в епоху постмодернізму та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0069164E">
+        <w:t>постпостмодернізму</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Вертеп як суто український різновид народного лялькового театру. Походження, сюжети, поетика.</w:t>
-[...4 lines deleted...]
-        <w:widowControl/>
+        <w:t>. Проблема ф</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-[...53 lines deleted...]
-      <w:r w:rsidRPr="0069164E">
+        <w:t xml:space="preserve">ольклор та </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Зміст.</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="0069164E">
+        <w:t xml:space="preserve">пост фольклор у сучасній </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Типологія української народної прози. Казкова проза.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>гуманітаристиці</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0069164E">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7A3B" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Художньо - стильові особливості казкового епосу. Проблема визначення казки. Міжнародні казкові класифікації. Історія вивчення та видання українських казок. Звіриний епос (казки про тварин). Чарівні (героїчні, фантастичні) казки. Соціально-побутові казки, анекдоти, небилиці. Специфіка вигадки, структури, образності.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00090113" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:ind w:left="284"/>
+        <w:t xml:space="preserve"> Масова література і фольклор.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-[...60 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> Фольклор та пост фольклор воєнного періоду.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446418F8" w14:textId="77777777" w:rsidR="00CE7A3B" w:rsidRPr="0069164E" w:rsidRDefault="00CE7A3B" w:rsidP="00EF4D23">
-[...462 lines deleted...]
-    <w:p w14:paraId="1C3B071D" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+    <w:p w14:paraId="1C3B071D" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="004F7C43">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F8CA360" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Структура навчальної дисципліни </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71646A6C" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+    <w:p w14:paraId="42BAA282" w14:textId="7BD17C4D" w:rsidR="004D06DC" w:rsidRPr="004F7C43" w:rsidRDefault="004D06DC" w:rsidP="004D06DC">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9385" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1588"/>
         <w:gridCol w:w="4508"/>
         <w:gridCol w:w="850"/>
@@ -8095,16233 +10053,14686 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="52113284" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="1104620C" w14:textId="77777777" w:rsidTr="00E45B58">
+      <w:tr w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w14:paraId="1104620C" w14:textId="77777777" w:rsidTr="00E45B58">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D393DB6" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="3D393DB6" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Лекція 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58014B5A" w14:textId="0CB82CFE" w:rsidR="00B56C83" w:rsidRPr="00BD2DB2" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="58014B5A" w14:textId="72E95218" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00E1463B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD2DB2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Тема. </w:t>
-[...5 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+              <w:t>Тема</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE4AF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00BD2DB2">
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4307C8CE" w14:textId="5A38CFC5" w:rsidR="006112E1" w:rsidRPr="00D27FA0" w:rsidRDefault="00CE4AF1" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Фольклор як соціокультурне явище</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="44B4AC8A" w14:textId="439977CD" w:rsidR="00AD4254" w:rsidRPr="0069164E" w:rsidRDefault="00AD4254" w:rsidP="00B328C0">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Специфіка ф</w:t>
+            </w:r>
+            <w:r w:rsidR="006112E1" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ольклор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>у як соціокультурного явища та мистецтва слова</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44B4AC8A" w14:textId="439977CD" w:rsidR="00AD4254" w:rsidRPr="00D27FA0" w:rsidRDefault="00AD4254" w:rsidP="00B328C0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="624BF2BD" w14:textId="3FFE87C9" w:rsidR="00B56C83" w:rsidRPr="00C90DD3" w:rsidRDefault="0009183E" w:rsidP="00EF4D23">
+          <w:p w14:paraId="624BF2BD" w14:textId="3FFE87C9" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="0009183E" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16AC16E0" w14:textId="3DA3CF02" w:rsidR="00B56C83" w:rsidRPr="00C90DD3" w:rsidRDefault="0009183E" w:rsidP="00EF4D23">
+          <w:p w14:paraId="16AC16E0" w14:textId="6CAB9904" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:eastAsia="en-US"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="62F65D86" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00E45B58" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="62F65D86" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B58">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>щотижня/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="206EC8D4" w14:textId="77777777" w:rsidR="00B059BC" w:rsidRPr="00E45B58" w:rsidRDefault="00B059BC" w:rsidP="00EF4D23">
+          <w:p w14:paraId="206EC8D4" w14:textId="77777777" w:rsidR="00B059BC" w:rsidRPr="00D27FA0" w:rsidRDefault="00B059BC" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B58">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>1 тиждень</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="551B3D1D" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="551B3D1D" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="1222309C" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w14:paraId="759A8607" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B1FC371" w14:textId="7A016780" w:rsidR="00B56C83" w:rsidRPr="002847E2" w:rsidRDefault="00A41290" w:rsidP="00EF4D23">
+          <w:p w14:paraId="44AF790F" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002847E2">
-[...21 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Самостійна робота</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CD0FB84" w14:textId="26FC7FE7" w:rsidR="00B56C83" w:rsidRPr="00BD2DB2" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
-[...61 lines deleted...]
-          <w:p w14:paraId="4ABAEA54" w14:textId="77777777" w:rsidR="002847E2" w:rsidRDefault="002847E2" w:rsidP="002847E2">
+          <w:p w14:paraId="4ED74C78" w14:textId="5EF15E01" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00BD2DB2" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CB03E1A" w14:textId="2988DE9A" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00BD2DB2" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="33"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="7FBC7CFE" w14:textId="6EF01539" w:rsidR="002847E2" w:rsidRDefault="002847E2" w:rsidP="002847E2">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Гендерна класифікація фольклору.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02D0707F" w14:textId="5D8C8B18" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00BD2DB2" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="33"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="7D140C5D" w14:textId="77777777" w:rsidR="002847E2" w:rsidRDefault="002847E2" w:rsidP="002847E2">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Класифікація фольклору за віком творців та реципієнтів. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39423BC0" w14:textId="7C95C459" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00BD2DB2" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="33"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...143 lines deleted...]
-          <w:p w14:paraId="2F9727A8" w14:textId="77777777" w:rsidR="00AD4254" w:rsidRPr="0069164E" w:rsidRDefault="00AD4254" w:rsidP="003C5A14">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Філологічна класифікація фольклору.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="189A8EA8" w14:textId="3C13F8BD" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00BD2DB2" w:rsidP="00BD2DB2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="469BE569" w14:textId="77777777" w:rsidR="008D7BE6" w:rsidRPr="00D27FA0" w:rsidRDefault="00A473E1" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Підготовка до практичного занятт</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">я, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CFBCBE1" w14:textId="218D58FF" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00A473E1" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конспектування літератури, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BD809F8" w14:textId="5047C921" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00A473E1" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">виконання завдань, викладених у СЕЗН </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D5527E" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ЗНУ</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56C83" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AC40A9F" w14:textId="215CBC88" w:rsidR="00AD4254" w:rsidRPr="00D27FA0" w:rsidRDefault="00AD4254" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54D92355" w14:textId="2DAFA64C" w:rsidR="00B56C83" w:rsidRPr="00C90DD3" w:rsidRDefault="00E45B58" w:rsidP="00EF4D23">
+          <w:p w14:paraId="6DD824E4" w14:textId="51B4FD22" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00944452" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="292D62C6" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00C90DD3" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="180C2256" w14:textId="2BCE1A75" w:rsidR="00B56C83" w:rsidRPr="00D37109" w:rsidRDefault="00D37109" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D33192D" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="73EB7B91" w14:textId="7021E90D" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>щотижня/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A9909E0" w14:textId="15FA9CF8" w:rsidR="00745D9A" w:rsidRPr="0069164E" w:rsidRDefault="00745D9A" w:rsidP="00EF4D23">
+          <w:p w14:paraId="248DF91D" w14:textId="2BF06E87" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>1 тиждень</w:t>
             </w:r>
-            <w:r w:rsidR="00C244F4" w:rsidRPr="0069164E">
-[...16 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="759A8607" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="003C428B" w:rsidRPr="00D27FA0" w14:paraId="538053EB" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44AF790F" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="4414B919" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Самостійна робота</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Лекція 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4ED74C78" w14:textId="5EF15E01" w:rsidR="00BD2DB2" w:rsidRDefault="00BD2DB2" w:rsidP="00EF4D23">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="6A0DC5FA" w14:textId="7BD7410B" w:rsidR="003C428B" w:rsidRPr="00E1463B" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Тема</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE4AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D70F61E" w14:textId="1E770916" w:rsidR="006112E1" w:rsidRPr="00CE4AF1" w:rsidRDefault="00CE4AF1" w:rsidP="007E4167">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Специфіка фольклору як соціокультурного явища та мистецтва слова</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...157 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DD824E4" w14:textId="75009A3F" w:rsidR="00B56C83" w:rsidRPr="00C90DD3" w:rsidRDefault="001E5911" w:rsidP="00EF4D23">
+          <w:p w14:paraId="619E9EC2" w14:textId="504941BD" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00A473E1" w:rsidP="0009183E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>8</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="180C2256" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00C90DD3" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="1D3D6BB8" w14:textId="0E1A1555" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00E1463B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="248DF91D" w14:textId="455EC45B" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
+          <w:p w14:paraId="585A3341" w14:textId="71B2D245" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00745D9A" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>1 тиждень</w:t>
-            </w:r>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidR="003C428B" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="176D3469" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C428B" w:rsidRPr="0069164E" w14:paraId="538053EB" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="003C428B" w:rsidRPr="00D27FA0" w14:paraId="356E5D85" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4414B919" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="3EE2E63F" w14:textId="77777777" w:rsidR="00A41290" w:rsidRPr="00D27FA0" w:rsidRDefault="00A41290" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:eastAsia="en-US"/>
-[...7 lines deleted...]
-              <w:t>Лекція 2</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Практичне</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D204BEA" w14:textId="7EF677E0" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заняття </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC3C71" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A0DC5FA" w14:textId="7612502D" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="21A041BB" w14:textId="3E8BEC7F" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00E1463B" w:rsidP="00EC3C71">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Тема</w:t>
             </w:r>
-            <w:r w:rsidR="00AE0CD5">
-[...19 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00CE4AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C065750" w14:textId="695841D1" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00CE4AF1" w:rsidP="007E4167">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Специфіка фольклору як соціокультурного явища та мистецтва слова</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A504A44" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="353DE101" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Створити словник основних фольклористичних термінів, пов‘язаних з темою заняття.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21EDB616" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Підготувати приклади вторинного </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>фольклоризму</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у класичній та сучасній українській літературі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="376F31D9" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опрацювати рекомендовану літературу та підготувати відповіді на питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FD83317" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="642CCA5A" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">Мистецтво слова. Різновиди мистецтва слова. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="255BC619" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">Характер функціонування та </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>прагматика фольклору.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CCB7A08" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Роль усної народної творчості у ґенезі літератури.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="351573A7" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">Первинний та вторинний </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>фольклоризм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>, їх ознаки у літературному творі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="130292FB" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Взаємний характер рецепції літератури та фольклору на різних етапах розвитку культури.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26415698" w14:textId="11340372" w:rsidR="0048340D" w:rsidRPr="00D27FA0" w:rsidRDefault="0048340D" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="619E9EC2" w14:textId="504941BD" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="00A473E1" w:rsidP="0009183E">
+          <w:p w14:paraId="33A3C9DB" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00A473E1" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D3D6BB8" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="2D8398B9" w14:textId="1208F0C0" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:eastAsia="en-US"/>
-[...6 lines deleted...]
-              <w:t>…</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="585A3341" w14:textId="71B2D245" w:rsidR="003C428B" w:rsidRPr="00E45B58" w:rsidRDefault="00745D9A" w:rsidP="00EF4D23">
+          <w:p w14:paraId="2C86B398" w14:textId="7795559C" w:rsidR="003C428B" w:rsidRDefault="00EC3C71" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B58">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">2 </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003C428B" w:rsidRPr="00E45B58">
+              <w:t>1 раз на 2 тижні</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D79B059" w14:textId="2434889F" w:rsidR="00E1463B" w:rsidRPr="00D27FA0" w:rsidRDefault="00E1463B" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>тиждень</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="176D3469" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00E45B58" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>2 тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46A4A583" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C428B" w:rsidRPr="0069164E" w14:paraId="356E5D85" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="003C428B" w:rsidRPr="00D27FA0" w14:paraId="6BB9A040" w14:textId="77777777" w:rsidTr="00C90DD3">
+        <w:trPr>
+          <w:trHeight w:val="675"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6606835E" w14:textId="47FE49EA" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Самостійна робота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B2A82D5" w14:textId="46567CD5" w:rsidR="00541B7A" w:rsidRPr="00B026A3" w:rsidRDefault="00B026A3" w:rsidP="007E4167">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B026A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема 2. </w:t>
+            </w:r>
+            <w:r w:rsidR="00541B7A" w:rsidRPr="00B026A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Історіографія українського фольклору</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="713C1A7F" w14:textId="38EA01EB" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00BD2DB2" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BBCAD4F" w14:textId="605164E6" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00BD2DB2" w:rsidP="00BD2DB2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:t>Свідчення та відомості про усну словесність до початку XIX ст.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D98A40C" w14:textId="297A375E" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00BD2DB2" w:rsidP="00BD2DB2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:t>Зародження української фольклористики у добу романтизму.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FDF9AA6" w14:textId="0D4F768C" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00BD2DB2" w:rsidP="00BD2DB2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:t>Романтична фольклористика в Галичині. Етнографічно-фольклористична діяльність “Руської трійці”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> .</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C838CDC" w14:textId="6F73A34C" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00BD2DB2" w:rsidP="00BD2DB2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:t>Фольклористичні пошуки на зламі XIX—XX ст.: розвиток порівняльних, антропологічних та регіональних студій</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="045B14B1" w14:textId="5B1DC371" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00BD2DB2" w:rsidP="00BD2DB2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64F0A19A" w14:textId="77777777" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Підготовка до практичного заняття, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D8EDED" w14:textId="175CFA07" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">самостійне вивчення рекомендованої літератури, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22EA9500" w14:textId="35358FC3" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>підготовка індивідуальних завдань про діяльність відомих українських фольклористів</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11DEC" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C62F167" w14:textId="2573E0F0" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00944452" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AD3AC13" w14:textId="736AC693" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="457D1C75" w14:textId="3E6948D8" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>2 тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C428B" w:rsidRPr="00D27FA0" w14:paraId="1F8B23E2" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EE2E63F" w14:textId="77777777" w:rsidR="00A41290" w:rsidRPr="00E45B58" w:rsidRDefault="00A41290" w:rsidP="00EF4D23">
+          <w:p w14:paraId="4B4598BB" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...27 lines deleted...]
-              <w:t>2</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лекція 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1374EE34" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="004F6955" w:rsidP="00745D9A">
+          <w:p w14:paraId="480123E9" w14:textId="3601AEEA" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00E1463B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Академічні </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C52F1B" w:rsidRPr="0069164E">
+              <w:t>Тема</w:t>
+            </w:r>
+            <w:r w:rsidR="003C428B" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>ш</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0069164E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B026A3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>коли в українській</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ECB83A6" w14:textId="436DF577" w:rsidR="006112E1" w:rsidRPr="00D27FA0" w:rsidRDefault="006F1BAE" w:rsidP="006F1BAE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...28 lines deleted...]
-              <w:rPr>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...134 lines deleted...]
-            </w:pPr>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Тема 3. Українська обрядовість та обрядовий фольклор.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33A3C9DB" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="00A473E1" w:rsidP="00EF4D23">
+          <w:p w14:paraId="108667A0" w14:textId="256BCA7A" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00A473E1" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C90DD3">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D8398B9" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="0F422365" w14:textId="2DCA4C56" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C86B398" w14:textId="6969E4CA" w:rsidR="003C428B" w:rsidRPr="00E45B58" w:rsidRDefault="00174EDF" w:rsidP="00EF4D23">
+          <w:p w14:paraId="77548AFE" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B58">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>2</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="46A4A583" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00E45B58" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+              <w:t>3  тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0165200C" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C428B" w:rsidRPr="0069164E" w14:paraId="6BB9A040" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="003C428B" w:rsidRPr="00D27FA0" w14:paraId="3FCE143F" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6606835E" w14:textId="47FE49EA" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
+          <w:p w14:paraId="73E2BBAD" w14:textId="25CC5987" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="713C1A7F" w14:textId="77777777" w:rsidR="00BD2DB2" w:rsidRDefault="00BD2DB2" w:rsidP="00EF4D23">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2D131977" w14:textId="66A02FDF" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Питання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BBCAD4F" w14:textId="605164E6" w:rsidR="00BD2DB2" w:rsidRDefault="00BD2DB2" w:rsidP="00BD2DB2">
-[...91 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2A595B99" w14:textId="5F7A3C3A" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.Універсальне та національне в календарних обрядах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F657554" w14:textId="2819C7D5" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2. Функції календарних обрядів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0013EE81" w14:textId="65AA04C6" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3.Гендерна специфіка календарних обрядових творів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="468608D4" w14:textId="25B59C81" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AD7EB16" w14:textId="1C601505" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00BD2DB2" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Завдання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64F0A19A" w14:textId="77777777" w:rsidR="00BD2DB2" w:rsidRDefault="00D5527E" w:rsidP="00BD2DB2">
+          <w:p w14:paraId="0E3718EE" w14:textId="77777777" w:rsidR="00BD2DB2" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="36"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD2DB2">
-[...6 lines deleted...]
-          <w:p w14:paraId="62D8EDED" w14:textId="175CFA07" w:rsidR="00BD2DB2" w:rsidRPr="00BD2DB2" w:rsidRDefault="00D5527E" w:rsidP="00BD2DB2">
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опрацювання наукової та навчальної літератури, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6734B70A" w14:textId="77777777" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="36"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD2DB2">
-[...6 lines deleted...]
-          <w:p w14:paraId="22EA9500" w14:textId="35358FC3" w:rsidR="003C428B" w:rsidRPr="00BD2DB2" w:rsidRDefault="00D5527E" w:rsidP="00BD2DB2">
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">записи матеріалів, які побутують серед знайомих та в родині, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C46BF0D" w14:textId="0DAAA97C" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="36"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD2DB2">
-[...9 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>укладання словника фольклористичних термінів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="211C4272" w14:textId="77777777" w:rsidR="00D5527E" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">виконання завдань, викладених у СЕЗН </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ЗНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1C62F167" w14:textId="54116D13" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="001E5911" w:rsidP="00EF4D23">
+          <w:p w14:paraId="542DD865" w14:textId="1B136E58" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00944452" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AD3AC13" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="7DD37161" w14:textId="6250F681" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="457D1C75" w14:textId="3E6948D8" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
+          <w:p w14:paraId="33B19C83" w14:textId="67ABCC22" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>2 тиждень</w:t>
+              <w:t>3 тиждень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C428B" w:rsidRPr="0069164E" w14:paraId="1F8B23E2" w14:textId="77777777" w:rsidTr="0009183E">
-[...180 lines deleted...]
-      <w:tr w:rsidR="003C428B" w:rsidRPr="0069164E" w14:paraId="2C131A3F" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="003C428B" w:rsidRPr="00D27FA0" w14:paraId="67A0B8E0" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="577EA1B4" w14:textId="77777777" w:rsidR="00A41290" w:rsidRPr="00E45B58" w:rsidRDefault="00A41290" w:rsidP="00EF4D23">
+          <w:p w14:paraId="5FEB99BD" w14:textId="11F809EF" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...27 lines deleted...]
-              <w:t>3</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Лекція </w:t>
+            </w:r>
+            <w:r w:rsidR="00C244F4" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0215EB80" w14:textId="1E2ADCC3" w:rsidR="003C428B" w:rsidRPr="009C29E6" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="44DF545C" w14:textId="70319B83" w:rsidR="00E1463B" w:rsidRDefault="00E1463B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009C29E6">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C75D43B" w14:textId="27F3D959" w:rsidR="006112E1" w:rsidRPr="00E1463B" w:rsidRDefault="006C0FA0" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Тема 3. Українська обрядовість та обрядовий фольклор.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...205 lines deleted...]
-              <w:t>Поезія осіннього циклу. Зв‘язок із працею селянина. Основні мотиви. Поетика.</w:t>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="559FC27D" w14:textId="7254CDBD" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="00E45B58" w:rsidP="00EF4D23">
+          <w:p w14:paraId="7F5BBCD6" w14:textId="0E0D1A5C" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00A473E1" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CF51624" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="7D686309" w14:textId="35A86257" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="115F5007" w14:textId="77DDDF61" w:rsidR="003C428B" w:rsidRPr="00E45B58" w:rsidRDefault="00174EDF" w:rsidP="00EF4D23">
+          <w:p w14:paraId="28AC55DE" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B58">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>3</w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="108DD438" w14:textId="6FCA9EDC" w:rsidR="003C428B" w:rsidRPr="00E45B58" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+              <w:t>4 тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7666FA64" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C428B" w:rsidRPr="0069164E" w14:paraId="3FCE143F" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="003C428B" w:rsidRPr="00D27FA0" w14:paraId="3F546018" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73E2BBAD" w14:textId="25CC5987" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
+          <w:p w14:paraId="74020F35" w14:textId="77777777" w:rsidR="00A41290" w:rsidRPr="00D27FA0" w:rsidRDefault="00A41290" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Самостійна робота</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Практичне</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BE14E9B" w14:textId="0E4C9D98" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заняття </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC3C71" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D131977" w14:textId="66A02FDF" w:rsidR="00FA0316" w:rsidRDefault="00FA0316" w:rsidP="00EF4D23">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="12DDFC8B" w14:textId="27063189" w:rsidR="006C0FA0" w:rsidRPr="006C0FA0" w:rsidRDefault="006C0FA0" w:rsidP="006C0FA0">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Тема 3. Українська обрядовість та обрядовий фольклор.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...58 lines deleted...]
-          <w:p w14:paraId="0E3718EE" w14:textId="77777777" w:rsidR="00BD2DB2" w:rsidRPr="00FA0316" w:rsidRDefault="00D5527E" w:rsidP="00FA0316">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FEDCC77" w14:textId="692E0F19" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="6734B70A" w14:textId="77777777" w:rsidR="00FA0316" w:rsidRPr="00FA0316" w:rsidRDefault="00D5527E" w:rsidP="00FA0316">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Створити словник основних фольклористичних термінів, пов‘язаних з темою заняття.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10C9D44A" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5C46BF0D" w14:textId="0DAAA97C" w:rsidR="003C428B" w:rsidRPr="00FA0316" w:rsidRDefault="00D5527E" w:rsidP="00FA0316">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Записати тексти колядки, щедрівки, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>посівальної</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пісні, веснянки, жнивної пісні, які виконуються  у нашій місцевості.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3037303C" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="211C4272" w14:textId="77777777" w:rsidR="00D5527E" w:rsidRPr="00FA0316" w:rsidRDefault="00D5527E" w:rsidP="00FA0316">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опрацювати рекомендовану літературу та підготувати відповіді на питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5779E84C" w14:textId="0E8BCA2F" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.Походження українських календарних обрядів та календарної обрядової поезії.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AD19FAC" w14:textId="479C93D8" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.1Обрядові пісні зимового циклу. Класифікація колядок та щедрівок. Поетика творів цих жанрів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56E7712F" w14:textId="0FC81FE1" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.2Жанри весняного циклу календарно-обрядової творчості. Зв‘язок з обрядами. Класифікація. Поетика.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C906456" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
-                <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
-              <w:rPr>
-[...27 lines deleted...]
-              <w:t>ЗНУ</w:t>
+              <w:ind w:left="431" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жанри літнього циклу календарно-обрядової поезії. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71D9F9BB" w14:textId="5A661CC5" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:left="431" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Поезія осіннього циклу. Зв‘язок із працею селянина. Основні мотиви. Поетика.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25D4368A" w14:textId="77777777" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32D506C9" w14:textId="0527FE4F" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A053B3" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Родинно-обрядова поезія. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13CF989C" w14:textId="3A8E4318" w:rsidR="00A053B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00A053B3" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Генезис та розвиток родинної обрядовості та обрядової поезії.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E1E4BC6" w14:textId="783AA2A0" w:rsidR="00A053B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00A053B3" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Весілля як драма. Основні етапи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B4DC020" w14:textId="1D0E97F2" w:rsidR="00A053B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00A053B3" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жанри весільної народної поезії. Зв‘язок з обрядом. Класифікація. Поетика.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D9152FF" w14:textId="12D21CF1" w:rsidR="00A053B3" w:rsidRPr="00D27FA0" w:rsidRDefault="00A053B3" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Похоронна обрядовість. Голосіння. Жанрові різновиди. Поетика.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="542DD865" w14:textId="4622E793" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="001E5911" w:rsidP="00EF4D23">
+          <w:p w14:paraId="3B29CD70" w14:textId="6EA6AAE4" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00E45B58" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DD37161" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="4DBB227F" w14:textId="0E454230" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33B19C83" w14:textId="67ABCC22" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
+          <w:p w14:paraId="3D5D4CB4" w14:textId="29402FD5" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00174EDF" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>3 тиждень</w:t>
+              <w:t>4 тиждень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C428B" w:rsidRPr="0069164E" w14:paraId="67A0B8E0" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="003C428B" w:rsidRPr="00D27FA0" w14:paraId="17370D3E" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FEB99BD" w14:textId="11F809EF" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="22F7563B" w14:textId="55DD1F2F" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:eastAsia="en-US"/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C75D43B" w14:textId="66C24CAF" w:rsidR="006112E1" w:rsidRPr="0069164E" w:rsidRDefault="006112E1" w:rsidP="00EF4D23">
+          <w:p w14:paraId="794E4358" w14:textId="5BBE65B9" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3251525C" w14:textId="0228FFD6" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.Роль християнсько-язичницького синкретизму у трансформації родинної обрядовості.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EB58C8" w14:textId="42D2F7D7" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2. Традиційне та офіційне у сучасних обрядах народження.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B17CB02" w14:textId="77777777" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3. Типологія родинно-побутової обрядових пісень.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08477A53" w14:textId="4CD4AC9B" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Традиційні риси сучасних родинних свят. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00A62A29" w14:textId="44AC67CB" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F324614" w14:textId="77777777" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Опрацювання наукової та навчальної літератури, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ED2513A" w14:textId="77777777" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">записи матеріалів, які побутують серед знайомих та в родині, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05B3E34A" w14:textId="2E89DF01" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>укладання словника фольклористичних термінів</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA0316" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="612336CB" w14:textId="09F9A1FD" w:rsidR="00D5527E" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5527E" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>працювання класичних збірників творів української обрядової поезії</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48C8222E" w14:textId="1672DEAE" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>вивчення текстів обрядових пісень,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EF9EA55" w14:textId="77777777" w:rsidR="00D5527E" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">виконання завдань, викладених у СЕЗН </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ЗНУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="749F7786" w14:textId="7816376D" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00944452" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> супроводжуючий фольклор</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24B935CF" w14:textId="570D8B81" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70520FDA" w14:textId="0D8B023F" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>4 тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C428B" w:rsidRPr="00D27FA0" w14:paraId="3FD6BCB7" w14:textId="77777777" w:rsidTr="004D06DC">
+        <w:trPr>
+          <w:trHeight w:val="599"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3603BE7E" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Лекція 5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48AFBFBD" w14:textId="1220E23B" w:rsidR="00A053B3" w:rsidRPr="00D27FA0" w:rsidRDefault="006C0FA0" w:rsidP="006C0FA0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Тема 4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Малі жанри українського фольклору.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F5BBCD6" w14:textId="0E0D1A5C" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="00A473E1" w:rsidP="00EF4D23">
+          <w:p w14:paraId="195B98F1" w14:textId="27B8F56B" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00A473E1" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D686309" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="6A0722E0" w14:textId="17D18191" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28AC55DE" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="2ED1D699" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B58">
+          </w:p>
+          <w:p w14:paraId="1DFAF6B2" w14:textId="29A6C4EA" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="004D06DC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>4 тиждень</w:t>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-            </w:pPr>
+              <w:t>5 тиждень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C428B" w:rsidRPr="0069164E" w14:paraId="3F546018" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="003C428B" w:rsidRPr="00D27FA0" w14:paraId="2A58770A" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74020F35" w14:textId="77777777" w:rsidR="00A41290" w:rsidRPr="00E45B58" w:rsidRDefault="00A41290" w:rsidP="00EF4D23">
+          <w:p w14:paraId="2A96A757" w14:textId="6FA58248" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B58">
-[...25 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32D506C9" w14:textId="00629667" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="00A053B3" w:rsidP="00A053B3">
-[...15 lines deleted...]
-          <w:p w14:paraId="22141F7B" w14:textId="20B44ADA" w:rsidR="00B328C0" w:rsidRPr="0069164E" w:rsidRDefault="00B328C0" w:rsidP="00B328C0">
+          <w:p w14:paraId="72B5D831" w14:textId="036E0F87" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3056577B" w14:textId="08F6D7CA" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.Жанрова різноманітність паремій.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C121A6" w14:textId="6DEF7B98" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2. Дитячі паремії.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="176573CD" w14:textId="096503C8" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Паремії </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6049EF25" w14:textId="342AEDBF" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Паремії та </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>меми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AF14FA1" w14:textId="371D1B87" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B56979C" w14:textId="77777777" w:rsidR="008D7BE6" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="3FA85AF9" w14:textId="17739A44" w:rsidR="00F11DEC" w:rsidRPr="0069164E" w:rsidRDefault="00F11DEC" w:rsidP="00B328C0">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Записи текстів у живому побутуванні</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA0316" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22D22595" w14:textId="4AE41717" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="790883BA" w14:textId="77777777" w:rsidR="00B328C0" w:rsidRPr="0069164E" w:rsidRDefault="00B328C0" w:rsidP="00B328C0">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5527E" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наліз </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">паремійних </w:t>
+            </w:r>
+            <w:r w:rsidR="00D5527E" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>збірок</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46288214" w14:textId="77777777" w:rsidR="00FA0316" w:rsidRPr="00D27FA0" w:rsidRDefault="00FA0316" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="13CF989C" w14:textId="5935D61E" w:rsidR="00A053B3" w:rsidRPr="0069164E" w:rsidRDefault="00A053B3" w:rsidP="00A053B3">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5527E" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ивчення текстів напам’ять, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14E5B1D6" w14:textId="77777777" w:rsidR="008D7BE6" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="9"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
-              <w:jc w:val="both"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="1E1E4BC6" w14:textId="4867131E" w:rsidR="00A053B3" w:rsidRPr="0069164E" w:rsidRDefault="00A053B3" w:rsidP="00A053B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>підготовка до практичного заняття</w:t>
+            </w:r>
+            <w:r w:rsidR="0006357F" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DA61EC5" w14:textId="65BCBE84" w:rsidR="00D5527E" w:rsidRPr="00D27FA0" w:rsidRDefault="00D5527E" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="9"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
-              <w:jc w:val="both"/>
-[...98 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">виконання завдань, викладених у СЕЗН </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ЗНУ</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA0316" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B29CD70" w14:textId="6EA6AAE4" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="00E45B58" w:rsidP="00EF4D23">
+          <w:p w14:paraId="38F72DE1" w14:textId="092FD234" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00944452" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...4 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DBB227F" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="7DA7E10F" w14:textId="3DADA922" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D5D4CB4" w14:textId="29402FD5" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="00174EDF" w:rsidP="00EF4D23">
+          <w:p w14:paraId="2C71F1DD" w14:textId="670B7C5F" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>4 тиждень</w:t>
+              <w:t>5 тиждень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C428B" w:rsidRPr="0069164E" w14:paraId="17370D3E" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="003C428B" w:rsidRPr="00D27FA0" w14:paraId="23FCAAE1" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22F7563B" w14:textId="55DD1F2F" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
+          <w:p w14:paraId="7BA7757F" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лекція </w:t>
+            </w:r>
+            <w:r w:rsidR="005E7469" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D9B581A" w14:textId="5BAE874B" w:rsidR="00B264B4" w:rsidRPr="00D27FA0" w:rsidRDefault="00B264B4" w:rsidP="004D06DC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="794E4358" w14:textId="5BBE65B9" w:rsidR="00FA0316" w:rsidRDefault="00FA0316" w:rsidP="00FA0316">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="1B8F8FBA" w14:textId="09E6CC04" w:rsidR="006112E1" w:rsidRPr="004D06DC" w:rsidRDefault="006C0FA0" w:rsidP="004D06DC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...234 lines deleted...]
-              <w:t>ЗНУ</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Тема 5. Казкова проза.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="749F7786" w14:textId="09288174" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="001E5911" w:rsidP="00EF4D23">
+          <w:p w14:paraId="6D898179" w14:textId="458E00D1" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="006A2D98" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>8</w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24B935CF" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00C90DD3" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+          <w:p w14:paraId="4F38F3EB" w14:textId="615B13EE" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70520FDA" w14:textId="0D8B023F" w:rsidR="003C428B" w:rsidRPr="0069164E" w:rsidRDefault="003C5A14" w:rsidP="00EF4D23">
+          <w:p w14:paraId="56F26D0A" w14:textId="16605EAF" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="005E7469" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>4 тиждень</w:t>
-            </w:r>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00E45B58" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C428B" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D4DFD57" w14:textId="77777777" w:rsidR="003C428B" w:rsidRPr="00D27FA0" w:rsidRDefault="003C428B" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C428B" w:rsidRPr="0069164E" w14:paraId="3FD6BCB7" w14:textId="77777777" w:rsidTr="0009183E">
-[...2050 lines deleted...]
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="1A685357" w14:textId="77777777" w:rsidTr="00EB783F">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="1A685357" w14:textId="77777777" w:rsidTr="00EB783F">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="46DD3E69" w14:textId="743524E5" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="46DD3E69" w14:textId="743524E5" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA3580D" w14:textId="47867D04" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4BA3580D" w14:textId="47867D04" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Питання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D76D973" w14:textId="6CCB2726" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0D76D973" w14:textId="6CCB2726" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1.Проблема класифікації казкової прози.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48A9C0E9" w14:textId="3D19E3C7" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="48A9C0E9" w14:textId="3D19E3C7" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Роль Анті </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Аарне</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> у створенні наукової класифікації казкових мотивів та сюжетів.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61ED2AB2" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...58 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="61ED2AB2" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2.Типологічні явища у казках різни х народів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02473D26" w14:textId="284726A6" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3.Історія дослідження та публікації народних казок.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D783A32" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08CF3022" w14:textId="0338E336" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Завдання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B849A65" w14:textId="75B6D340" w:rsidR="00EB783F" w:rsidRPr="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="7B849A65" w14:textId="75B6D340" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="45"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB783F">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Укладання порівняльної таблиці,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11F8631B" w14:textId="38B25B6D" w:rsidR="00EB783F" w:rsidRPr="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="11F8631B" w14:textId="38B25B6D" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="45"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB783F">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">аналіз наукової та навчальної літератури з тем, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D881918" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="5D881918" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="45"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB783F">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>аналіз запропонованих казок,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BADD9CD" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4BADD9CD" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="45"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB783F">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ведення словника фольклористичних термінів,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30B02B32" w14:textId="228461EF" w:rsidR="00EB783F" w:rsidRPr="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="30B02B32" w14:textId="228461EF" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="45"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB783F">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">виконання завдань, викладених у СЕЗН </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EB783F">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Moodle</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EB783F">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EB783F">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ЗНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7175E9F6" w14:textId="545DDF82" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="7175E9F6" w14:textId="31C4CE11" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00944452" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="539D8989" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="539D8989" w14:textId="4A3E4BF3" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5DB240AF" w14:textId="305455E5" w:rsidR="00EB783F" w:rsidRPr="00E45B58" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="5DB240AF" w14:textId="305455E5" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>6 тиждень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="101B90F2" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="101B90F2" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13092FFD" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00E45B58" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="13092FFD" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="004D06DC" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B58">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="004D06DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Практичне</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F343D06" w14:textId="12FF3766" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="2F343D06" w14:textId="4AC4C0A6" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B58">
-[...9 lines deleted...]
-              <w:t>-7</w:t>
+            <w:r w:rsidRPr="004D06DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>заняття 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6440B4F6" w14:textId="216B3F40" w:rsidR="00781482" w:rsidRPr="00781482" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="36E4E8ED" w14:textId="44BDDF8D" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="000764BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00E1463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Тема</w:t>
+            </w:r>
+            <w:r w:rsidR="006C0FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06C897EE" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="000764BA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Малі жанри українського фольклору</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C81ACC2" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="33" w:hanging="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Створити</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> словник </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основних</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>фольклористичних</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>термінів</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>пов‘язаних</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> з темою </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заняття</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55CD635F" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="33" w:hanging="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Записати</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приклади</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>прислів’їв</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приказок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, загадок, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дитячих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>паремій</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>що</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>побутують</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ваш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ій</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>родині</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="436A05A2" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="33" w:hanging="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опрацювати</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендовану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>літературу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ідготувати</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>відповіді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>питання</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5566F4B0" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прислі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>‘я</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приказки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Визначення</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жанрів</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Подібне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>та</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>відмінне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="69C5DFCC" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тематичне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коло </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>прислі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>‘їв</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Найпоширеніші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теми.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67278979" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Загадка:  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>походження</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жанрова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специфіка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72D1C42A" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Дитячі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>паремії</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="745F7DF5" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Поетичні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>особливості</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>паремій</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E702634" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Історія</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>збирання</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вивчення</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>українських</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>паремій</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6440B4F6" w14:textId="573BBDEB" w:rsidR="00EC3C71" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EC3C71">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1324"/>
                 <w:tab w:val="center" w:pos="2231"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...18 lines deleted...]
-          <w:p w14:paraId="427EB48A" w14:textId="729FEF14" w:rsidR="00EB783F" w:rsidRPr="00781482" w:rsidRDefault="00781482" w:rsidP="00EB783F">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0215ED5E" w14:textId="60E0D692" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1324"/>
                 <w:tab w:val="center" w:pos="2231"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...206 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E3FEEFD" w14:textId="0513401C" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="1E3FEEFD" w14:textId="197E98A0" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="007666C0" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15C03077" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="15C03077" w14:textId="5E416825" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3934F5EF" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="3934F5EF" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B58">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>6 тиждень,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EC67FA4" w14:textId="16C814A2" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="2EC67FA4" w14:textId="7F7658A7" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="4D0353C7" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="4D0353C7" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C9449A4" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="0C9449A4" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D2C3330" w14:textId="45861B47" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5D2C3330" w14:textId="45861B47" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Питання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44D15E9D" w14:textId="7FCB6B69" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...28 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="44D15E9D" w14:textId="7FCB6B69" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.Типологія народної прози.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39E48791" w14:textId="27C58EA9" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2. Історія дослідження казок в українській фольклористиці.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60FEA2B7" w14:textId="3E50427E" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="60FEA2B7" w14:textId="3E50427E" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3. Казка і міф.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="244E0C1C" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="244E0C1C" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>4. Казка фольклорна та літературна.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60C97A05" w14:textId="58D952E5" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="60C97A05" w14:textId="58D952E5" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Завдання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2228EF1D" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00927498" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="2228EF1D" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="40"/>
+                <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00927498">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Зіставлення дефініцій казки з різних джерел,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5131ED0B" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="5131ED0B" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="40"/>
+                <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00927498">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">опрацювання рекомендованої літератури, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08C15586" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="08C15586" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="40"/>
+                <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00927498">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">підготовка до практичного заняття, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FD9D51F" w14:textId="035FAECB" w:rsidR="00EB783F" w:rsidRPr="00927498" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="2FD9D51F" w14:textId="035FAECB" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="40"/>
+                <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00927498">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">виконання завдань, викладених у СЕЗН </w:t>
             </w:r>
-            <w:r w:rsidRPr="00927498">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Moodle</w:t>
             </w:r>
-            <w:r w:rsidRPr="00927498">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00927498">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ЗНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="52D1D71C" w14:textId="7444A7A9" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="52D1D71C" w14:textId="4A1D5A5C" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00944452" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="573626A3" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="573626A3" w14:textId="52F497DF" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53751068" w14:textId="21865878" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="53751068" w14:textId="6869CB88" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00D37109" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>7 тиждень</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тиждень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2D98" w:rsidRPr="0069164E" w14:paraId="7ED3E579" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="006A2D98" w:rsidRPr="00D27FA0" w14:paraId="7ED3E579" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E457804" w14:textId="1CED17C4" w:rsidR="006A2D98" w:rsidRPr="006A2D98" w:rsidRDefault="006A2D98" w:rsidP="00EB783F">
+          <w:p w14:paraId="1E457804" w14:textId="1CED17C4" w:rsidR="006A2D98" w:rsidRPr="00D27FA0" w:rsidRDefault="006A2D98" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Лекція 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60356939" w14:textId="77777777" w:rsidR="006A2D98" w:rsidRPr="006A2D98" w:rsidRDefault="006A2D98" w:rsidP="006A2D98">
+          <w:p w14:paraId="6A19F051" w14:textId="5DB24FD6" w:rsidR="006A2D98" w:rsidRPr="00D27FA0" w:rsidRDefault="006C0FA0" w:rsidP="00E1463B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...25 lines deleted...]
-              <w:t>Специфіка вигадки та поетика чарівних казок</w:t>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Тема 5. Казкова проза.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="00253C7B" w14:textId="60202981" w:rsidR="006A2D98" w:rsidRPr="00C90DD3" w:rsidRDefault="006A2D98" w:rsidP="00EB783F">
+          <w:p w14:paraId="00253C7B" w14:textId="60202981" w:rsidR="006A2D98" w:rsidRPr="00D27FA0" w:rsidRDefault="006A2D98" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F8DE120" w14:textId="77777777" w:rsidR="006A2D98" w:rsidRPr="00C90DD3" w:rsidRDefault="006A2D98" w:rsidP="00EB783F">
+          <w:p w14:paraId="2F8DE120" w14:textId="33E4E08D" w:rsidR="006A2D98" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71024311" w14:textId="096F0492" w:rsidR="006A2D98" w:rsidRDefault="006A2D98" w:rsidP="00EB783F">
+          <w:p w14:paraId="71024311" w14:textId="7E4BA77A" w:rsidR="006A2D98" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>7 ти\</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>7 ти</w:t>
+            </w:r>
+            <w:r w:rsidR="006A2D98" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>ждень</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="221AA737" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="221AA737" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50502333" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="50502333" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0509470D" w14:textId="17CD7AD1" w:rsidR="00997084" w:rsidRDefault="00997084" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0509470D" w14:textId="17CD7AD1" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Питання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40ED5155" w14:textId="61120B70" w:rsidR="00997084" w:rsidRDefault="00997084" w:rsidP="00997084">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="40ED5155" w14:textId="61120B70" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00781482">
+            <w:r w:rsidR="00781482" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>І</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>сторія збирання та публікації українських казок.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18EDC259" w14:textId="79088D16" w:rsidR="00997084" w:rsidRDefault="00781482" w:rsidP="00997084">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="18EDC259" w14:textId="79088D16" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00781482" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2. Універсальне та національне в казці.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58196FEA" w14:textId="03AE39E8" w:rsidR="00781482" w:rsidRDefault="00781482" w:rsidP="00997084">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="58196FEA" w14:textId="03AE39E8" w:rsidR="00781482" w:rsidRPr="00D27FA0" w:rsidRDefault="00781482" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3. Кумулятивні казки.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DF03DC4" w14:textId="721923B0" w:rsidR="00781482" w:rsidRDefault="00781482" w:rsidP="00997084">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4DF03DC4" w14:textId="721923B0" w:rsidR="00781482" w:rsidRPr="00D27FA0" w:rsidRDefault="00781482" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>4. Казка та дитяча література.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6826859D" w14:textId="77777777" w:rsidR="00781482" w:rsidRPr="00997084" w:rsidRDefault="00781482" w:rsidP="00997084">
-[...16 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6826859D" w14:textId="77777777" w:rsidR="00781482" w:rsidRPr="00D27FA0" w:rsidRDefault="00781482" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="167A462B" w14:textId="1DEC15B3" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Завдання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59F3258E" w14:textId="77777777" w:rsidR="00997084" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="59F3258E" w14:textId="77777777" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Аналіз запропонованих варіантів казок</w:t>
             </w:r>
-            <w:r w:rsidR="00997084">
+            <w:r w:rsidR="00997084" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7565B3DF" w14:textId="77777777" w:rsidR="008D7BE6" w:rsidRDefault="00997084" w:rsidP="00781482">
+          <w:p w14:paraId="7565B3DF" w14:textId="77777777" w:rsidR="008D7BE6" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="49"/>
+                <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00781482">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
-            <w:r w:rsidR="00EB783F" w:rsidRPr="00781482">
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>працювання рекомендованої літератури</w:t>
             </w:r>
-            <w:r w:rsidRPr="00781482">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00EB783F" w:rsidRPr="00781482">
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EC39C35" w14:textId="77777777" w:rsidR="008D7BE6" w:rsidRPr="008D7BE6" w:rsidRDefault="00997084" w:rsidP="00781482">
+          <w:p w14:paraId="5EC39C35" w14:textId="77777777" w:rsidR="008D7BE6" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="49"/>
+                <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00781482">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
-            <w:r w:rsidR="00EB783F" w:rsidRPr="00781482">
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ідготовка до практичного заняття</w:t>
             </w:r>
-            <w:r w:rsidR="008D7BE6" w:rsidRPr="008D7BE6">
+            <w:r w:rsidR="008D7BE6" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D6347CD" w14:textId="2F8364ED" w:rsidR="00EB783F" w:rsidRPr="00781482" w:rsidRDefault="00EB783F" w:rsidP="00781482">
+          <w:p w14:paraId="2D6347CD" w14:textId="2F8364ED" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="49"/>
+                <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00781482">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">виконання завдань, викладених у СЕЗН </w:t>
             </w:r>
-            <w:r w:rsidRPr="00781482">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Moodle</w:t>
             </w:r>
-            <w:r w:rsidRPr="00781482">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00781482">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ЗНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="54C64901" w14:textId="7DB2D278" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="54C64901" w14:textId="6893B29B" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00944452" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55EB9AC8" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="55EB9AC8" w14:textId="0C7323C0" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A9DC851" w14:textId="1544B6AD" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4A9DC851" w14:textId="35DF5903" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>8 тиждень</w:t>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тиждень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="0B581F5B" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="0B581F5B" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="738DB002" w14:textId="63265189" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="738DB002" w14:textId="63265189" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...9 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Лекція 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10504B26" w14:textId="735F9FB5" w:rsidR="00781482" w:rsidRPr="00781482" w:rsidRDefault="00781482" w:rsidP="00781482">
+          <w:p w14:paraId="1DA6446D" w14:textId="74187570" w:rsidR="006C0FA0" w:rsidRPr="00D27FA0" w:rsidRDefault="006C0FA0" w:rsidP="00781482">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="230"/>
                 <w:tab w:val="center" w:pos="2146"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема 6. Народна </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>неказкова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...9 lines deleted...]
-              <w:t>Типологія народної неказкової прози</w:t>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проза.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E9BBB47" w14:textId="16D71394" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="0E9BBB47" w14:textId="16D71394" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="076C56AF" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="076C56AF" w14:textId="5329ED6C" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62461A6A" w14:textId="7E6FF29D" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="62461A6A" w14:textId="7E6FF29D" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B58">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>8 тиждень</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3670401B" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="3670401B" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="22791ACF" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="22791ACF" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EB7ADD7" w14:textId="6B2EDDC8" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4EB7ADD7" w14:textId="32D6CB6C" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B58">
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t xml:space="preserve">Практичне заняття </w:t>
             </w:r>
-            <w:r w:rsidRPr="0069164E">
-[...3 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="000764BA" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11BBA13A" w14:textId="6624EDE8" w:rsidR="00781482" w:rsidRPr="00781482" w:rsidRDefault="00781482" w:rsidP="00EB783F">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5869403E" w14:textId="77777777" w:rsidR="006C0FA0" w:rsidRPr="006C0FA0" w:rsidRDefault="006C0FA0" w:rsidP="006C0FA0">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Тема 5. Казкова проза.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...24 lines deleted...]
-          <w:p w14:paraId="39BD0509" w14:textId="55A092E6" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A3EC66D" w14:textId="58D26DCD" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="30"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Створити словник основних фольклористичних термінів, пов‘язаних з темою заняття.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C306F1A" w14:textId="37DB584B" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="254F0097" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="30"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Записати зразки неказкової прози, що побутують у вашій родині / у вашому селищі/ серед ваших знайомих.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2376FBB8" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+              <w:t>Зіставити визначення казки в різних джерелах та проаналізувати їх.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D67526" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="30"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Опрацювати рекомендовану літературу та підготувати відповіді на питання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57E98300" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...1 lines deleted...]
-              <w:pStyle w:val="af4"/>
+          <w:p w14:paraId="585919E8" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="000764BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1324"/>
+                <w:tab w:val="center" w:pos="2231"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D43B0B8" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="000764BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1324"/>
+                <w:tab w:val="center" w:pos="2231"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.Проблема визначення казки у сучасній фольклористиці.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58DF8212" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="000764BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1324"/>
+                <w:tab w:val="center" w:pos="2231"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2.Походження вимислу казок про тварин. Особливості їх структури та поетики. 3.Характеристика персонажів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118DD6DE" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="000764BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1324"/>
+                <w:tab w:val="center" w:pos="2231"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4.Кумулятивні казки та їх структурні особливості.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0978AC76" w14:textId="77777777" w:rsidR="000764BA" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="000764BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1324"/>
+                <w:tab w:val="center" w:pos="2231"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5.Генезис вигадки фантастичної казки. Основи героїчного сюжету. Типологія героїв. Специфіка казкового </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>хронотопу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7794EB64" w14:textId="757CEBFA" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="000764BA" w:rsidP="000764BA">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="33"/>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-[...134 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:t>6.Специфіка вигадки соціально-побутових казок. Система персонажів. Особливості конфлікту. Зв’язок із анекдотом.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="271756D0" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="271756D0" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="456A2A3A" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="456A2A3A" w14:textId="5844B0D9" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14E2C38C" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="5A74887B" w14:textId="7104FAF2" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00E1463B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>8  тиждень</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43A4C07C" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="43A4C07C" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="65F6E304" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="65F6E304" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B062ECC" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="1B062ECC" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="605F7621" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00EB783F">
+          <w:p w14:paraId="605F7621" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Питання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="489F900F" w14:textId="45037D80" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="489F900F" w14:textId="45037D80" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1.Легенди та перекази у «Повісті минулих літ».</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31F26C65" w14:textId="612343C1" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="31F26C65" w14:textId="612343C1" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2. Переказ та історична пам’ять.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20EB3694" w14:textId="7596BF6F" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="20EB3694" w14:textId="7596BF6F" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Часопростір</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> переказів та легенд.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D92C62B" w14:textId="5D446A4A" w:rsidR="00D94290" w:rsidRDefault="00D94290" w:rsidP="00EB783F">
-[...31 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2D92C62B" w14:textId="5D446A4A" w:rsidR="00D94290" w:rsidRPr="00D27FA0" w:rsidRDefault="00D94290" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Історія збирання та дослідження української </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>неказкової</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прози.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24AE716A" w14:textId="5341A71B" w:rsidR="00D94290" w:rsidRPr="00D27FA0" w:rsidRDefault="00D94290" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18B4881C" w14:textId="2FD99F1B" w:rsidR="00D94290" w:rsidRPr="00D27FA0" w:rsidRDefault="00D94290" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Завдання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F40197C" w14:textId="1916E32E" w:rsidR="00D94290" w:rsidRPr="00D94290" w:rsidRDefault="00EB783F" w:rsidP="00D94290">
+          <w:p w14:paraId="3F40197C" w14:textId="1916E32E" w:rsidR="00D94290" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="33" w:firstLine="327"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D94290">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Опрацювання рекомендованої наукової літератури та збірників фольклорних текстів</w:t>
             </w:r>
-            <w:r w:rsidR="00D94290" w:rsidRPr="00D94290">
+            <w:r w:rsidR="00D94290" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E2EA57A" w14:textId="77777777" w:rsidR="00D94290" w:rsidRPr="00D94290" w:rsidRDefault="00D94290" w:rsidP="00D94290">
+          <w:p w14:paraId="4E2EA57A" w14:textId="77777777" w:rsidR="00D94290" w:rsidRPr="00D27FA0" w:rsidRDefault="00D94290" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="33" w:firstLine="327"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D94290">
-[...6 lines deleted...]
-          <w:p w14:paraId="2F4D71DF" w14:textId="77777777" w:rsidR="00D94290" w:rsidRPr="00D94290" w:rsidRDefault="00D94290" w:rsidP="00D94290">
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">запис текстів народної </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>неказкової</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прози,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F4D71DF" w14:textId="77777777" w:rsidR="00D94290" w:rsidRPr="00D27FA0" w:rsidRDefault="00D94290" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="33" w:firstLine="327"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D94290">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
-            <w:r w:rsidR="00EB783F" w:rsidRPr="00D94290">
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>наліз поданих в різних джерелах дефініцій</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D94290">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="410681A6" w14:textId="77777777" w:rsidR="00D94290" w:rsidRPr="00D94290" w:rsidRDefault="00D94290" w:rsidP="00D94290">
+          <w:p w14:paraId="410681A6" w14:textId="77777777" w:rsidR="00D94290" w:rsidRPr="00D27FA0" w:rsidRDefault="00D94290" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="33" w:firstLine="327"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D94290">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
-            <w:r w:rsidR="00EB783F" w:rsidRPr="00D94290">
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>наліз фольклорних текстів</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D94290">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="573E1968" w14:textId="3E0E2DF9" w:rsidR="00EB783F" w:rsidRPr="00D94290" w:rsidRDefault="00EB783F" w:rsidP="00D94290">
+          <w:p w14:paraId="573E1968" w14:textId="3E0E2DF9" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="46"/>
+                <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="33" w:firstLine="327"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D94290">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">виконання завдань, викладених у СЕЗН </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D94290">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Moodle</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D94290">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D94290">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ЗНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="046187B2" w14:textId="23B692C5" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00C90DD3" w:rsidP="00C90DD3">
+          <w:p w14:paraId="046187B2" w14:textId="4BDBEC0C" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00C90DD3" w:rsidP="00C90DD3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="317"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00EB783F" w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="00944452" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C9F7422" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="2C9F7422" w14:textId="382F3925" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C37063A" w14:textId="7CF4FD66" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="7C37063A" w14:textId="7FDD9EF3" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>9 тиждень</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тиждень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="013ACE44" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="013ACE44" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B700BB6" w14:textId="2BDFF5EC" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4B700BB6" w14:textId="2BDFF5EC" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Лекція 9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FBA02A1" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="009C29E6" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="144E5C00" w14:textId="04F11EA5" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="006C0FA0" w:rsidP="006C0FA0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...38 lines deleted...]
-            </w:pPr>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Тема 7. Думи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D2C2180" w14:textId="5416C4CB" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="1D2C2180" w14:textId="5416C4CB" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="410DF980" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="410DF980" w14:textId="342271FB" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>…</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="502980B6" w14:textId="4C2796A7" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="502980B6" w14:textId="4C2796A7" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00164211">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>9 тиждень</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="633B9E75" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="633B9E75" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="6570CA5A" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="49293CE0" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14AE1501" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00BF12DF" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="330FC2BA" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF12DF">
-[...25 lines deleted...]
-              <w:t>9 - 10</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07140F47" w14:textId="77777777" w:rsidR="00781482" w:rsidRPr="00781482" w:rsidRDefault="00781482" w:rsidP="00781482">
-[...59 lines deleted...]
-          <w:p w14:paraId="05D3FC35" w14:textId="74D702A5" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="61B34A2C" w14:textId="19F5500C" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00997084" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="730C9407" w14:textId="35258FD5" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.Історія збирання та публікації </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>думового</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> епосу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F6DDB72" w14:textId="3683841A" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2. Історія дослідження дум.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E6FA100" w14:textId="70E90F81" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Поетика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>думового</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> епосу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3804C5D2" w14:textId="3419A57B" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4. Дума та билина.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56EE2A9C" w14:textId="05424A41" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Дума та </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>пісні-хроніки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B3884D7" w14:textId="46F5E086" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14E7D106" w14:textId="77777777" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="26"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="778D6621" w14:textId="4AA5E707" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>працювання рекомендованої наукової літератури та збірників фольклорних текстів</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68973E32" w14:textId="77777777" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="26"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="307F25CB" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наліз поданих в різних джерелах дефініцій</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3454D20B" w14:textId="77777777" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="26"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...29 lines deleted...]
-              <w:pStyle w:val="af4"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наліз </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>двох дум,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B8F8277" w14:textId="77777777" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="26"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...14 lines deleted...]
-              <w:pStyle w:val="af4"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>вивчення уривків напам’ять,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EAE1FD9" w14:textId="50F17E85" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="26"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...39 lines deleted...]
-            </w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">виконання завдань, викладених у СЕЗН </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ЗНУ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0DECB0CE" w14:textId="665A34D7" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="7908D691" w14:textId="1CBC72A9" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00944452" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C4788E8" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="631C79ED" w14:textId="06B0035B" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F5BFD5A" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="567E5FAC" w14:textId="485ECF27" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00BF12DF">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve"> 9 тиждень</w:t>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> тиждень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="49293CE0" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="7C9806FD" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="330FC2BA" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4E112CB9" w14:textId="781CE772" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...3 lines deleted...]
-              <w:t>Самостійна робота</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лекція 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61B34A2C" w14:textId="19F5500C" w:rsidR="00997084" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="4B05CFDA" w14:textId="3BF495B8" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00E1463B" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1160"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Історія збирання та публікації </w:t>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Тема</w:t>
+            </w:r>
+            <w:r w:rsidR="006C0FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E32CB5" w14:textId="76FE734B" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1160"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Історичні пісні</w:t>
+            </w:r>
+            <w:r w:rsidR="006C0FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00997084">
-[...3 lines deleted...]
-              <w:t>думового</w:t>
+            <w:r w:rsidR="006C0FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Балаади</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00997084">
-[...255 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="03ED9CC3" w14:textId="73853F88" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1160"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7908D691" w14:textId="3C2C3AE9" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4DA3995D" w14:textId="019AE213" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="006A2D98" w:rsidP="00E1463B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>8</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="631C79ED" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="183F6B4A" w14:textId="2DDFAED9" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00E1463B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="567E5FAC" w14:textId="534EBA46" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="5403BBF1" w14:textId="6EA01BD0" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>10 тиждень</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="2E4DE006" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="7C9806FD" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="6748F238" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E112CB9" w14:textId="781CE772" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="6F511CAE" w14:textId="1ED19250" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="005665F5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A2D98">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Практичне заняття </w:t>
+            </w:r>
+            <w:r w:rsidR="005665F5" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B05CFDA" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00164211" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="7FB12E7E" w14:textId="16D71C65" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="00E1463B" w:rsidP="00E1463B">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="1160"/>
+                <w:tab w:val="left" w:pos="1820"/>
+                <w:tab w:val="center" w:pos="2146"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00164211">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Тема.</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Тема</w:t>
+            </w:r>
+            <w:r w:rsidR="006C0FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00164211">
+              <w:t xml:space="preserve"> 7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B519714" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="005665F5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1820"/>
+                <w:tab w:val="center" w:pos="2146"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Історичні пісні</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="af4"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Думи</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="141DA51F" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Створити словник основних фольклористичних термінів, пов‘язаних з темою заняття.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50545B58" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проаналізувати одну з героїчних дум (за вибором).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F412AF1" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опрацювати рекомендовану літературу та підготувати відповіді на питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12192F94" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="005665F5">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="360"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.Визначення жанру. Походження дум та їх історичний розвиток.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B42F3F0" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Героїко-патріотичні думи. Класифікація. Поетика. Думи і Запорожжя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="029540B7" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Соціально-побутові думи. Персонажі. Поетика.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32E07024" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Виконавці дум.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15C63A52" w14:textId="2D26B4CA" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="005665F5">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="1160"/>
+                <w:tab w:val="left" w:pos="175"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="393"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DA3995D" w14:textId="500B8B36" w:rsidR="00EB783F" w:rsidRPr="006A2D98" w:rsidRDefault="006A2D98" w:rsidP="006A2D98">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="70B8200C" w14:textId="4C7A0E57" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="007666C0" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">   2</w:t>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="183F6B4A" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="62B25867" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5403BBF1" w14:textId="6EA01BD0" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="5D5854B9" w14:textId="673AEFBE" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF12DF">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>10 тиждень</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E4DE006" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="488667CD" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="6748F238" w14:textId="77777777" w:rsidTr="0009183E">
-[...391 lines deleted...]
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="45A209DD" w14:textId="77777777" w:rsidTr="00781482">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="45A209DD" w14:textId="77777777" w:rsidTr="00781482">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74814ADF" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="74814ADF" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4D12F2A4" w14:textId="6FDACAA1" w:rsidR="00D94290" w:rsidRDefault="00EB783F" w:rsidP="00997084">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0069164E">
+          <w:p w14:paraId="4D12F2A4" w14:textId="6FDACAA1" w:rsidR="00D94290" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D94290">
+            <w:r w:rsidR="00D94290" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Питанн</w:t>
             </w:r>
-            <w:r w:rsidR="00997084">
+            <w:r w:rsidR="00997084" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>я:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="379C6EE9" w14:textId="59EDD079" w:rsidR="00997084" w:rsidRDefault="00997084" w:rsidP="00997084">
-[...34 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="379C6EE9" w14:textId="59EDD079" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.Балада в українському фольклорі. Жанрова своєрідність та національна специфіка.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1363A666" w14:textId="434AEFD4" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2. Типологія українських балад.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CDF69EA" w14:textId="415F1417" w:rsidR="00997084" w:rsidRDefault="00997084" w:rsidP="00997084">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2CDF69EA" w14:textId="415F1417" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3. Історія дослідження та публікації балад.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7792A014" w14:textId="1678AF17" w:rsidR="00997084" w:rsidRDefault="00997084" w:rsidP="00997084">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7792A014" w14:textId="1678AF17" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4. Баладні мотиви та образи в літературі.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0870F2B9" w14:textId="27D83902" w:rsidR="00997084" w:rsidRPr="00997084" w:rsidRDefault="00997084" w:rsidP="00997084">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0870F2B9" w14:textId="27D83902" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="00997084">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5. Балада та романс.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1ACC8156" w14:textId="77777777" w:rsidR="00781482" w:rsidRDefault="00781482" w:rsidP="00781482">
-[...16 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="1ACC8156" w14:textId="77777777" w:rsidR="00781482" w:rsidRPr="00D27FA0" w:rsidRDefault="00781482" w:rsidP="00781482">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="222E4F61" w14:textId="6A174C06" w:rsidR="00D94290" w:rsidRPr="00D27FA0" w:rsidRDefault="00D94290" w:rsidP="00781482">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Завдання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31C1FA2B" w14:textId="00CB50A3" w:rsidR="00D94290" w:rsidRPr="00997084" w:rsidRDefault="00D94290" w:rsidP="00781482">
+          <w:p w14:paraId="31C1FA2B" w14:textId="00CB50A3" w:rsidR="00D94290" w:rsidRPr="00D27FA0" w:rsidRDefault="00D94290" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="47"/>
+                <w:numId w:val="25"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="175" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00997084">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Опрацювання наукових та навчальних джерел</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="107CE7E1" w14:textId="6460849C" w:rsidR="00D94290" w:rsidRPr="00997084" w:rsidRDefault="00997084" w:rsidP="00781482">
+          <w:p w14:paraId="107CE7E1" w14:textId="6460849C" w:rsidR="00D94290" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="47"/>
+                <w:numId w:val="25"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="175" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00997084">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
-            <w:r w:rsidR="00D94290" w:rsidRPr="00997084">
+            <w:r w:rsidR="00D94290" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>наліз баладного тексту</w:t>
             </w:r>
-            <w:r w:rsidRPr="00997084">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6827FFB0" w14:textId="67F9D883" w:rsidR="00997084" w:rsidRPr="00997084" w:rsidRDefault="00997084" w:rsidP="00781482">
+          <w:p w14:paraId="6827FFB0" w14:textId="67F9D883" w:rsidR="00997084" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="47"/>
+                <w:numId w:val="25"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="175" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00997084">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>у</w:t>
             </w:r>
-            <w:r w:rsidR="00D94290" w:rsidRPr="00997084">
+            <w:r w:rsidR="00D94290" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">кладання  таблиці </w:t>
             </w:r>
-            <w:r w:rsidRPr="00997084">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>порівняння жанрових особливостей історичних пісень і балад,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F2248DF" w14:textId="0CAE1C82" w:rsidR="00EB783F" w:rsidRPr="00997084" w:rsidRDefault="00997084" w:rsidP="00781482">
+          <w:p w14:paraId="1F2248DF" w14:textId="0CAE1C82" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00997084" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="47"/>
+                <w:numId w:val="25"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="175" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00997084">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
-            <w:r w:rsidR="00EB783F" w:rsidRPr="00997084">
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ідготовка до практичного заняття, опрацювання збірників текстів та літератури</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0152503B" w14:textId="231294A6" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="0152503B" w14:textId="5B2D0ABE" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00944452" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4DDCAA45" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4DDCAA45" w14:textId="057B8498" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00B01219" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="257CF3CF" w14:textId="138DC1BC" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="257CF3CF" w14:textId="2DBF6879" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>11 тиждень</w:t>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тиждень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="00953E83" w14:textId="77777777" w:rsidTr="005E7469">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="00953E83" w14:textId="77777777" w:rsidTr="005E7469">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74614FEE" w14:textId="0F7AF00E" w:rsidR="00EB783F" w:rsidRPr="005E7469" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="74614FEE" w14:textId="0F7AF00E" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E7469">
-[...9 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Лекція 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="677E40F9" w14:textId="2EFC7F11" w:rsidR="00EB783F" w:rsidRPr="00164211" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="544445D6" w14:textId="3C2DEBB0" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="006C0FA0" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Тема 8.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...19 lines deleted...]
-              <w:t>Регіональна специфіка історичного фольклору Нижньої Наддніпрянщини</w:t>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Історичні пісні. Балади.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A37FDA1" w14:textId="79288494" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="5A37FDA1" w14:textId="79288494" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3109EFFE" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="3109EFFE" w14:textId="310F0D4E" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6548A954" w14:textId="2AB875C9" w:rsidR="00EB783F" w:rsidRPr="005E7469" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="6548A954" w14:textId="2AB875C9" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E7469">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>1</w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="2F94F55A" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="005E7469" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+              <w:t>11 тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F94F55A" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="3874E093" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="3874E093" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A71FBB9" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4A71FBB9" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46E95B74" w14:textId="605E5D92" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...28 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="46E95B74" w14:textId="605E5D92" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F389F01" w14:textId="1DB44848" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1.Регіональна специфіка формування фольклору на теренах історичного Запорожжя.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2845B080" w14:textId="467427E6" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2845B080" w14:textId="467427E6" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2. Час-простір-герой в історичних піснях Запорожжя.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="712B73ED" w14:textId="0DFFDAFE" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="712B73ED" w14:textId="0DFFDAFE" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3. Дума і Запорожжя.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B80E950" w14:textId="6A13DF01" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2B80E950" w14:textId="6A13DF01" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>4. Регіональна специфіка народної прози Нижньої Наддніпрянщини.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09FAF168" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00B47C83" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...16 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="09FAF168" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A6EFABC" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Завдання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43865FED" w14:textId="175F1929" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="43865FED" w14:textId="175F1929" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="43"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE4C32">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Опрацювання рекомендованої наукової літератури та збірників фольклорних текстів,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3654EDAC" w14:textId="6E8E0CB6" w:rsidR="00EB783F" w:rsidRPr="00CE4C32" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="3654EDAC" w14:textId="6E8E0CB6" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="43"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>записати фольклорні тексти про Запорожжя та запорожців,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03574FD4" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00CE4C32" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="03574FD4" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="43"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE4C32">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>аналіз поданих в різних джерелах дефініцій,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11D2D010" w14:textId="30B3DEFF" w:rsidR="00EB783F" w:rsidRPr="00CE4C32" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="11D2D010" w14:textId="30B3DEFF" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="43"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE4C32">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">аналіз фольклорних текстів. виконання завдань, викладених у СЕЗН </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE4C32">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Moodle</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE4C32">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE4C32">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ЗНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5F849FD8" w14:textId="22512E31" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="5F849FD8" w14:textId="5D1D7CCD" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DF51DD9" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="7DF51DD9" w14:textId="6E9A65A0" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00B01219" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F86FBC1" w14:textId="1B198B53" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="3F86FBC1" w14:textId="58DED297" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>12 тиждень</w:t>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тиждень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="6718ADDB" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="6718ADDB" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76D8297C" w14:textId="11010C82" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="76D8297C" w14:textId="73229876" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="007666C0" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...4 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...11 lines deleted...]
-              <w:t>- 13</w:t>
+              <w:t xml:space="preserve">Лекція 12 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="614D46A7" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00CE4C32" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="5DBC8231" w14:textId="2E16BD39" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="006C0FA0" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема 9. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Народна лірична </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>необрядова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...12 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пісенність.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23DB6D4A" w14:textId="4B9F9D49" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="23DB6D4A" w14:textId="1E84F56D" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="007666C0" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33FC8168" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="33FC8168" w14:textId="297E346A" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78FD3E3B" w14:textId="5EC8DD64" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="78FD3E3B" w14:textId="5EC8DD64" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00164211">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>12 тиждень</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26495A44" w14:textId="7A23513E" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="26495A44" w14:textId="113FCA9A" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="364E5A30" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="364E5A30" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DBF23BD" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00BF12DF" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="38D28B84" w14:textId="7E324FA5" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF12DF">
-[...25 lines deleted...]
-              <w:t>13 - 14</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Практичне заняття 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7000018F" w14:textId="437B1F58" w:rsidR="00EB783F" w:rsidRPr="00B47C83" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...38 lines deleted...]
-          <w:p w14:paraId="669079AB" w14:textId="7121E25F" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="6FCA9547" w14:textId="2C30D793" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="006C0FA0" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="30"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1160"/>
+              </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Тема 8.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Історичні пісні. Балади.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005665F5" w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Створити словник основних фольклористичних термінів, пов‘язаних з темою заняття.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BF65AC3" w14:textId="70ACDF4C" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="49CDAF31" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="30"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1160"/>
+              </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Записати народні пісні, що побутують / побутували у вашій родині/ у вашому селищі / серед ваших знайомих.</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="af0"/>
+              <w:t>Опрацювати рекомендовану літературу та підготувати відповіді на питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72C6C1F1" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="9"/>
               </w:numPr>
-              <w:autoSpaceDE w:val="0"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1160"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:kern w:val="0"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Проблема визначення жанру. Зв‘язок із іншими жанрами українського фольклору.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E0B1DE8" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1160"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:kern w:val="0"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Тематика та поетика історичних пісень старшої верстви.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B8721BA" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1160"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:kern w:val="0"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Пісні другої половини 17-початку 18 ст.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A25AB3F" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1160"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:kern w:val="0"/>
-[...8 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+              <w:t>Історичні пісні й Запорожжя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02275F17" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="33" w:firstLine="0"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:kern w:val="0"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Історичні пісні пізньої доби.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B77A89B" w14:textId="77777777" w:rsidR="005665F5" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="175"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:kern w:val="0"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="1B7B08D5" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+              </w:rPr>
+              <w:t>Збирання  дослідження історичних пісень.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="003F2272" w14:textId="4742A15A" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="005665F5">
             <w:pPr>
               <w:widowControl/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...18 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11191A93" w14:textId="00284A00" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="11191A93" w14:textId="66091495" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="007666C0" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B1D44DC" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="0B1D44DC" w14:textId="165F1210" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CE76A64" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="7CE76A64" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="54E972BF" w14:textId="5170F9BC" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="76297211" w14:textId="35C29A1F" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="005665F5" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>1</w:t>
-[...34 lines deleted...]
-          <w:p w14:paraId="1AE3F583" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+              <w:t>12 тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE3F583" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="5CCAA292" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="5CCAA292" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76E6B4BB" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="197BBA18" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00E1463B" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00E1463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Самостійна робота</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="76E6B4BB" w14:textId="6DC82BCA" w:rsidR="004D06DC" w:rsidRPr="00E1463B" w:rsidRDefault="004D06DC" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7922C7B3" w14:textId="7E8F15F4" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...28 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="7922C7B3" w14:textId="7E8F15F4" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="524A3AC2" w14:textId="61F78CAA" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1.Побутування малих пісенних форм, імпровізаційний характер, тематика, поетика.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70DC32E4" w14:textId="5871F372" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="70DC32E4" w14:textId="5871F372" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.Історична тематика в частівках та коломийках.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="269543E4" w14:textId="1EF433AB" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="269543E4" w14:textId="1EF433AB" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3. порівняльний аналіз коломийок та частівок.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2704B8B2" w14:textId="190F404F" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2704B8B2" w14:textId="190F404F" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Завдання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B797D38" w14:textId="1D22E693" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="3B797D38" w14:textId="1D22E693" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="44"/>
+                <w:numId w:val="22"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C03274">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Аналіз ліричних пісень, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EF45850" w14:textId="3AD56FA7" w:rsidR="00EB783F" w:rsidRPr="00C03274" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="5EF45850" w14:textId="3AD56FA7" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="44"/>
+                <w:numId w:val="22"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>запис малих пісенних форм від рідних і знайомих,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AE42315" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="7AE42315" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="44"/>
+                <w:numId w:val="22"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C03274">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>вивчення творів напам’ять,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3ECB51D5" w14:textId="34CB6B67" w:rsidR="00EB783F" w:rsidRPr="00C03274" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="3ECB51D5" w14:textId="34CB6B67" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="44"/>
+                <w:numId w:val="22"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C03274">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">конспектування літератури, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BB06D36" w14:textId="6EF10E62" w:rsidR="00EB783F" w:rsidRPr="00C03274" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="0BB06D36" w14:textId="6EF10E62" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="44"/>
+                <w:numId w:val="22"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C03274">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ведення термінологічних словників,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A5A6D17" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C03274" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="0A5A6D17" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="44"/>
+                <w:numId w:val="22"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C03274">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">виконання завдань, викладених у СЕЗН </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C03274">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Moodle</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C03274">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C03274">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ЗНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4A17AEDF" w14:textId="53833AB5" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4A17AEDF" w14:textId="163197D0" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="099C7E9A" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="099C7E9A" w14:textId="3439A3FC" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00B01219" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53B18866" w14:textId="0E9D54A8" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="53B18866" w14:textId="19D8D12C" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="007666C0" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>13 тиждень</w:t>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="005665F5" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB783F" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="3E43B0F8" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="007666C0" w:rsidRPr="00D27FA0" w14:paraId="02C5AEE9" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64CB9BFF" w14:textId="7A8A6C0D" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="41E4B30B" w14:textId="3D393329" w:rsidR="007666C0" w:rsidRPr="00E1463B" w:rsidRDefault="007666C0" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00E1463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Лекція 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="789352CE" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00164211" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="7DB59212" w14:textId="7EE9C899" w:rsidR="007666C0" w:rsidRPr="00D27FA0" w:rsidRDefault="006C0FA0" w:rsidP="006C0FA0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема 9. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Народна лірична </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-              <w:t>Фольклор і сучасність</w:t>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>необрядова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пісенність.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B96DA26" w14:textId="3758087E" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="39B1BE04" w14:textId="77777777" w:rsidR="007666C0" w:rsidRPr="00D27FA0" w:rsidRDefault="007666C0" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="553BAF42" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="72D3747E" w14:textId="77777777" w:rsidR="007666C0" w:rsidRPr="00D37109" w:rsidRDefault="007666C0" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DBF4D71" w14:textId="20D30FDB" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="35290C32" w14:textId="022AB9F8" w:rsidR="007666C0" w:rsidRDefault="007666C0" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF12DF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>14 тиждень</w:t>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:t>13 тиждень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="2E787136" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="00501B43" w:rsidRPr="00D27FA0" w14:paraId="1012B06E" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="705DCF95" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="7AA4536B" w14:textId="203B5155" w:rsidR="00501B43" w:rsidRPr="00E1463B" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00E1463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6262E925" w14:textId="3C5B2464" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...80 lines deleted...]
-          <w:p w14:paraId="3E257E05" w14:textId="77777777" w:rsidR="008D7BE6" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4CEDCBBB" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Питання</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D4E323" w14:textId="1F8F6874" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="42"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE4C32">
-[...6 lines deleted...]
-          <w:p w14:paraId="6E7C2AA0" w14:textId="77777777" w:rsidR="008D7BE6" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Традиційні жанри українського фольклору в 20 – 21 ст.: стан збереженості, характер функціонування.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F6A0FE" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="42"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE4C32">
-[...6 lines deleted...]
-          <w:p w14:paraId="5B11A829" w14:textId="3F605A7C" w:rsidR="00EB783F" w:rsidRPr="00CE4C32" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Чинники впливу на фольклорну традицію 20-21 рр.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D212044" w14:textId="69B38479" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="42"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE4C32">
-[...77 lines deleted...]
-              <w:t>ЗНУ</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нові жанри та форми побутування фольклору у 20-21 ст.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA5F432" w14:textId="70B9ACF7" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4ADF95DD" w14:textId="27E6D55F" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...3 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5595E453" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="7E850BDC" w14:textId="2254D3F0" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00B01219" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72652CE6" w14:textId="19DEB080" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="5124E930" w14:textId="2C85E675" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>14 тиждень</w:t>
+              <w:t>13 тиждень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="4B8A5317" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="3E43B0F8" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D9BEF9E" w14:textId="04E2E5A9" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="64CB9BFF" w14:textId="7A8A6C0D" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...9 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лекція 14 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04933D38" w14:textId="328B93C7" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="789352CE" w14:textId="1067CE5C" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="006C0FA0" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Тема</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="424479C8" w14:textId="0ADABD0C" w:rsidR="00EB783F" w:rsidRPr="00164211" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+              <w:t>Тема 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="722C611F" w14:textId="19C6BED3" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-            </w:pPr>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Фольклор і сучасність</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5800D162" w14:textId="474A9873" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="2B96DA26" w14:textId="3758087E" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="326D93BD" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="553BAF42" w14:textId="4076813F" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30C98C28" w14:textId="52808784" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="6DBF4D71" w14:textId="20D30FDB" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF12DF">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>15 тиждень</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3F12B3D9" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+              <w:t>14 тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F0AD96A" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="48AB37BC" w14:textId="77777777" w:rsidTr="0009183E">
+      <w:tr w:rsidR="00501B43" w:rsidRPr="00D27FA0" w14:paraId="7A1F1D55" w14:textId="77777777" w:rsidTr="0009183E">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E838337" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00BF12DF" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4CA27ECF" w14:textId="2691D582" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF12DF">
-[...20 lines deleted...]
-              <w:t>заняття 15</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Практичне заняття 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06C5E47C" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00164211" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="2377BD5D" w14:textId="77777777" w:rsidR="006C0FA0" w:rsidRDefault="006C0FA0" w:rsidP="006C0FA0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00164211">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Тема.</w:t>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Тема 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AB9E216" w14:textId="77777777" w:rsidR="006C0FA0" w:rsidRDefault="006C0FA0" w:rsidP="006C0FA0">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-          <w:p w14:paraId="72692C52" w14:textId="11B02FBE" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+              <w:t>Сучасний стан фольклорної традиції</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37C4043A" w14:textId="38232947" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="006C0FA0">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="30"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
-              <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Створити словник основних фольклористичних термінів, пов‘язаних з темою заняття.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="356C0972" w14:textId="21CCC1A8" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="75E2EE59" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="30"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
-              <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Записати зразки </w:t>
-[...18 lines deleted...]
-          <w:p w14:paraId="47D6367B" w14:textId="472E20DF" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+              <w:t>Записати народні пісні, що побутують / побутували у вашій родині/ у вашому селищі / серед ваших знайомих.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DDEBEE6" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="30"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
-              <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Опрацювати рекомендовану літературу та підготувати відповіді на питання:</w:t>
-[...100 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Опрацювати рекомендовану літературу та підготувати відповіді на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="054E4D0F" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00501B43">
+            <w:pPr>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1. Специфіка фольклорної лірики. Ліричні пісні.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27EEE136" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00501B43">
+            <w:pPr>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2. Основні тематичні групи, поетика та образність родинно-побутових ліричних пісень.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1242A744" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00501B43">
+            <w:pPr>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3. Суспільно-побутові пісні. Основні тематичні групи. Образність.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22179C98" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00501B43">
+            <w:pPr>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4. Роль козацьких пісень у становленні та розвитку чумацьких, бурлацьких, рекрутських, солдатських пісень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EDF323B" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00501B43">
+            <w:pPr>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>5. Жанрово-стильові особливості частівок та коломийок.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5396F86B" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00501B43">
+            <w:pPr>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>6. Пісні літературного походження.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C50BCB" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00501B43">
+            <w:pPr>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>7. Поетична система української народної лірики.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10E79754" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A25E5AD" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="1FA539F9" w14:textId="5F624C4D" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3AE8E09C" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="20ADD1BC" w14:textId="66F3144F" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00F34A4D" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12FD9472" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="4753EFB0" w14:textId="7BC49DFD" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-            </w:pPr>
+              <w:t>14 тиждень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB783F" w:rsidRPr="0069164E" w14:paraId="2F04BF72" w14:textId="77777777" w:rsidTr="00C90DD3">
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="2E787136" w14:textId="77777777" w:rsidTr="00C90DD3">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B8603D5" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="705DCF95" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Самостійна робота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3ABDCE3C" w14:textId="071DB90E" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
-[...108 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6262E925" w14:textId="3C5B2464" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Питання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F8FEAC5" w14:textId="622E7B60" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.Обрядовий фольклор періоду війни.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C400B09" w14:textId="4C13D377" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2. Сучасні паремії.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FA45C71" w14:textId="00E5EAE2" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3. Сучасне побутування традиційної народної  прози.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A5A64ED" w14:textId="31BE08C3" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Завдання:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75DD0538" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00927498" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="3E257E05" w14:textId="77777777" w:rsidR="008D7BE6" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="41"/>
+                <w:numId w:val="20"/>
               </w:numPr>
-              <w:tabs>
-[...16 lines deleted...]
-          <w:p w14:paraId="68EA591C" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опрацювання теоретичного матеріалу, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E7C2AA0" w14:textId="77777777" w:rsidR="008D7BE6" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="41"/>
+                <w:numId w:val="20"/>
               </w:numPr>
-              <w:tabs>
-[...16 lines deleted...]
-          <w:p w14:paraId="0F4DE8BC" w14:textId="4EE60212" w:rsidR="00EB783F" w:rsidRPr="00927498" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">підготовка до практичного заняття, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B11A829" w14:textId="3F605A7C" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="41"/>
+                <w:numId w:val="20"/>
               </w:numPr>
-              <w:tabs>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">виконання колективного </w:t>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">укладення порівняльних таблиць, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59F17665" w14:textId="3BC088B5" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аналіз </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00927498">
-[...3 lines deleted...]
-              <w:t>проєкту</w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>постфольклорних</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00927498">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> текстів,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F57F6DB" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">виконання завдань, викладених у СЕЗН </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ЗНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E614A6F" w14:textId="1F435CBB" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00C90DD3">
+          <w:p w14:paraId="0CA5F432" w14:textId="1E4F4B0E" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EC3C71" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...34 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B48A054" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00C90DD3" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="5595E453" w14:textId="2B536C6A" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00B01219" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C3B6E57" w14:textId="30580FCE" w:rsidR="00EB783F" w:rsidRPr="0069164E" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+          <w:p w14:paraId="72652CE6" w14:textId="19DEB080" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>14 тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w14:paraId="4B8A5317" w14:textId="77777777" w:rsidTr="0009183E">
+        <w:trPr>
+          <w:trHeight w:val="675"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D9BEF9E" w14:textId="04E2E5A9" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Лекція 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04933D38" w14:textId="42B16DB0" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Тема</w:t>
+            </w:r>
+            <w:r w:rsidR="00F77F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="424479C8" w14:textId="1FAC0A3A" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00F77F21" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F77F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Сучасний стан фольклорної традиції</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5800D162" w14:textId="474A9873" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="326D93BD" w14:textId="1D49258E" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30C98C28" w14:textId="52808784" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>15 тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F12B3D9" w14:textId="77777777" w:rsidR="00EB783F" w:rsidRPr="00D27FA0" w:rsidRDefault="00EB783F" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00501B43" w:rsidRPr="00D27FA0" w14:paraId="48AB37BC" w14:textId="77777777" w:rsidTr="0009183E">
+        <w:trPr>
+          <w:trHeight w:val="675"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14A2693B" w14:textId="3AAECA83" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Самостійна робота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58F8E6EA" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="2231"/>
+                <w:tab w:val="left" w:pos="3216"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Питання. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FBF8642" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="2231"/>
+                <w:tab w:val="left" w:pos="3216"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.Чи побутує фольклор у сучасному молодіжному середовищі?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="518E775B" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="2231"/>
+                <w:tab w:val="left" w:pos="3216"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Творчість молодіжних субкультур – фольклор, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>постфольклор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чи щось інше? 3. Чи існує </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>інтерлор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6185AEAE" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00CA523A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="2231"/>
+                <w:tab w:val="left" w:pos="3216"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="608B3422" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="2231"/>
+                <w:tab w:val="left" w:pos="3216"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пошуки та опрацювання наукової літератури, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="575BDDE8" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="006B468B">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="2231"/>
+                <w:tab w:val="left" w:pos="3216"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">підготовка індивідуальних завдань, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35ABC80A" w14:textId="7A5CFA26" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00501B43">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">виконання колективного </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>проєкту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A25E5AD" w14:textId="1E651116" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00E1463B" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AE8E09C" w14:textId="3A72EA43" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00B01219" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12FD9472" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>15тиждень</w:t>
-            </w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25348FBD" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15 тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C7B1395" w14:textId="77777777" w:rsidR="00501B43" w:rsidRPr="00D27FA0" w:rsidRDefault="00501B43" w:rsidP="00EB783F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="09FFD423" w14:textId="77777777" w:rsidR="005748A5" w:rsidRPr="008E5930" w:rsidRDefault="005748A5" w:rsidP="00EF4D23">
+    <w:p w14:paraId="09FFD423" w14:textId="77777777" w:rsidR="005748A5" w:rsidRPr="00D27FA0" w:rsidRDefault="005748A5" w:rsidP="00EF4D23">
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="927"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23ABD478" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+    <w:p w14:paraId="23ABD478" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="927"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0069164E">
+      <w:r w:rsidRPr="00D27FA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">5. Види і зміст контрольних заходів </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1202C5BB" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+    <w:p w14:paraId="1202C5BB" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="927"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblInd w:w="142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1384"/>
         <w:gridCol w:w="2013"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="1672"/>
         <w:gridCol w:w="29"/>
         <w:gridCol w:w="1814"/>
         <w:gridCol w:w="29"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="18B8804C" w14:textId="77777777" w:rsidTr="009C29E6">
+      <w:tr w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w14:paraId="18B8804C" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="29" w:type="dxa"/>
           <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F684B03" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="0F684B03" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Вид заняття/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F126EC8" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="2F126EC8" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">роботи </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7130CD70" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="7130CD70" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Вид контрольного заходу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78463945" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="78463945" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Зміст контрольного заходу*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39100860" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="39100860" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Критерії оцінювання</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="371E0B8A" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="371E0B8A" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>та термін виконання*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16AD7D9C" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="16AD7D9C" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Усього балів</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="7CFDB762" w14:textId="77777777" w:rsidTr="009C29E6">
+      <w:tr w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w14:paraId="7CFDB762" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="29" w:type="dxa"/>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="791EA70B" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="791EA70B" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27FB3D1F" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="27FB3D1F" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C6485EE" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="6C6485EE" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6772FA16" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="6772FA16" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40F11D4C" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="40F11D4C" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B56C83" w:rsidRPr="0069164E" w14:paraId="0E1C2039" w14:textId="77777777" w:rsidTr="009C29E6">
+      <w:tr w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w14:paraId="0E1C2039" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="29" w:type="dxa"/>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C713572" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+          <w:p w14:paraId="2C713572" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="00D27FA0" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Поточний контроль</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5A90" w:rsidRPr="0069164E" w14:paraId="6E34ED89" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="29" w:type="dxa"/>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="680CDAF5" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
+          <w:p w14:paraId="680CDAF5" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="00D27FA0" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Практичне заняття 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5038E84E" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+          <w:p w14:paraId="5038E84E" w14:textId="18B45867" w:rsidR="00DD5A90" w:rsidRPr="00D27FA0" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Опитування </w:t>
+            </w:r>
+            <w:r w:rsidR="00B01219" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Укладення порівняльної таблиці, ведення фольклористичного словника.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3234E97B" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+          <w:p w14:paraId="342D7523" w14:textId="77777777" w:rsidR="00B01219" w:rsidRPr="00D27FA0" w:rsidRDefault="00DD5A90" w:rsidP="00B01219">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Вивчення та аналіз пропонованої літератури, </w:t>
             </w:r>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Підготовка за планами практичних занять, розміщеними у </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Moodle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЗНУ</w:t>
+            </w:r>
+            <w:r w:rsidR="00B01219" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B01219" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="372C3C39" w14:textId="4EF390C9" w:rsidR="00B01219" w:rsidRPr="00D27FA0" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Зіставлення базових рис літератури та фольклор</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3234E97B" w14:textId="370F157F" w:rsidR="00DD5A90" w:rsidRPr="00D27FA0" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  (за 8 – 12 критеріями). Необхідний коментар до таблиці – 1 – 1,5 сторінки 14 кеглем з 1,5 інтервалом.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32EDD1CD" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+          <w:p w14:paraId="71AEBFD7" w14:textId="71231D6C" w:rsidR="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B2CB0DE" w14:textId="77777777" w:rsidR="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32EDD1CD" w14:textId="2BF0DA57" w:rsidR="00DD5A90" w:rsidRPr="00D27FA0" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Вміння обирати джерела та вилучати коректну інформацію, структурувати та аргументувати відповідь</w:t>
+            </w:r>
+            <w:r w:rsidR="00B01219" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00B01219" w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Логіка мислення, навички аналізу матеріалу, вміння опрацьовувати запропоновані джерела та структурувати отримане знання.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68966F33" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
+          <w:p w14:paraId="68966F33" w14:textId="1A6156E5" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r w:rsidRPr="00D27FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5A90" w:rsidRPr="0069164E" w14:paraId="4454B463" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="29" w:type="dxa"/>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7F89A431" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Практичне заняття 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E6CDCB7" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+          <w:p w14:paraId="7EF71AE3" w14:textId="77777777" w:rsidR="00B01219" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:ind w:left="57" w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Термінологічний диктант та тестування у </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">СЕЗН </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЗНУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E6CDCB7" w14:textId="1D9D4349" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00EF4D23">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-              <w:t>Укладення порівняльної таблиці, ведення фольклористичного словника.</w:t>
+              </w:rPr>
+              <w:t>Укладання корпусу елементів обряду та обрядової поезії, яка побутує у родині.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="115C4E7F" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="0084702D">
+          <w:p w14:paraId="0C1214EE" w14:textId="77777777" w:rsidR="00B01219" w:rsidRPr="00CA523A" w:rsidRDefault="00B01219" w:rsidP="0084702D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Зіставлення базових рис літератури та фольклор</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D3C14D6" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="0084702D">
+              <w:t xml:space="preserve">Вивчити та проаналізувати запропоновані збірники фольклорних записів та дотичну до теми наукову літературу </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D3C14D6" w14:textId="2CB9B8CB" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="0084702D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>у</w:t>
+              <w:t xml:space="preserve">Від членів родини, близьких знайомих та друзів зробити </w:t>
             </w:r>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">  (за 8 – 12 критеріями). Необхідний коментар до таблиці – 1 – 1,5 сторінки 14 кеглем з 1,5 інтервалом.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">записи обрядової поезії та елементів традиційних та сучасних обрядів та </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обрядодій</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24F82026" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
-            <w:pPr>
+          <w:p w14:paraId="2C8A1F93" w14:textId="09D44D2C" w:rsidR="00A46E55" w:rsidRPr="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00A46E55">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...3 lines deleted...]
-              <w:t>Логіка мислення, навички аналізу матеріалу, вміння опрацьовувати запропоновані джерела та структурувати отримане знання.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FD2F4FC" w14:textId="77777777" w:rsidR="00A46E55" w:rsidRPr="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00A46E55">
+            <w:pPr>
+              <w:pStyle w:val="af0"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24F82026" w14:textId="24B5DBB6" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Логіка та послідовність відбору необхідного для відповідей на питання матеріалу. Кількість та якість зафіксованого матеріалу та вміння використовувати його під час відповідей.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DF61371" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
+          <w:p w14:paraId="5DF61371" w14:textId="6EF5BA98" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5A90" w:rsidRPr="0069164E" w14:paraId="163BCA91" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="009907BF" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Практичне заняття 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09CACC55" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="0084702D">
+          <w:p w14:paraId="440D9738" w14:textId="24DFD55A" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
             <w:pPr>
               <w:ind w:left="57" w:hanging="57"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C90DD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Укладання таблиці порівняльного аналізу паремій</w:t>
+            </w:r>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Термінологічний диктант та тестування у </w:t>
+              <w:t xml:space="preserve"> Тестування у </w:t>
             </w:r>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">СЕЗН </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Moodle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0069164E">
-[...2 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00C90DD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЗНУ</w:t>
             </w:r>
-            <w:r w:rsidRPr="0069164E">
-[...13 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="586F297A" w14:textId="35A79F0A" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+          <w:p w14:paraId="75D5E184" w14:textId="46BE7575" w:rsidR="00DD5A90" w:rsidRPr="00B01219" w:rsidRDefault="00B01219" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B01219">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Здійснити порівняльний аналіз жанрових рис прислів’я, приказки, загадки, результати відтворити у таблиці, структуру якої створити самостійно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B01219">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1666BFC7" w14:textId="77777777" w:rsidR="00B01219" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t xml:space="preserve">Точність та коректність відповідей на завдання, закладені у базі тестів на відповідній сторінці </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЗНУ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="586F297A" w14:textId="7A93093A" w:rsidR="00B01219" w:rsidRPr="00B01219" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B9725A8" w14:textId="594B9135" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00C90DD3" w:rsidP="00EF4D23">
+          <w:p w14:paraId="30A13A7F" w14:textId="76402108" w:rsidR="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00B01219">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Логіка та послідовність відбору необхідного для відповідей на питання матеріалу.</w:t>
-            </w:r>
+              <w:t>6 тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3082D434" w14:textId="77777777" w:rsidR="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A38FC5E" w14:textId="47364CA2" w:rsidR="00B01219" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орієнтація у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>генологічних</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> особливостях фольклорних паре</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>мій, вміння відрізняти за зміст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>овними та формальними показниками, логіка мислення, вміння структурувати результати спостережень Кількість правильних відповідей, знання теоретичного матеріалу та характер осмислення фольклорних творі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>в.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B9725A8" w14:textId="010B6980" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="308C6CEF" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+          <w:p w14:paraId="308C6CEF" w14:textId="7CD0D189" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5A90" w:rsidRPr="0069164E" w14:paraId="060334EE" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0ED6E9EE" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Практичне заняття 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65D90D5A" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="0084702D">
+          <w:p w14:paraId="2EB9F57B" w14:textId="77777777" w:rsidR="00B01219" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Есе на тему «Народна обрядовість та народний театр» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65D90D5A" w14:textId="45B70045" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="0084702D">
             <w:pPr>
               <w:ind w:left="57" w:hanging="57"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-              <w:t>Укладання корпусу елементів обряду та обрядової поезії, яка побутує у родині.</w:t>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тестування у </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">СЕЗН </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЗНУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, опитування за питаннями практичних занять, термінологічний диктант</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52E210E2" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+          <w:p w14:paraId="387FEB23" w14:textId="40BAC533" w:rsidR="00B01219" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Знайомство з текстами творів та науковою літературою. Лише виклад концептуально значущої інформації та власних роздумів щодо кореляції цих явищ. 1,5-2 сторінки тексту 14 кеглем з 1,5 інтервалом.</w:t>
+            </w:r>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">записи обрядової поезії та елементів традиційних та сучасних обрядів та </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> Точність та коректність відповідей на завдання, закладені у базі тестів на відповідній сторінці </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>обрядодій</w:t>
+              <w:t>Moodle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЗНУ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E6C6DBE" w14:textId="330A31AA" w:rsidR="00B01219" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Коректність та повнота відповідей на питання практичних занять.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52E210E2" w14:textId="7A8A8235" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45AE8A1D" w14:textId="2171BEEF" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00C90DD3" w:rsidP="00EF4D23">
+          <w:p w14:paraId="15403641" w14:textId="4895A90B" w:rsidR="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00B01219">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Кількість та якість зафіксованого матеріалу та вміння використовувати його під час відповідей.</w:t>
+              <w:t>8 тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B6E2950" w14:textId="77777777" w:rsidR="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4711F29F" w14:textId="06AEA08C" w:rsidR="00B01219" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вміння обирати, систематизувати та висвітлювати матеріал, навички аналізу фольклорних текстів, самостійність мислення та відповідність нормам академічної доброчесності Кількість правильних відповідей, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>знання теоретичного матеріалу та характер осмислення фольклорних творів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45AE8A1D" w14:textId="1695AA30" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Вміння працювати з першоджерелами, коректно обирати матеріал і структурувати відповіді, знання дефініцій базових термінів теми та вміння їх пояснити та підтвердити текстами.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53F55679" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
+          <w:p w14:paraId="53F55679" w14:textId="54F35F15" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5A90" w:rsidRPr="0069164E" w14:paraId="0B2BE4DE" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="44124130" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Практичне заняття 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B5BA728" w14:textId="2484C524" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00C90DD3" w:rsidP="0084702D">
+          <w:p w14:paraId="2FC887E9" w14:textId="77777777" w:rsidR="00B01219" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Аналіз за запропонованою схемою фольклорних творів жанрів, що вивчаються (1 -2 сторінки кожне завдання):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B12B988" w14:textId="77777777" w:rsidR="00B01219" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>казки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58645F9C" w14:textId="77777777" w:rsidR="00B01219" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">твору </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>неказкової</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прози</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB4CF45" w14:textId="77777777" w:rsidR="00B01219" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>думи</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C805D9D" w14:textId="77777777" w:rsidR="00B01219" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>історичної пісні</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="239417D2" w14:textId="77777777" w:rsidR="00B01219" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>балади</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B5BA728" w14:textId="56DB82FF" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="0084702D">
             <w:pPr>
               <w:ind w:left="57" w:hanging="57"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...19 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="56285F67" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="0084702D">
             <w:pPr>
               <w:ind w:left="57" w:hanging="57"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6642F9C2" w14:textId="77777777" w:rsidR="00C90DD3" w:rsidRDefault="00C90DD3" w:rsidP="00EF4D23">
+          <w:p w14:paraId="7F7B49F1" w14:textId="3622E762" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00B01219" w:rsidP="00B01219">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C90DD3">
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Максимально повний аналіз фольклорних текстів різних жанрів за заданими схемами.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37D0A321" w14:textId="14C71CC6" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00C90DD3" w:rsidP="00EF4D23">
+          <w:p w14:paraId="26139420" w14:textId="1C566768" w:rsidR="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10 тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5826632B" w14:textId="77777777" w:rsidR="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37D0A321" w14:textId="7BA21A87" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Орієнтація у </w:t>
+              <w:t xml:space="preserve">Вміння працювати з основною та додатковою літературою, навички аналізу </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>генологічних</w:t>
+              <w:t>наративного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> особливостях фольклорних </w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> та формальними показниками, логіка мислення, вміння структурувати результати спостережень</w:t>
+              <w:t xml:space="preserve"> тексту, вміння аргументувати свій погляд на твір.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5A0EF723" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5A90" w:rsidRPr="0069164E" w14:paraId="7F7D74CA" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="29" w:type="dxa"/>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DF7C263" w14:textId="3DD503D2" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
+          <w:p w14:paraId="2DF7C263" w14:textId="228A1261" w:rsidR="00DD5A90" w:rsidRPr="00D27FA0" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Практи</w:t>
             </w:r>
             <w:r w:rsidR="009C29E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ч</w:t>
             </w:r>
-            <w:r w:rsidRPr="0069164E">
-[...3 lines deleted...]
-              <w:t>не заняття 6-7</w:t>
+            <w:r w:rsidR="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>не заняття 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14E90A1D" w14:textId="148BCBA7" w:rsidR="00DD5A90" w:rsidRPr="00C90DD3" w:rsidRDefault="00C90DD3" w:rsidP="00EF4D23">
+          <w:p w14:paraId="58857DDC" w14:textId="77777777" w:rsidR="00D27FA0" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00D27FA0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Опитування за питаннями плану, тестування</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на СЕЗН </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЗНУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> На матеріалі наукових видань текстів та власних спостережень, спираючись на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>публікації в українських наукових часописах , взяти участь у дискусії «Розвивається чи гине фольклорна традиція»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="143A4747" w14:textId="77777777" w:rsidR="00D27FA0" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00D27FA0">
+            <w:pPr>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Термінологічний </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ACD26EB" w14:textId="77777777" w:rsidR="00D27FA0" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00D27FA0">
+            <w:pPr>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>диктант</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14E90A1D" w14:textId="4A2670A2" w:rsidR="00DD5A90" w:rsidRPr="00C90DD3" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10F2E7EE" w14:textId="77777777" w:rsidR="00C90DD3" w:rsidRPr="0069164E" w:rsidRDefault="00C90DD3" w:rsidP="00C90DD3">
+          <w:p w14:paraId="63735F3F" w14:textId="77777777" w:rsidR="00D27FA0" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00D27FA0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Точність та коректність відповідей на завдання, закладені у базі тестів на відповідній сторінці </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Moodle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЗНУ </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B35AC36" w14:textId="7922BBFD" w:rsidR="00DD5A90" w:rsidRPr="00C90DD3" w:rsidRDefault="00DD5A90" w:rsidP="0084702D">
+          <w:p w14:paraId="5C19E481" w14:textId="77777777" w:rsidR="00D27FA0" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00D27FA0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Коректність та повнота відповідей на питання практичних занять.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="686002ED" w14:textId="77777777" w:rsidR="00D27FA0" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00D27FA0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Коректність та аргументованість участі у дискусії.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B35AC36" w14:textId="7922BBFD" w:rsidR="00DD5A90" w:rsidRPr="00C90DD3" w:rsidRDefault="00DD5A90" w:rsidP="00B01219">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D6EFF9E" w14:textId="77777777" w:rsidR="00C90DD3" w:rsidRDefault="00C90DD3" w:rsidP="00EF4D23">
+          <w:p w14:paraId="39C9CB09" w14:textId="32213DD1" w:rsidR="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00D27FA0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>12 тиждень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D7EF256" w14:textId="77777777" w:rsidR="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00D27FA0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37CB5E65" w14:textId="77777777" w:rsidR="00D27FA0" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00D27FA0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Кількість правильних відповідей, знання теоретичного матеріалу та характер осмислення фольклорних творі</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="651C7DDD" w14:textId="3DFFAE1B" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+              <w:t>Кількість правильних відповідей, знання теоретичного матеріалу та характер осмислення фольклорних творів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FF10B15" w14:textId="77777777" w:rsidR="00D27FA0" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00D27FA0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Вміння працювати з першоджерелами, коректно обирати матеріал і структурувати відповіді, знання дефініцій базових термінів теми та вміння їх пояснити та підтвердити текстами.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="651C7DDD" w14:textId="2D42E3F2" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00D27FA0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Вміння аргументувати свою думку та коректно вести полеміку.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="111576DB" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
+          <w:p w14:paraId="111576DB" w14:textId="637BD8DA" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069164E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5A90" w:rsidRPr="0069164E" w14:paraId="3C326DD4" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="29" w:type="dxa"/>
           <w:trHeight w:val="1343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AF6634B" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
+          <w:p w14:paraId="0AF6634B" w14:textId="7C1D7483" w:rsidR="00DD5A90" w:rsidRPr="00D27FA0" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Практичне заняття 8</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Практичне заняття </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="294BFC1B" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+          <w:p w14:paraId="452F0CEC" w14:textId="29202851" w:rsidR="00D27FA0" w:rsidRDefault="00D27FA0" w:rsidP="00D27FA0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Есе на тему «Народна обрядовість та народний театр» </w:t>
-[...4 lines deleted...]
-              <w:ind w:left="360" w:hanging="360"/>
+              <w:t>Аналіз за запропонованою схемою фольклорних творів жанрів, що вивчаються (1-2 сторінки кожне завдання)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="631352B3" w14:textId="390F960C" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00D27FA0">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дискусія щодо проблеми існування </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>постфольклору</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та форм </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>інтерлору</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77589463" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+          <w:p w14:paraId="77589463" w14:textId="4DDF1430" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-              <w:t>Знайомство з текстами творів та науковою літературою. Лише виклад концептуально значущої інформації та власних роздумів щодо кореляції цих явищ. 1,5-2 сторінки тексту 14 кеглем з 1,5 інтервалом.</w:t>
+              </w:rPr>
+              <w:t>Максимально повний аналіз фольклорних текстів різних жанрів за заданими схемами.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C41815E" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00DD5A90" w:rsidP="00EF4D23">
+          <w:p w14:paraId="404D561D" w14:textId="5ADF7D30" w:rsidR="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>14 тиждень</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="71ED728B" w14:textId="77777777" w:rsidR="00A46E55" w:rsidRDefault="00A46E55" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C41815E" w14:textId="088B2FE6" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Вміння обирати, систематизувати та висвітлювати матеріал, навички аналізу фольклорних текстів, самостійність мислення та відповідність нормам академічної доброчесності.</w:t>
+              <w:t xml:space="preserve">Вміння працювати з основною та додатковою літературою, навички аналізу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наративного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тексту, вміння аргументувати свій погляд на твір.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="180CC01A" w14:textId="77777777" w:rsidR="00DD5A90" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
-            </w:r>
-[...1070 lines deleted...]
-              <w:t>(5+5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C8602A" w:rsidRPr="0069164E" w14:paraId="3AE0737D" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="29" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70D97940" w14:textId="77777777" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
+          <w:p w14:paraId="70D97940" w14:textId="18D17A26" w:rsidR="00C8602A" w:rsidRPr="00D27FA0" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>15</w:t>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Всього</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="620D8ACD" w14:textId="77777777" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00C8602A" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -24485,59 +24896,59 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="06D628C2" w14:textId="16CB6069" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00C8602A" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Питання для підготовки: тестові завдання відповідно до програми </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CABC874" w14:textId="4E12CB0A" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00192FAD" w:rsidP="00EF4D23">
+          <w:p w14:paraId="5CABC874" w14:textId="4E12CB0A" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00B0141E" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="0084702D" w:rsidRPr="0069164E">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://moodle.znu.edu.ua/mod/quiz/view.php?id=295379</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="60E65824" w14:textId="77777777" w:rsidR="0084702D" w:rsidRPr="0069164E" w:rsidRDefault="0084702D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -24616,183 +25027,201 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="084624F0" w14:textId="77777777" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00C8602A" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Підсумкове теоретичне завдання (опитуваннями за питаннями білету)</w:t>
+              <w:t xml:space="preserve">Підсумкове теоретичне завдання (опитуваннями за питаннями </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>білету)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0603B42D" w14:textId="77777777" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00C8602A" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Теоретичні питання білету (відповідно до програми). Викладено на відповідній сторінці у СЕЗН </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Moodle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЗНУ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69F34262" w14:textId="0F44E448" w:rsidR="00526797" w:rsidRPr="0069164E" w:rsidRDefault="00192FAD" w:rsidP="00EF4D23">
+          <w:p w14:paraId="69F34262" w14:textId="0F44E448" w:rsidR="00526797" w:rsidRPr="0069164E" w:rsidRDefault="00B0141E" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="0084702D" w:rsidRPr="0069164E">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://moodle.znu.edu.ua/course/view.php?id=2051</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="5723E389" w14:textId="77777777" w:rsidR="0084702D" w:rsidRPr="0069164E" w:rsidRDefault="0084702D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="16DCD9A9" w14:textId="77777777" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00C8602A" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">Точність, глибина, доказовість усної відповіді, розуміння сутності фольклору, специфіки побутування, </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Точність, глибина, доказовість усної відповіді, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0069164E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">розуміння сутності фольклору, специфіки побутування, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>генології</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> тощо.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3196E889" w14:textId="77777777" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00C8602A" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C8602A" w:rsidRPr="0069164E" w14:paraId="2D0346C8" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="29" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5877B97C" w14:textId="77777777" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00C8602A" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -24907,180 +25336,155 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="50FA7B3B" w14:textId="77777777" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00C8602A" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Підсумкове практичне </w:t>
-[...7 lines deleted...]
-              <w:t>завдання (аналіз фольклорного тексту)</w:t>
+              <w:t>Підсумкове практичне завдання (аналіз фольклорного тексту)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="345666DE" w14:textId="77777777" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00C8602A" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...10 lines deleted...]
-          <w:p w14:paraId="67704189" w14:textId="3647AFC0" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00192FAD" w:rsidP="00EF4D23">
+              <w:t xml:space="preserve">Аналіз тексту фольклорного твору, отриманого за умов випадкового вибору </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67704189" w14:textId="3647AFC0" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00B0141E" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidR="0084702D" w:rsidRPr="0069164E">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://moodle.znu.edu.ua/mod/assign/view.php?id=183263</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="71B523B8" w14:textId="77777777" w:rsidR="0084702D" w:rsidRPr="0069164E" w:rsidRDefault="0084702D" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D283836" w14:textId="77777777" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00C8602A" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...7 lines deleted...]
-              <w:t>ість аналізу, логічність та дотримання норм академічної доброчесності.</w:t>
+              <w:t>Глибина та аргументованість аналізу, логічність та дотримання норм академічної доброчесності.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B015EE3" w14:textId="77777777" w:rsidR="00C8602A" w:rsidRPr="0069164E" w:rsidRDefault="00C8602A" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D84A57" w:rsidRPr="0069164E" w14:paraId="49B97F03" w14:textId="77777777" w:rsidTr="009C29E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="29" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4707E777" w14:textId="77777777" w:rsidR="00D84A57" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -25156,281 +25560,1772 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4199F0D9" w14:textId="77777777" w:rsidR="00D84A57" w:rsidRPr="0069164E" w:rsidRDefault="00D84A57" w:rsidP="00EF4D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069164E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7DB21AC5" w14:textId="328A7D16" w:rsidR="00B56C83" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="028DA11B" w14:textId="77777777" w:rsidR="002D4356" w:rsidRPr="006F36A7" w:rsidRDefault="002D4356" w:rsidP="00795D2B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:iCs/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05ED7B5B" w14:textId="1AAE29CC" w:rsidR="00781482" w:rsidRDefault="00781482" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="64D8CAAA" w14:textId="77777777" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">5 балів ставиться за повні структуровані відповіді на питання із апеляцією до конкретних прикладів, демонстрація знання фольклорних текстів і навичок їх аналізу, коректне ставлення до опрацювання та використання у письмових роботах та усних відповідях наукових та навчальних джерел, вміння </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Критерії оцінювання усної відповіді на практичному занятті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D564C3" w14:textId="2B4E6928" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>логічно</w:t>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> та </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>4 бали – студент ґрунтовно і повно викладає матеріал; вия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>грамотно</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">вляє повне розуміння матеріалу, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> формулювати власну думку, брати участь у колективному обговоренні питань, без помилок виконувати </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D7658">
+        <w:t>обґрунтовує свої думки, застосовує знання на практиці, наводить необхідні приклади не тільки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>тестові завдання.</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>за підручником, а й самостійно складені; викладає матеріал послідовно й правильно з точки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">4 бали передбачають достатньо повні структуровані відповіді з використанням власноруч створеного конспекту, вміння опрацьовувати матеріал та підтверджувати спостереження фольклорними текстами, вміння </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>зору норм сучасної літературної мови; відповідь відзначається багатством словникового запасу,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>логічно</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> та </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>точністю використання морфологічних категорій і синтаксичних конструкцій; досягнута</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>грамотно</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> формулювати власну думку, брати участь у колективному обговоренні питань, наявність незначних помилок під час усних та письмових відповідей та одну-дві помилки у виконанні тестових завдань.</w:t>
+        <w:t>стильова єдність і виразність тексту завдання.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B3942F" w14:textId="1C48C95C" w:rsidR="008D7658" w:rsidRDefault="008D7658" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="5FA7F190" w14:textId="47FB8360" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>3 бали – студент ґрунтовно і повно викладає матеріал; вия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>3 бали передбачають ознайомлення лише з частиною рекомендованих джерел, спорадичне звернення до фольклорних текстів під час відповіді, неможливість доповнити або проаналізувати відповідь однокурсників, наявність помилок у виконаних завданнях, наявність 3-4 помилок у тестових завданнях.</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">вляє повне розуміння матеріалу, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>обґрунтовує свої думки, застосовує знання на практиці, наводить необхідні приклади не тільки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>2 бали студент отримує за поверхове знання матеріалу, неможливість довести свою думку прикладами, відсутність логіки у структуруванні усної чи письмової відповіді, наявність помилок у виконанні тестових завдань.</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>за підручником, а й самостійно складені; викладає матеріал послідовно й правильно з точки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>зору норм сучасної літературної мови; відповідь відзначається багатством словникового запасу,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>точністю використання морфологічних категорій і синтаксичних конструкцій; досягнута</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>стильова єдність і виразність тексту завдання. При цьому студент припускається однієї помилки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>у змісті, одного чи двох мовленнєвих недоліків.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="066756A1" w14:textId="77BADB0E" w:rsidR="008D7658" w:rsidRPr="0069164E" w:rsidRDefault="008D7658" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="17C98D14" w14:textId="7BAA7936" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>2 бали – студент виявляє знання і розуміння основних положень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> теми, але викладає матеріал не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>досить повно і допускає фактичні неточності і помилки у формуванні відповіді; не вміє глибоко</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>і переконливо обґрунтовувати свої думки і відчуває труднощі під час добору прикладів; має</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>незначний словниковий запас, використовує одноманітні синтаксичні конструкції; викладає</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>матеріал непослідовно і допускає помилки в мовленнєвому оформленні. Загалом допускається:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>не більше чотирьох недоліків у змісті та п’яти мовленнєвих недоліків; не більше чотирьох</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>граматичних помилок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73107563" w14:textId="18EC3C97" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>1 бал – студент не знає більшої частини вивченого матеріалу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> допускає у формулюванні речень </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>помилки, що спотворюють зміст відповіді; допускає багато фактичних неточностей; порушує</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>послідовність викладу думок; має обмежений словниковий запас; часто трапляються випадки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>неправильного слововживання; не розуміє суті поставлених додаткових запитань.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597457FD" w14:textId="77777777" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>0 балів – студент не відповідає на питання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39DD34DD" w14:textId="5D83CE91" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="00031539" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Здобувач може отримати  додаткові 5 балів за активну участь з аргументованими виступами та полемікою у колективній дискусії. Їх можливо отримати також за виступ на науковій конференції та друком тез конференції.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24987EF9" w14:textId="77777777" w:rsidR="00031539" w:rsidRPr="00031539" w:rsidRDefault="00031539" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F607D05" w14:textId="77777777" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Під час останнього практичного заняття додаткові 5 балів можуть ставитися за активну участь з аргументованими </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>виступами та полемікою у колективній дискусії. Їх можливо отримати також за виступ на науковій конференції та друком тез конференції.</w:t>
+        <w:t>Критерії оцінювання тестів:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34B9EA95" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="56D1CD73" w14:textId="627E1CE4" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>За кожне правильно виконане тестове завдання до практичн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">их занять № 1–6 здобувач освіти </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>отримує 0, 2 бали.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F4CA85" w14:textId="445B3B12" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">За кожне правильно виконане тестове завдання до практичного заняття № 7 здобувач </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">освіти </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>отримує 0, 3 бали.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF5FBAD" w14:textId="77777777" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="570A42F5" w14:textId="77777777" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Критерії оцінювання письмового завдання:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED7D7D4" w14:textId="56BFD984" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="006F36A7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2,5 балів – </w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>здобувач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> виконав завдання згідно з рекомендаці</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ями, повністю, не припустившись </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>помилок, коментує виконане завдання, відповідає на додаткові запитання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7825E8F8" w14:textId="000D87FB" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="006F36A7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 бали – </w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>здобувач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самостійно, у повному обсязі виконав зав</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">дання, але не зміг оперувати </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>отриманими знаннями в навчальній дискусії.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45BE7362" w14:textId="2EF552A8" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="006F36A7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>1,5 бали –</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> здобувач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> виконав завдання не в повному обся</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">зі, стереотипно, але принципово </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>правильно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="365D5C21" w14:textId="23C51A13" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 бал – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>здобувач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> виконав завдання частково з грубими помилками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B3A98A" w14:textId="0AE1C86E" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 балів – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>здобувач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не виконав завдання. У такому випадку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">надається можливість повторного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>виконання завдання, але не пізніше наступного заняття.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5C620E" w14:textId="77777777" w:rsidR="00031539" w:rsidRPr="00031539" w:rsidRDefault="00031539" w:rsidP="00031539">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="405020EA" w14:textId="77777777" w:rsidR="00031539" w:rsidRPr="00031539" w:rsidRDefault="00031539" w:rsidP="00031539">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Критерії оцінювання аналізу фольклорного тексту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0B8227" w14:textId="77777777" w:rsidR="00031539" w:rsidRPr="00031539" w:rsidRDefault="00031539" w:rsidP="00031539">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>13 - 15 балів ставиться за повний структурований аналіз із апеляцією до конкретних прикладів, демонстрацією навичок їх аналізу фольклорного тексту, коректне ставлення до опрацювання наукових та навчальних джерел, вміння логічно та грамотно формулювати власну думку, без помилок виконане завдання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8D0782" w14:textId="77777777" w:rsidR="00031539" w:rsidRPr="00031539" w:rsidRDefault="00031539" w:rsidP="00031539">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>9 – 12  бали передбачають достатньо повний структурований аналіз з використанням знань специфіки жанру та його поетики, вміння опрацьовувати матеріал та підтверджувати спостереження фольклорними текстами, вміння логічно та грамотно формулювати власну думку, наявність незначних помилок або пропусків одного з параметрів під час аналізу тексту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4665CAF0" w14:textId="77777777" w:rsidR="00031539" w:rsidRPr="00031539" w:rsidRDefault="00031539" w:rsidP="00031539">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 - 8 бали передбачають неповний аналіз запропонованого тексту, відсутність визначення жанрової природи, помилки у визначенні поетики або характеру функціонування зазначеного твору. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A272251" w14:textId="77777777" w:rsidR="00031539" w:rsidRPr="00031539" w:rsidRDefault="00031539" w:rsidP="00031539">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>0 - 4  здобувач  студент отримує за поверхове знання матеріалу, не сформованість навичок аналізу фольклорного тексту, нерозуміння специфіки фольклорного твору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FAC126" w14:textId="77777777" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="687BF570" w14:textId="601D6956" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="006F36A7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Критерії оцінювання відповіді на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>екзамені</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (співбесіда складається з відповіді на 2 питання. Максимальна оцінка – 10 балів за одне питання)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A5CB87" w14:textId="74EA599B" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="006F36A7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>10 балів отримує здобувач освіти, який повністю розкрив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> питання, відповів на додаткові </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>запит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ання викладача, осмислює зв’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>язок розкритого у відповіді питання з усією теоретичною</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>основою навчальної дисципліни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7495EE6B" w14:textId="02A3836D" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="006F36A7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>9 балів отримує здобувач освіти, який повністю розкрив питання</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, але відповів на всі додаткові </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>питання викладача, осмислює зв</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>язок розкритого у відповіді питання з усією теоретичною</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>основою навчальної дисципліни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF98428" w14:textId="52A7694B" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="006F36A7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>8 балів отримує здобувач освіти, який повністю розкрив питанн</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">я, але не відповів на додаткові </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>пи</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>тання викладача, осмислює зв’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>язок розкритого у відповіді питання з усією теоретичною</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>основою навчальної дисципліни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02202DD2" w14:textId="6FD772E4" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="006F36A7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>7 балів отримує здобувач освіти, який повністю розкрив питанн</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">я, але не відповів на додаткові </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>питання викладача,</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лише частково усвідомлює зв’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>язок розкритого у відповіді питання з усією</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>теоретичною основою навчальної дисципліни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF02614" w14:textId="33196228" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="006F36A7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>6 балів отримує студент, який повністю розкрив питання, але не в</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ідповів на додаткові питання </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">викладача, лише в </w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>загальних рисах осмислює зв’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>язок розкритого у відповіді питання з усією</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>теоретичною основою навчальної дисципліни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29791FF8" w14:textId="5814F189" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="006F36A7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>5 балів отримує здобувач освіти, який не повно розкрив пи</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">тання, не відповів на додаткові </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>питання викл</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>адача, майже не осмислює зв’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">язок розкритого у відповіді питання з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>усією</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>теоретичною основою навчальної дисципліни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75387AE0" w14:textId="2A0E32EC" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="006F36A7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>4 бали отримує здобувач освіти, який не повно розкрив пи</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">тання, не відповів на додаткові </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>питан</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ня викладача, не осмислює зв’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>язок розкритого у відповіді питання з усією теоретичною</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>основою навчальної дисципліни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2351C1B3" w14:textId="0237993F" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="006F36A7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>3 бали отримує здобувач освіти, який частково розкрив питання,</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A7" w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> частково відповів на додаткові </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>питан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ня викладача, не осмислює зв’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">язок розкритого у відповіді питання </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">з усією теоретичною </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>основою навчальної дисципліни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D9FDE2" w14:textId="740EF144" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 бали отримує здобувач освіти, який частково і неповно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">розкрив питання, не відповів на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>більшість додаткових питан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ь викладача, не осмислює зв’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>язок розкритого у відповіді питання з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>усією теоретичною основою навчальної дисципліни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054055E1" w14:textId="4EA66C90" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 бал отримує </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>здобувач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, який кількома реченнями розкрив питан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ня, зміг частково відповісти на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>додаткові питання викладача.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E6A4521" w14:textId="2267BC29" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="002D4356">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 балів отримує </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>здобувач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, який не відповів на питання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DEABEF0" w14:textId="77777777" w:rsidR="002D4356" w:rsidRPr="00031539" w:rsidRDefault="002D4356" w:rsidP="00795D2B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34B9EA95" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00795D2B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B692913" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Шкала оцінювання ЗНУ: національна та ECTS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -26548,2540 +28443,2599 @@
           </w:tcPr>
           <w:p w14:paraId="1DE3A6C0" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="04620E01" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40BFF7A2" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+    <w:p w14:paraId="40BFF7A2" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F8BCF54" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+    <w:p w14:paraId="5A207C7A" w14:textId="77777777" w:rsidR="00D27FA0" w:rsidRPr="0069164E" w:rsidRDefault="00D27FA0" w:rsidP="00EF4D23">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0069164E">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="519D9C50" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
-[...1970 lines deleted...]
-    <w:p w14:paraId="36EA6DEE" w14:textId="44A62037" w:rsidR="009A6015" w:rsidRPr="0069164E" w:rsidRDefault="009A6015" w:rsidP="002146E4">
+    <w:p w14:paraId="1F8BCF54" w14:textId="238BFFE5" w:rsidR="00B56C83" w:rsidRPr="00E1463B" w:rsidRDefault="00B56C83" w:rsidP="00E1463B">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1463B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основні навчальні ресурси </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519D9C50" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="268277E4" w14:textId="7A6F1EC3" w:rsidR="00B56C83" w:rsidRPr="00795D2B" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Рекомендована література</w:t>
+      </w:r>
+      <w:r w:rsidR="00795D2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F059BDE" w14:textId="025C0B28" w:rsidR="00835B85" w:rsidRPr="0069164E" w:rsidRDefault="00CB0865" w:rsidP="00835B85">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00835B85" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Віннічук</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00835B85" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А. П. Усна народна творчість : навчальний посібник. Вінниця : ТОВ</w:t>
+      </w:r>
+      <w:r w:rsidR="005748A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835B85" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Твори», 2020. 304 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9632CA" w14:textId="5778BB1D" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00A104B7" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00835B85" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Лановик</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Мар΄яна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Лановик</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Зоряна.</w:t>
+      </w:r>
+      <w:r w:rsidR="00496EEA" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Українська усна народна творчість. Підручник. Київ</w:t>
+      </w:r>
+      <w:r w:rsidR="00795D2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="005748A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Знання-прес, 200</w:t>
+      </w:r>
+      <w:r w:rsidR="00835B85" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0030386F" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835B85" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>591 c.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="144790F7" w14:textId="60E14004" w:rsidR="00496EEA" w:rsidRPr="007666C0" w:rsidRDefault="00A104B7" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00835B85" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Осьмак Н. Українська усна народна творчість : навчальний посібник. Київ : Вид-во НПУ імені М. П. Драгоманова, 2021. 151 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38FA8B19" w14:textId="62B8A2A5" w:rsidR="00496EEA" w:rsidRPr="0069164E" w:rsidRDefault="00E1463B" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Давидюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В. Вибрані лекції з українського фольклору. Луцьк : Твердиня, 2014. 448 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B17DE5" w14:textId="78196851" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00541B7A" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00496EEA" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Pavlenko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I. . </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Genre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>specificity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>narrativity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>past</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ukrainianRetellings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>historical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>songs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Philological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>science</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009130BE" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>transformation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>vectors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Collective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>monograph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. / За загальною редакцією </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Bugliesi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Pavlenko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Riga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Baltija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Publishing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>”. 2021</w:t>
+      </w:r>
+      <w:r w:rsidR="0030386F" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>42</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-63. URL:</w:t>
+      </w:r>
+      <w:r w:rsidR="009130BE" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>http://baltijapublishing.lv/omp/index.php/bp/catalog/view/139/4065/8496-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78377E86" w14:textId="2EED77BF" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00541B7A" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Павленко І. Думи та Запорожжя. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ІХ Міжнародний конгрес україністів. Фольклористика. Українознавство</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: з</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бірник наукових статей (До 100-річчя. Національної академії наук України) / За загальною редакцією </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Пирожков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С., Скрипник Г.  Київ: НАН України ; МАУ ; ІМФЕ ім. М.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Т. Рильського. 2020 C. 15 </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>28. URL:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FDCDB3" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>http://www.etnolog.org.ua/index.php?option=com_co</w:t>
+      </w:r>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ntent&amp;amp;task=view&amp;amp;id=2093</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>&amp;amp;Itemid=471.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC8F89C" w14:textId="10B2460B" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00541B7A" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Pavlenko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I. Y. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>dumy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>aporizhizha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ukrainian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>heroic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lyric-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>epic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>poems</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>space</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>time</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Modern</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>approaches</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>philological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>collective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>monograph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / O. L. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Klymenko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, N. V. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kobchenko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, O. V. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kosovych</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A. O. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kuzmenko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, etc.–Lviv-Toruń. Lviv-Toruń</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: Liha-Pres</w:t>
+      </w:r>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0865" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>С.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>126</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0865" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>148</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0865" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B60EC28" w14:textId="041B3FAB" w:rsidR="00CE77F4" w:rsidRPr="0069164E" w:rsidRDefault="00541B7A" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE77F4" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Павленко І.Я. Народна творчість Запорожжя та про Запорожжя. З</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE77F4" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>досліджень обрядів та фольклору Нижньої Наддніпрянщини : збірка</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0865" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE77F4" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Запоріжжя : СТАТУС, 2018. </w:t>
+      </w:r>
+      <w:r w:rsidR="002146E4" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">168 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B10A795" w14:textId="7F692756" w:rsidR="00835B85" w:rsidRPr="0069164E" w:rsidRDefault="00541B7A" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00835B85" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00835B85" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Росовецький</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00835B85" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С. К. Український фольклор у теоретичному висвітленні : підручник. Київ : Видавничо-поліграфічний центр “Київський університет”, 2008. 623 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF6556F" w14:textId="6A5FB1B2" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00541B7A" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3BD1" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руснак І. Є. Український фольклор : навчальний посібник</w:t>
+      </w:r>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для студентів вищих навчальних закладів. Київ</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: Академія, 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00090250" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002146E4" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 304 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67385837" w14:textId="58263101" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00541B7A" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE77F4" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Семеног</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О. Український фольклор: навч</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0865" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>альний</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посіб</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0865" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ник. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Глухів</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: РВВ ГДПУ, 2004.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002146E4" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">256 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779D2E76" w14:textId="0016B519" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00541B7A" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Українська фольклористична енциклопедія</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-х т.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/ гол. ред. Г.Скрипник</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. К</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0865" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>иїв</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ІМФЕ ім. М.Т.Рильського АН України</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2018. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>840 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D828723" w14:textId="399CCBB7" w:rsidR="00A104B7" w:rsidRPr="0069164E" w:rsidRDefault="00541B7A" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3BD1" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Українська фольклористика. Словник-довідник / уклад. М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Чорнопиский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Ред. О.Давидова. Тернопіль: Підручники і посібники, 2008. 493 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D97DAC" w14:textId="5BB1CFF0" w:rsidR="00A104B7" w:rsidRPr="0069164E" w:rsidRDefault="00541B7A" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3BD1" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Українська фольклористична енциклопедія / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>упоряд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. В Сокіл. Львів, 2018. 808 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BEC60C7" w14:textId="475E0EC2" w:rsidR="00A104B7" w:rsidRPr="0069164E" w:rsidRDefault="00541B7A" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3BD1" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Українська фольклористична енциклопедія: у 2-х томах / упорядник М. К. Дмитренко</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3BD1" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Київ:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Сталь»: 1-й том, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3BD1" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">740 с. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3BD1" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-й том, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3BD1" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">688 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640C6811" w14:textId="4C888D51" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="00541B7A" w:rsidP="009130BE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Філоненко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С. О. Усна </w:t>
+      </w:r>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>народна творчість: навч</w:t>
+      </w:r>
+      <w:r w:rsidR="00263285" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">альний </w:t>
+      </w:r>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пос</w:t>
+      </w:r>
+      <w:r w:rsidR="00263285" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ібник. </w:t>
+      </w:r>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Київ</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5258" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: Центр учбов</w:t>
+      </w:r>
+      <w:r w:rsidR="00037764" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ої літератури, 2008. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A104B7" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">414 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B01301D" w14:textId="77777777" w:rsidR="00037764" w:rsidRPr="0069164E" w:rsidRDefault="00037764" w:rsidP="00EF4D23">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="079F9D82" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="00541B7A" w:rsidRDefault="00037764" w:rsidP="00EF4D23">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00541B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Інформаційні джерела</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00541B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36EA6DEE" w14:textId="129C4CEE" w:rsidR="009A6015" w:rsidRPr="00795D2B" w:rsidRDefault="009A6015" w:rsidP="006B468B">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00541B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Електронний </w:t>
+      </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Електронний архів українського фольклору</w:t>
+        <w:t>архів українського фольклору</w:t>
+      </w:r>
+      <w:r w:rsidR="00795D2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63299009" w14:textId="4FC055F8" w:rsidR="009A6015" w:rsidRPr="0069164E" w:rsidRDefault="00192FAD" w:rsidP="002146E4">
+    <w:p w14:paraId="63299009" w14:textId="05D84FB4" w:rsidR="009A6015" w:rsidRPr="007666C0" w:rsidRDefault="007666C0" w:rsidP="007666C0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="002146E4" w:rsidRPr="0069164E">
+      <w:r w:rsidRPr="007666C0">
+        <w:t xml:space="preserve">URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="002146E4" w:rsidRPr="007666C0">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.folklore-archive.org.ua/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C9412A7" w14:textId="7F4BDC82" w:rsidR="00BA41AF" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="002146E4">
+    <w:p w14:paraId="5C9412A7" w14:textId="7F4BDC82" w:rsidR="00BA41AF" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="006B468B">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Діаспора </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3AA0F1" w14:textId="1C67287C" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00192FAD" w:rsidP="00EF4D23">
+    <w:p w14:paraId="4E3AA0F1" w14:textId="3BDFFFB9" w:rsidR="00D15DDD" w:rsidRPr="007666C0" w:rsidRDefault="007666C0" w:rsidP="007666C0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00BA41AF" w:rsidRPr="0069164E">
+      <w:r w:rsidRPr="007666C0">
+        <w:t xml:space="preserve">URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00BA41AF" w:rsidRPr="007666C0">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>http://diasporiana.org.ua/category/folklor/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D15DDD" w:rsidRPr="0069164E">
+      <w:r w:rsidR="00D15DDD" w:rsidRPr="007666C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0774C10F" w14:textId="0B2003E3" w:rsidR="00BA41AF" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="002146E4">
+    <w:p w14:paraId="0774C10F" w14:textId="0B2003E3" w:rsidR="00BA41AF" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="006B468B">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Народна творчість та етнографія (архів </w:t>
       </w:r>
       <w:r w:rsidR="002146E4" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>номерів</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E1A64DD" w14:textId="270DE398" w:rsidR="00BA41AF" w:rsidRPr="0069164E" w:rsidRDefault="00192FAD" w:rsidP="00BA41AF">
+    <w:p w14:paraId="1E1A64DD" w14:textId="773F7455" w:rsidR="00BA41AF" w:rsidRPr="007666C0" w:rsidRDefault="007666C0" w:rsidP="007666C0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="009A6015" w:rsidRPr="0069164E">
+      <w:r w:rsidRPr="007666C0">
+        <w:t xml:space="preserve">URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="009A6015" w:rsidRPr="007666C0">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://nte.etnolog.org.ua/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009A6015" w:rsidRPr="0069164E">
+      <w:r w:rsidR="009A6015" w:rsidRPr="007666C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">                                       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B729D35" w14:textId="188EBE19" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="002146E4">
+    <w:p w14:paraId="1140045B" w14:textId="77777777" w:rsidR="007666C0" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Народознавчі зошити (архів </w:t>
       </w:r>
       <w:r w:rsidR="002146E4" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>номерів</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3520E518" w14:textId="58BFD7C5" w:rsidR="002146E4" w:rsidRPr="0069164E" w:rsidRDefault="00192FAD" w:rsidP="00EF4D23">
+    <w:p w14:paraId="3520E518" w14:textId="0835C680" w:rsidR="002146E4" w:rsidRPr="00D37109" w:rsidRDefault="00D37109" w:rsidP="00D37109">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="002146E4" w:rsidRPr="0069164E">
+      <w:r w:rsidRPr="00D37109">
+        <w:t xml:space="preserve">URL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00795D2B" w:rsidRPr="00D37109">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://nz.lviv.ua/category/archive/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52C574A3" w14:textId="0E0F6F2A" w:rsidR="002146E4" w:rsidRPr="0069164E" w:rsidRDefault="002146E4" w:rsidP="002146E4">
+    <w:p w14:paraId="52C574A3" w14:textId="0E0F6F2A" w:rsidR="002146E4" w:rsidRPr="0069164E" w:rsidRDefault="002146E4" w:rsidP="006B468B">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Усна народна творчість. Електронний каталог Запорізького національного університету</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01285F60" w14:textId="1D47D83C" w:rsidR="002146E4" w:rsidRPr="0069164E" w:rsidRDefault="00192FAD" w:rsidP="002146E4">
-[...1 lines deleted...]
-        <w:pStyle w:val="af0"/>
+    <w:p w14:paraId="01285F60" w14:textId="493DC93A" w:rsidR="002146E4" w:rsidRPr="00D37109" w:rsidRDefault="00D37109" w:rsidP="00D37109">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="0"/>
-[...6 lines deleted...]
-        <w:r w:rsidR="002146E4" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>URL :</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="002146E4" w:rsidRPr="00D37109">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://files.znu.edu.ua/8080/library/DocSearchResult;jsessionid=4760D969EBCD8826D0FA2EA55B0FD77</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5862B70F" w14:textId="77777777" w:rsidR="002146E4" w:rsidRPr="0069164E" w:rsidRDefault="002146E4" w:rsidP="002146E4">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B2A63DE" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>7. Регуляції і політики курсу</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54461FAD" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
+    <w:p w14:paraId="54461FAD" w14:textId="164F6FA5" w:rsidR="00B56C83" w:rsidRPr="00AB308F" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="213A1C92" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="213A1C92" w14:textId="389C9E7A" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Відвідування занять. Регуляція пропусків.</w:t>
+        <w:t>Відвідува</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37109">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ння занять. Регуляція пропусків</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D66D605" w14:textId="454B3BC7" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="4D66D605" w14:textId="454B3BC7" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Відвідування усіх занять є обов’язковим, оскільки курс розрахований на формування знань про фольклор та навичок роботи з ним, що є обов’язковим для філологів та вчителів філологічних дисциплін,  на формування фольклористичних компетентностей, на розвиток навичок аналізу</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">Пропущені з поважних причин заняття відпрацьовуються впродовж наступного тижня під час планових консультацій у формі співбесіди або через </w:t>
+        <w:t xml:space="preserve">Відвідування усіх занять є обов’язковим, оскільки курс розрахований на формування знань про фольклор та навичок роботи з ним, що є обов’язковим для філологів та вчителів філологічних дисциплін,  на формування фольклористичних </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Moodle</w:t>
+        <w:t>компетентностей</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ЗНУ у формі тестування або  індивідуального письмового завдання з пропущеної теми. Накопичення </w:t>
+        <w:t>, на розвиток навичок аналізу</w:t>
       </w:r>
       <w:r w:rsidR="00E650F3" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>пропусків і неві</w:t>
-[...11 lines deleted...]
-        <w:t>працьованих завдань</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> неприпустиме! За умови систематичних пропусків може бути  застосована  процедура  повторного  вивчення  дисципліни  (див.  посилання  на  Положення  у додатку до </w:t>
+        <w:t xml:space="preserve">філологічних явищ, готує до польової фольклорної практики. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2D5481" w14:textId="3154ADAB" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пропущені з поважних причин заняття відпрацьовуються впродовж наступного тижня під час планових консультацій у формі співбесіди або через </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>силабусу</w:t>
+        <w:t>Moodle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve"> ЗНУ у формі тестування або  індивідуального письмового завдання з пропущеної теми. Накопичення </w:t>
+      </w:r>
+      <w:r w:rsidR="00E650F3" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>пропусків і неві</w:t>
+      </w:r>
+      <w:r w:rsidR="0016064E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650F3" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>працьованих завдань</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неприпустиме! За умови систематичних пропусків може бути  застосована  процедура  повторного  вивчення  дисципліни  (див.  посилання  на  Положення  у додатку до </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>силабусу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F0FDF22" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="4F0FDF22" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EF00860" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="2EF00860" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Політика академічної доброчесності</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7559912A" w14:textId="511BCAAD" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="7559912A" w14:textId="2098E47D" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Ко</w:t>
       </w:r>
       <w:r w:rsidR="002C1021" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>жний</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0012347D" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">здобувач освіти </w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">зобов’язаний  дотримуватися  принципів  академічної  доброчесності.  </w:t>
+        <w:t>зобов’язаний  дотримуватися  принципі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37109">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">в  академічної  доброчесності. </w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Письмові завдання з використанням часткових або повнотекстових запозичень з інших робіт без зазначення авторства – це плагіат. Використання будь-якої інформації (текст, фото, ілюстрації тощо) мають бути  правильно  процитовані  з  посиланням  на  автора!  Якщо  ви  не  впевнені,  що  таке  плагіат, фабрикація, фальсифікація, порадьтеся з викладачем. До</w:t>
+        <w:t xml:space="preserve">Письмові завдання з використанням часткових або повнотекстових </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>запозичень з інших робіт без зазначення авторства – це плагіат. Використання будь-якої інформації (текст, фото, ілюстрації тощо) мають бути  правильно  процитовані  з  посиланням  на  автора!  Якщо  ви  не  впевнені,  що  таке  плагіат, фабрикація, фальсифікація, порадьтеся з викладачем. До</w:t>
       </w:r>
       <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> здобувачів освіти</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, у роботах яких буде виявлено списування,  плагіат</w:t>
       </w:r>
       <w:r w:rsidR="004C16AB" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, використання ШІ без посилання на цей ресурс і зазначення форм використання його в роботі</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> чи  інші  прояви  недоброчесної  поведінки  можуть  бути  застосовані  різні дисциплінарні  заходи  </w:t>
+        <w:t xml:space="preserve"> чи  інші  прояви  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>недоброчесної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  поведінки  можуть  бути  застосовані  різні дисциплінарні  заходи  </w:t>
       </w:r>
       <w:r w:rsidR="004C16AB" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>відповідно до Кодексу академічної доброчесності ЗНУ.</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0822EE6C" w14:textId="7EAF3FAC" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="0822EE6C" w14:textId="7EAF3FAC" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Всі </w:t>
       </w:r>
       <w:r w:rsidR="004C16AB" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>виконані</w:t>
       </w:r>
       <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> здобувачем освіти</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
@@ -29104,501 +31058,641 @@
       <w:r w:rsidR="004C16AB" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ютьс</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">я викладачем лише за умов відсутності плагіату. Роботи, що не відповідають принципам академічної доброчесності, не оцінюються (у електронний журнал ставиться 0). Якщо плагіат виявлено вперше, роботу можна переробити. За умови відповідності правилам академічної доброчесності викладач її перевірить та виставить оцінку. Якщо плагіат буде виявлено знову, </w:t>
       </w:r>
       <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>здобувач освіти</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> відпрацьовує відповідну тему у формі співбесіди та повторного написання роботи у присутності викладача.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F2169F2" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="3F2169F2" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Читання з гаджету або підручника під час усної відповіді розцінюється як порушення норм академічної доброчесності та оцінюванню не підлягає, у журнал за тему виставляється 0. </w:t>
+        <w:t xml:space="preserve">Читання з </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>гаджету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> або підручника під час усної відповіді розцінюється як порушення норм академічної доброчесності та оцінюванню не підлягає, у журнал за тему виставляється 0. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FEA320A" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="7FEA320A" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="568EB4A0" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="568EB4A0" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Використання комп’ютерів/телефонів на занятті</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB435DE" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="3BB435DE" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Будь ласка, вимкніть на беззвучний режим свої мобільні телефони та не користуйтеся ними під час занять.  Мобільні  телефони  відволікають  викладача  та  ваших  колег. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B835407" w14:textId="7DC51CFF" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="0B835407" w14:textId="7DC51CFF" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Під час занять гаджети (комп’ютери, телефони, електронні книжки) мають бути відключені за винятком тих ситуацій, коли </w:t>
+        <w:t xml:space="preserve">Під час занять </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>гаджети</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (комп’ютери, телефони, електронні книжки) мають бути відключені за винятком тих ситуацій, коли </w:t>
       </w:r>
       <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>здобувачі освіти</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A785C0" w14:textId="7A548886" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="24A785C0" w14:textId="7A548886" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">підготували презентацію та не мають іншої можливості її продемонструвати; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49C2D205" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="49C2D205" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">виконують контрольну роботу, яку необхідно в короткий термін надіслати на перевірку через </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Moodle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЗНУ або на електронну пошту викладача.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51FFD74B" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="51FFD74B" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Користуватися інтернетом під час аудиторних занять можна лише у названих випадках.</w:t>
-[...170 lines deleted...]
-        <w:t xml:space="preserve">У зв’язку з обширом наукової та псевдонаукової та </w:t>
+        <w:t xml:space="preserve">Користуватися </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>псевдонавчальної</w:t>
+        <w:t>інтернетом</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> літератури у процесі роботи над окремими темами курсу </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> під час аудиторних занять можна лише у названих випадках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF32B0A" w14:textId="7AAAF8CE" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> повинен звертатися до літератури, що рекомендується (відповідні списки джерел є на платформі </w:t>
+        <w:t xml:space="preserve">За використання під час заняття  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Moodle</w:t>
+        <w:t>гаджетів</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve"> без дозволу викладача з будь-якою метою </w:t>
+      </w:r>
+      <w:r w:rsidR="006A28BC" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>здобувач освіти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> втрачає всі зароблені під час пари бали. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C713D2" w14:textId="1389716A" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Категорично забороняється приносити телефони та планшети на екзамен. За використання </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>гаджетів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> під час заліку та екзамену </w:t>
+      </w:r>
+      <w:r w:rsidR="0012347D" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>здобувач освіти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отримує 0 балів за відповідну форму контролю та у призначений викладачем (визначений деканатом) час приходить на перескладання. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D503C6D" w14:textId="22E0ED6F" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За умов дистанційного навчання комунікація «викладач-студент», «студент-викладач» здійснюється   </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4D23" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>на платформ</w:t>
+      </w:r>
+      <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4D23" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">х СЕЗН ЗНУ, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A26B88" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Zoom</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26B88" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Google</w:t>
+      </w:r>
+      <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Meet</w:t>
+      </w:r>
+      <w:r w:rsidR="0009583E" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2AF2F8" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CB7F7F9" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Характер звернення до джерел (літератури, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>інтернет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ресурсів)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B0EA2A" w14:textId="14F9CC92" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У зв’язку з обширом наукової та псевдонаукової та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>псевдонавчальної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> літератури у процесі роботи над окремими темами курсу </w:t>
+      </w:r>
+      <w:r w:rsidR="0012347D" w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>здобувач освіти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повинен звертатися до літератури, що рекомендується (відповідні списки джерел є на платформі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Moodle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ЗНУ). Якщо трапляється цікаве та ґрунтовне, на погляд </w:t>
       </w:r>
       <w:r w:rsidR="0012347D" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>здобувач освіти</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, джерело, не зазначене у рекомендованих списках, потрібно запитати викладача про доцільність його використання, при цьому надавши (на прохання викладача) йому відповідну книгу або статтю.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66143DDF" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="66143DDF" w14:textId="77777777" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Зверніть увагу на те, що у списках джерел до практичних занять та індивідуальної роботи майже ніколи не зазначені підручники!!! До них звертаємося для систематизації знань наприкінці терміну вивчення дисципліни.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C97343" w14:textId="4ACA4241" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="78C97343" w14:textId="4ACA4241" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Категорично забороняється використовувати наукову інформацію з нередагованих сайтів!!!</w:t>
+        <w:t xml:space="preserve">Категорично забороняється використовувати наукову інформацію з </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>нередагованих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайтів!!!</w:t>
       </w:r>
       <w:r w:rsidR="00E650F3" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Намагайтеся користуватися тими платформами, які названо у списках джерел.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD19840" w14:textId="7EDA2D58" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00BA41AF">
-      <w:pPr>
+    <w:p w14:paraId="7CD19840" w14:textId="7EDA2D58" w:rsidR="00D15DDD" w:rsidRPr="0069164E" w:rsidRDefault="00D15DDD" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Будь-яке наукове/навчальне/методичне джерело має автора, тому читати чужі матеріали, навіть для чогось переписані у власний зошит, під час відповіді забороняється. Можна лише за необхідності навести точну цитату, зазначивши при цьому: «Цитую за роботою (автор, назва)».</w:t>
+        <w:t xml:space="preserve">Будь-яке наукове/навчальне/методичне джерело має автора, тому читати чужі матеріали, навіть для чогось переписані у власний зошит, під час відповіді забороняється. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Можна лише за необхідності навести точну цитату, зазначивши при цьому: «Цитую за роботою (автор, назва)».</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68FFFD2F" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="68FFFD2F" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B858A74" w14:textId="38853989" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
-      <w:pPr>
+    <w:p w14:paraId="7B858A74" w14:textId="38853989" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00D37109">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Визнання результатів неформальної/інформальної освіти.</w:t>
+        <w:t>Визнання результатів неформальної/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>інформальної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> освіти.</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Підтверджені сертифікатом виступи на конференціях, круглих столах з тематики, дотичної до проблематики цього курсу, будуть оцінені в 10 балів, які буде додано до суми балів, отриманих </w:t>
       </w:r>
       <w:r w:rsidR="006A28BC" w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>здобувачем освіти</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> протягом вивчення курсу.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="054E484C" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
           <w:b/>
@@ -29647,112 +31741,98 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ГРАФІК ОСВІТНЬОГО ПРОЦЕСУ НА 2025-2026 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>н.р</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">доступний за </w:t>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId17" w:history="1">
+        <w:t xml:space="preserve">доступний за адресою: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://sites.znu.edu.ua/navchalnyj_viddil/1635.ukr.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E704586" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0427DDCE" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">НАВЧАННЯ ТА ЗАБЕЗПЕЧЕННЯ ЯКОСТІ ОСВІТИ. </w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Перевірка набутих студентами знань, навичок та вмінь є невід’ємною складовою системи забезпечення якості освіти і проводиться відповідно до Положення про організацію та методику проведення поточного та підсумкового семестрового контролю навчання студентів ЗНУ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://lnk.ua/gk4x2wkVy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0874DD30" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
@@ -29763,177 +31843,169 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06563A81" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ПОВТОРНЕ ВИВЧЕННЯ ДИСЦИПЛІН. </w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Наявність академічної заборгованості до 6 навчальних дисциплін (у тому числі проходження практики чи виконання курсової роботи) за результатами однієї екзаменаційної сесії є підставою для надання студенту права на повторне вивчення зазначених навчальних дисциплін. Процедура повторного вивчення визначається </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Положенням  про порядок повторного вивчення навчальних дисциплін та повторного навчання у ЗНУ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://lnk.ua/9MVwgEpVz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> . </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="350F25F4" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="212FD93C" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ВИРІШЕННЯ КОНФЛІКТІВ. </w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок і процедури врегулювання конфліктів, пов’язаних із корупційними діями, зіткненням інтересів, різними формами дискримінації, сексуальними домаганнями, міжособистісними стосунками та іншими ситуаціями, що можуть виникнути під час навчання, регламентуються Положенням про порядок і процедури вирішення конфліктних ситуацій у ЗНУ: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://lnk.ua/EYNg6GpVZ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> . </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43AD933C" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Конфліктні ситуації, що виникають у сфері стипендіального забезпечення здобувачів вищої освіти, вирішуються стипендіальними комісіями факультетів, коледжів та університету в межах їх повноважень, відповідно до: Положення про порядок призначення і виплати академічних стипендій у ЗНУ: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://lnk.ua/QRVdWGwe3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Положення про призначення та </w:t>
+        <w:t>Положення про призначення та виплату соціальних стипендій у ЗНУ</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://lnk.ua/3R4avGqeJ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74F646BA" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="270436EC" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
@@ -30009,336 +32081,368 @@
         <w:t xml:space="preserve"> Запорізького національного університету: </w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Банах Віктор Аркадійович</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D8B668" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t>Електронна адреса: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId24" w:history="1">
+        <w:t>Електронна адреса:</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
-          <w:t>v_banakh@znu.edu.ua</w:t>
+          <w:t>v_ban</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="0069164E">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>akh@znu.edu.ua</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="02DA8036" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Гаряча лінія: </w:t>
+        <w:t>Гаряча лінія: тел. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>061) 227-12-76, факс 227-12-88</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13755596" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1761174A" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">РІВНІ МОЖЛИВОСТІ ТА ІНКЛЮЗИВНЕ ОСВІТНЄ СЕРЕДОВИЩЕ. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069164E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Центральні входи усіх навчальних корпусів ЗНУ обладнані пандусами для забезпечення доступу осіб з інвалідністю та інших </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t>тел</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>маломобільних</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> груп населення. Допомога для здійснення входу у разі потреби надається черговими охоронцями навчальних корпусів. Спеціалізована допомога: (061) 228-75-11 (начальник охорони). Порядок супроводу (надання допомоги) осіб з інвалідністю та інших </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>маломобільних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...33 lines deleted...]
-      <w:hyperlink r:id="rId25" w:history="1">
+        </w:rPr>
+        <w:t xml:space="preserve"> груп населення у ЗНУ: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://lnk.ua/5pVJr17VP</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C73A6B" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3018C7C1" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>РЕСУРСИ ДЛЯ НАВЧАННЯ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41B40963" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
         </w:rPr>
         <w:t>Наукова бібліотека</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://library.znu.edu.ua/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. Графік роботи абонементів: понеділок-п`ятниця з 08.00 до 16.00; вихідні дні: субота і неділя.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32D8F661" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4870B1CB" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
         </w:rPr>
         <w:t>Система ЕЛЕКТРОННого</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> ЗАБЕЗПЕЧЕННЯ НАВЧАННЯ ЗАПОРІЗЬКОГО НАЦІОНАЛЬНОГО УНІВЕРСИТЕТУ  (СЕЗН ЗНУ): </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://moodle.znu.edu.ua/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26618852" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Посилання для відновлення паролю: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://moodle.znu.edu.ua/mod/page/view.php?id=133015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06B787E3" w14:textId="77777777" w:rsidR="00EF4D23" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="00EF4D23">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5516185B" w14:textId="7D8EDDDD" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00EF4D23" w:rsidP="005748A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
         </w:rPr>
         <w:t>Центр інтенсивного вивчення іноземних мов</w:t>
       </w:r>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:caps/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="0069164E">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://sites.znu.edu.ua/child-advance/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0069164E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BB1436F" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="6521"/>
         <w:textAlignment w:val="baseline"/>
@@ -30361,224 +32465,224 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EFB2240" w14:textId="77777777" w:rsidR="00B56C83" w:rsidRPr="0069164E" w:rsidRDefault="00B56C83" w:rsidP="00EF4D23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="6521"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="235DBB6E" w14:textId="77777777" w:rsidR="0059267C" w:rsidRPr="0069164E" w:rsidRDefault="0059267C" w:rsidP="00EF4D23">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0059267C" w:rsidRPr="0069164E" w:rsidSect="00B264B4">
-      <w:headerReference w:type="default" r:id="rId30"/>
+      <w:headerReference w:type="default" r:id="rId32"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="340" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4374F8E3" w14:textId="77777777" w:rsidR="00192FAD" w:rsidRDefault="00192FAD" w:rsidP="00304790">
+    <w:p w14:paraId="539343F4" w14:textId="77777777" w:rsidR="002954DA" w:rsidRDefault="002954DA" w:rsidP="00304790">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4897B04D" w14:textId="77777777" w:rsidR="00192FAD" w:rsidRDefault="00192FAD" w:rsidP="00304790">
+    <w:p w14:paraId="244D2FB9" w14:textId="77777777" w:rsidR="002954DA" w:rsidRDefault="002954DA" w:rsidP="00304790">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Droid Sans Fallback">
     <w:altName w:val="Yu Gothic"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FreeSans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
+    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000400000000000000"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="01"/>
     <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gotham Pro">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F47A50B" w14:textId="77777777" w:rsidR="00192FAD" w:rsidRDefault="00192FAD" w:rsidP="00304790">
+    <w:p w14:paraId="7C9BBC4B" w14:textId="77777777" w:rsidR="002954DA" w:rsidRDefault="002954DA" w:rsidP="00304790">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44FAD7D0" w14:textId="77777777" w:rsidR="00192FAD" w:rsidRDefault="00192FAD" w:rsidP="00304790">
+    <w:p w14:paraId="21012775" w14:textId="77777777" w:rsidR="002954DA" w:rsidRDefault="002954DA" w:rsidP="00304790">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="074B378D" w14:textId="77777777" w:rsidR="005E7469" w:rsidRPr="00EF37CB" w:rsidRDefault="005E7469" w:rsidP="009E44B6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="074B378D" w14:textId="77777777" w:rsidR="00B0141E" w:rsidRPr="00EF37CB" w:rsidRDefault="00B0141E" w:rsidP="009E44B6">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens w:val="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Gotham Pro" w:hAnsi="Gotham Pro" w:cs="Tahoma" w:hint="eastAsia"/>
+        <w:rFonts w:ascii="Gotham Pro" w:hAnsi="Gotham Pro" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EF37CB">
       <w:rPr>
         <w:rFonts w:ascii="Gotham Pro" w:hAnsi="Gotham Pro" w:cs="Tahoma"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00C62E0C" wp14:editId="4DE13BD4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>5263515</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
             <wp:posOffset>-798830</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="803910" cy="739140"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="18" name="Рисунок 2" descr="Z:\01 ОСВІТНІ ПРОГРАМИ\Зразки\Брендбук\logotipi\Логотипи\png\Логотип-колір.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Рисунок 2" descr="Z:\01 ОСВІТНІ ПРОГРАМИ\Зразки\Брендбук\logotipi\Логотипи\png\Логотип-колір.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -30600,114 +32704,149 @@
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00EF37CB">
       <w:rPr>
         <w:rFonts w:ascii="Gotham Pro" w:hAnsi="Gotham Pro" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>ЗАПОРІЗЬКИЙ НАЦІОНАЛЬНИЙ УНІВЕРСИТЕТ</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6B9EC1FC" w14:textId="77777777" w:rsidR="005E7469" w:rsidRPr="00EF37CB" w:rsidRDefault="005E7469" w:rsidP="009E44B6">
+  <w:p w14:paraId="6B9EC1FC" w14:textId="77777777" w:rsidR="00B0141E" w:rsidRPr="00EF37CB" w:rsidRDefault="00B0141E" w:rsidP="009E44B6">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens w:val="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Gotham Pro" w:hAnsi="Gotham Pro" w:cs="Tahoma" w:hint="eastAsia"/>
+        <w:rFonts w:ascii="Gotham Pro" w:hAnsi="Gotham Pro" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00EF37CB">
       <w:rPr>
         <w:rFonts w:ascii="Gotham Pro" w:hAnsi="Gotham Pro" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>Силабус навчальної дисципліни</w:t>
+      <w:t>Силабус</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00EF37CB">
+      <w:rPr>
+        <w:rFonts w:ascii="Gotham Pro" w:hAnsi="Gotham Pro" w:cs="Tahoma"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> навчальної дисципліни</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4484CF5E" w14:textId="77777777" w:rsidR="005E7469" w:rsidRPr="0036761B" w:rsidRDefault="005E7469" w:rsidP="00EF37CB">
+  <w:p w14:paraId="4484CF5E" w14:textId="77777777" w:rsidR="00B0141E" w:rsidRPr="0036761B" w:rsidRDefault="00B0141E" w:rsidP="00EF37CB">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens w:val="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>Усна народна творчість</w:t>
+      <w:t>Усна</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> народна </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>творчість</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
-  <w:p w14:paraId="36141580" w14:textId="77777777" w:rsidR="005E7469" w:rsidRDefault="005E7469" w:rsidP="00503106">
+  <w:p w14:paraId="36141580" w14:textId="77777777" w:rsidR="00B0141E" w:rsidRDefault="00B0141E" w:rsidP="00503106">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3974"/>
         </w:tabs>
         <w:ind w:left="3974" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4118"/>
         </w:tabs>
         <w:ind w:left="4118" w:hanging="576"/>
@@ -30776,51 +32915,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4982"/>
         </w:tabs>
         <w:ind w:left="4982" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5126"/>
         </w:tabs>
         <w:ind w:left="5126" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0A435436"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1A087DE"/>
     <w:lvl w:ilvl="0" w:tplc="0422000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -30889,51 +33028,51 @@
     <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="0DBA57B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D1EFA3A"/>
     <w:lvl w:ilvl="0" w:tplc="0422000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -31002,51 +33141,51 @@
     <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="0E882228"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BB88832"/>
     <w:lvl w:ilvl="0" w:tplc="0422000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -31115,51 +33254,51 @@
     <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="154820B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F14EE7CA"/>
     <w:lvl w:ilvl="0" w:tplc="3662C046">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="393" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1113" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
@@ -31204,51 +33343,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4713" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5433" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6153" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="163D5DD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17F8E956"/>
     <w:lvl w:ilvl="0" w:tplc="04220001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -31317,51 +33456,51 @@
     <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="1DE802CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7C4E852"/>
     <w:lvl w:ilvl="0" w:tplc="0422000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
@@ -31406,51 +33545,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="1E705C60"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="99D28422"/>
+    <w:lvl w:ilvl="0" w:tplc="0422000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0422000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0422000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="20866462"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC0E0874"/>
     <w:lvl w:ilvl="0" w:tplc="04220001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
@@ -31495,56 +33723,508 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="283956A7"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="29E746ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CB84FD6A"/>
+    <w:tmpl w:val="5FE8C906"/>
+    <w:lvl w:ilvl="0" w:tplc="0422000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="2B8C5A6D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9F00636A"/>
+    <w:lvl w:ilvl="0" w:tplc="0422000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="30C110D3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="740667F4"/>
+    <w:lvl w:ilvl="0" w:tplc="0422000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="31A82A87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="61EAE64A"/>
+    <w:lvl w:ilvl="0" w:tplc="0422000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="342E7E42"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="627EE264"/>
     <w:lvl w:ilvl="0" w:tplc="0422000F">
-      <w:start w:val="2"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -31584,54 +34264,143 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="29E746ED"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="3E8E1691"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5FE8C906"/>
+    <w:tmpl w:val="5FFCE2BC"/>
+    <w:lvl w:ilvl="0" w:tplc="0422000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0422000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0422000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="497A0F6A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="166EDD58"/>
     <w:lvl w:ilvl="0" w:tplc="0422000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
@@ -31697,54 +34466,288 @@
     <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2B8C5A6D"/>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="4C227252"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5E903C48"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="4DAA33D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9F00636A"/>
+    <w:tmpl w:val="F68E4C28"/>
+    <w:lvl w:ilvl="0" w:tplc="5796941E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="504B177B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="22266DAC"/>
     <w:lvl w:ilvl="0" w:tplc="0422000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
@@ -31810,54 +34813,280 @@
     <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="30C110D3"/>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="53E70111"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3094F872"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="594328DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="740667F4"/>
+    <w:tmpl w:val="3C701514"/>
+    <w:lvl w:ilvl="0" w:tplc="48F43540">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="655" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Droid Sans Fallback" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1375" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2095" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2815" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3535" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4255" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4975" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5695" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6415" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="63712686"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="157EDEA0"/>
     <w:lvl w:ilvl="0" w:tplc="0422000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
@@ -31923,54 +35152,167 @@
     <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="31A82A87"/>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="643D4CD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="61EAE64A"/>
+    <w:tmpl w:val="378098F4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="64FF646D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DEE8EB44"/>
     <w:lvl w:ilvl="0" w:tplc="0422000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
@@ -32036,56 +35378,282 @@
     <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="342E7E42"/>
+  <w:abstractNum w:abstractNumId="24">
+    <w:nsid w:val="67881E5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="627EE264"/>
+    <w:tmpl w:val="690EA30E"/>
+    <w:lvl w:ilvl="0" w:tplc="0422000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25">
+    <w:nsid w:val="6B282E02"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F484CBC"/>
+    <w:lvl w:ilvl="0" w:tplc="0422000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26">
+    <w:nsid w:val="6FB71A82"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7E88B176"/>
     <w:lvl w:ilvl="0" w:tplc="0422000F">
-      <w:start w:val="1"/>
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -32125,482 +35693,54 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-[...226 lines deleted...]
-    <w:nsid w:val="3E8E1691"/>
+  <w:abstractNum w:abstractNumId="27">
+    <w:nsid w:val="714B2517"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5FFCE2BC"/>
-[...201 lines deleted...]
-    <w:tmpl w:val="166EDD58"/>
+    <w:tmpl w:val="48D686C2"/>
     <w:lvl w:ilvl="0" w:tplc="0422000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
@@ -32666,232 +35806,54 @@
     <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4BAD7911"/>
+  <w:abstractNum w:abstractNumId="28">
+    <w:nsid w:val="790A4F5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D438F7B4"/>
-[...177 lines deleted...]
-    <w:tmpl w:val="22266DAC"/>
+    <w:tmpl w:val="CC6A8A9C"/>
     <w:lvl w:ilvl="0" w:tplc="0422000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
@@ -32957,64 +35919,64 @@
     <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="51E33151"/>
+  <w:abstractNum w:abstractNumId="29">
+    <w:nsid w:val="7C69143C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="71CE4F5E"/>
-    <w:lvl w:ilvl="0" w:tplc="04220001">
+    <w:tmpl w:val="FED4A3E0"/>
+    <w:lvl w:ilvl="0" w:tplc="0422000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -33070,2943 +36032,843 @@
     <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-[...89 lines deleted...]
-    <w:nsid w:val="53D96F40"/>
+  <w:abstractNum w:abstractNumId="30">
+    <w:nsid w:val="7EAF5D78"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6038A0E4"/>
-[...1533 lines deleted...]
-    <w:tmpl w:val="43D0E598"/>
+    <w:tmpl w:val="301892B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="785" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%3."/>
+      <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%5."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="3960" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%6."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="4680" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="5760" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%8."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%9."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...129 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...95 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="20"/>
-[...124 lines deleted...]
-  <w:num w:numId="30">
     <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="33">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="34">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="16">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="36">
-[...5 lines deleted...]
-  <w:num w:numId="38">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="39">
-[...2 lines deleted...]
-  <w:num w:numId="40">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="41">
-    <w:abstractNumId w:val="37"/>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="42">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="43">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="28">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="46">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="47">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="8"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="48">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="26"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="49">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="7"/>
   </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="32"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00504D24"/>
     <w:rsid w:val="00010FDC"/>
     <w:rsid w:val="000139E1"/>
+    <w:rsid w:val="00031539"/>
     <w:rsid w:val="00037764"/>
     <w:rsid w:val="0006357F"/>
+    <w:rsid w:val="000764BA"/>
     <w:rsid w:val="00090113"/>
     <w:rsid w:val="00090250"/>
     <w:rsid w:val="0009183E"/>
     <w:rsid w:val="0009583E"/>
     <w:rsid w:val="000A3F60"/>
     <w:rsid w:val="000E7DA1"/>
+    <w:rsid w:val="000F4FF1"/>
     <w:rsid w:val="000F6E76"/>
     <w:rsid w:val="0012347D"/>
     <w:rsid w:val="00125040"/>
+    <w:rsid w:val="00134425"/>
     <w:rsid w:val="001438A5"/>
+    <w:rsid w:val="00145761"/>
     <w:rsid w:val="00156A0E"/>
     <w:rsid w:val="0016064E"/>
     <w:rsid w:val="00164211"/>
     <w:rsid w:val="00174EDF"/>
     <w:rsid w:val="0018546A"/>
     <w:rsid w:val="00187E97"/>
     <w:rsid w:val="00192FAD"/>
     <w:rsid w:val="001A79B1"/>
     <w:rsid w:val="001E5911"/>
     <w:rsid w:val="001F0D96"/>
     <w:rsid w:val="00203930"/>
     <w:rsid w:val="00204DF4"/>
     <w:rsid w:val="002146E4"/>
     <w:rsid w:val="00235EB6"/>
     <w:rsid w:val="00243994"/>
+    <w:rsid w:val="0024526A"/>
     <w:rsid w:val="00263285"/>
     <w:rsid w:val="002700D7"/>
     <w:rsid w:val="002847E2"/>
+    <w:rsid w:val="002954DA"/>
     <w:rsid w:val="002C1021"/>
     <w:rsid w:val="002C10D9"/>
+    <w:rsid w:val="002C27A5"/>
+    <w:rsid w:val="002D4356"/>
     <w:rsid w:val="00302C43"/>
     <w:rsid w:val="0030386F"/>
     <w:rsid w:val="00304790"/>
     <w:rsid w:val="0034559C"/>
     <w:rsid w:val="0036761B"/>
     <w:rsid w:val="003A1977"/>
     <w:rsid w:val="003B5BF9"/>
     <w:rsid w:val="003C428B"/>
     <w:rsid w:val="003C5A14"/>
     <w:rsid w:val="003D483A"/>
     <w:rsid w:val="003F6EE2"/>
     <w:rsid w:val="0048340D"/>
     <w:rsid w:val="00491DF1"/>
     <w:rsid w:val="00495C0C"/>
     <w:rsid w:val="00496EEA"/>
     <w:rsid w:val="004C16AB"/>
+    <w:rsid w:val="004D06DC"/>
     <w:rsid w:val="004F6955"/>
+    <w:rsid w:val="004F7C43"/>
+    <w:rsid w:val="00501B43"/>
     <w:rsid w:val="00503106"/>
     <w:rsid w:val="00503EAF"/>
     <w:rsid w:val="00504D24"/>
     <w:rsid w:val="00511DFA"/>
     <w:rsid w:val="005250DA"/>
     <w:rsid w:val="00526797"/>
+    <w:rsid w:val="00541B7A"/>
     <w:rsid w:val="00557D8D"/>
+    <w:rsid w:val="005665F5"/>
     <w:rsid w:val="005748A5"/>
     <w:rsid w:val="00575498"/>
     <w:rsid w:val="00587C46"/>
     <w:rsid w:val="0059267C"/>
     <w:rsid w:val="0059632C"/>
     <w:rsid w:val="005D75B9"/>
     <w:rsid w:val="005E3D5D"/>
     <w:rsid w:val="005E7469"/>
     <w:rsid w:val="005F5D27"/>
     <w:rsid w:val="00606E6A"/>
     <w:rsid w:val="006112E1"/>
     <w:rsid w:val="006147B7"/>
+    <w:rsid w:val="00620D71"/>
     <w:rsid w:val="0065199B"/>
     <w:rsid w:val="0069164E"/>
     <w:rsid w:val="006966CE"/>
     <w:rsid w:val="006A28BC"/>
     <w:rsid w:val="006A2D98"/>
     <w:rsid w:val="006A41F4"/>
+    <w:rsid w:val="006B3D7C"/>
+    <w:rsid w:val="006B468B"/>
+    <w:rsid w:val="006C0FA0"/>
     <w:rsid w:val="006D7877"/>
     <w:rsid w:val="006E0DA8"/>
     <w:rsid w:val="006E2F50"/>
+    <w:rsid w:val="006F1BAE"/>
+    <w:rsid w:val="006F36A7"/>
     <w:rsid w:val="00710C9C"/>
     <w:rsid w:val="007116A0"/>
     <w:rsid w:val="00717E9F"/>
     <w:rsid w:val="00723B05"/>
     <w:rsid w:val="00742612"/>
     <w:rsid w:val="00745D9A"/>
+    <w:rsid w:val="007666C0"/>
     <w:rsid w:val="00781482"/>
     <w:rsid w:val="007840F9"/>
+    <w:rsid w:val="00795D2B"/>
     <w:rsid w:val="007A0761"/>
     <w:rsid w:val="007B0C1D"/>
+    <w:rsid w:val="007E4167"/>
     <w:rsid w:val="00802C41"/>
     <w:rsid w:val="00835B85"/>
     <w:rsid w:val="0084702D"/>
     <w:rsid w:val="008645C8"/>
+    <w:rsid w:val="00864B32"/>
     <w:rsid w:val="008700BC"/>
     <w:rsid w:val="008C57B3"/>
     <w:rsid w:val="008D7658"/>
     <w:rsid w:val="008D7BE6"/>
     <w:rsid w:val="008E1143"/>
     <w:rsid w:val="008E5930"/>
     <w:rsid w:val="008E7864"/>
     <w:rsid w:val="008F0D27"/>
     <w:rsid w:val="008F5D6D"/>
     <w:rsid w:val="009130BE"/>
     <w:rsid w:val="00927498"/>
+    <w:rsid w:val="00944452"/>
     <w:rsid w:val="009513AE"/>
     <w:rsid w:val="0098080F"/>
     <w:rsid w:val="00997084"/>
     <w:rsid w:val="009A35BF"/>
     <w:rsid w:val="009A5A0D"/>
     <w:rsid w:val="009A6015"/>
     <w:rsid w:val="009B79B0"/>
     <w:rsid w:val="009C29E6"/>
     <w:rsid w:val="009E1774"/>
     <w:rsid w:val="009E26FA"/>
     <w:rsid w:val="009E44B6"/>
     <w:rsid w:val="009E5258"/>
     <w:rsid w:val="00A053B3"/>
     <w:rsid w:val="00A104B7"/>
     <w:rsid w:val="00A1204B"/>
     <w:rsid w:val="00A26B88"/>
     <w:rsid w:val="00A41290"/>
+    <w:rsid w:val="00A46E55"/>
     <w:rsid w:val="00A473E1"/>
     <w:rsid w:val="00A55948"/>
     <w:rsid w:val="00A64322"/>
     <w:rsid w:val="00A66DCD"/>
     <w:rsid w:val="00A860A5"/>
+    <w:rsid w:val="00AB308F"/>
     <w:rsid w:val="00AC02B5"/>
     <w:rsid w:val="00AC6DF7"/>
     <w:rsid w:val="00AC7E40"/>
     <w:rsid w:val="00AD08BC"/>
     <w:rsid w:val="00AD4254"/>
     <w:rsid w:val="00AE0CD5"/>
     <w:rsid w:val="00AE1C2C"/>
+    <w:rsid w:val="00B01219"/>
+    <w:rsid w:val="00B0141E"/>
     <w:rsid w:val="00B01529"/>
+    <w:rsid w:val="00B026A3"/>
     <w:rsid w:val="00B059BC"/>
     <w:rsid w:val="00B264B4"/>
     <w:rsid w:val="00B27887"/>
     <w:rsid w:val="00B328C0"/>
     <w:rsid w:val="00B47C83"/>
     <w:rsid w:val="00B56C83"/>
     <w:rsid w:val="00B94DCD"/>
     <w:rsid w:val="00BA41AF"/>
     <w:rsid w:val="00BD2DB2"/>
     <w:rsid w:val="00BD76DD"/>
     <w:rsid w:val="00BF12DF"/>
     <w:rsid w:val="00C03274"/>
     <w:rsid w:val="00C244F4"/>
     <w:rsid w:val="00C274EA"/>
     <w:rsid w:val="00C52F1B"/>
+    <w:rsid w:val="00C82612"/>
     <w:rsid w:val="00C8602A"/>
     <w:rsid w:val="00C90DD3"/>
     <w:rsid w:val="00C9353E"/>
+    <w:rsid w:val="00CA523A"/>
     <w:rsid w:val="00CA7702"/>
     <w:rsid w:val="00CB0865"/>
     <w:rsid w:val="00CD6100"/>
+    <w:rsid w:val="00CE4AF1"/>
     <w:rsid w:val="00CE4C32"/>
     <w:rsid w:val="00CE77F4"/>
     <w:rsid w:val="00CE7A3B"/>
     <w:rsid w:val="00D15DDD"/>
     <w:rsid w:val="00D25851"/>
+    <w:rsid w:val="00D27FA0"/>
     <w:rsid w:val="00D32363"/>
+    <w:rsid w:val="00D37109"/>
     <w:rsid w:val="00D5527E"/>
+    <w:rsid w:val="00D579B3"/>
     <w:rsid w:val="00D84A57"/>
     <w:rsid w:val="00D94290"/>
     <w:rsid w:val="00DB3BD1"/>
     <w:rsid w:val="00DD5A90"/>
     <w:rsid w:val="00DF1E1B"/>
+    <w:rsid w:val="00DF2792"/>
     <w:rsid w:val="00E07649"/>
+    <w:rsid w:val="00E1463B"/>
     <w:rsid w:val="00E3635A"/>
     <w:rsid w:val="00E45B58"/>
+    <w:rsid w:val="00E62F11"/>
     <w:rsid w:val="00E650F3"/>
     <w:rsid w:val="00E65D2A"/>
     <w:rsid w:val="00E75697"/>
     <w:rsid w:val="00EB1464"/>
     <w:rsid w:val="00EB783F"/>
     <w:rsid w:val="00EC23CC"/>
+    <w:rsid w:val="00EC3C71"/>
     <w:rsid w:val="00EE7064"/>
     <w:rsid w:val="00EF37CB"/>
     <w:rsid w:val="00EF4D23"/>
     <w:rsid w:val="00EF6FE1"/>
     <w:rsid w:val="00F11DEC"/>
     <w:rsid w:val="00F20AAE"/>
+    <w:rsid w:val="00F34A4D"/>
+    <w:rsid w:val="00F548C1"/>
     <w:rsid w:val="00F617C2"/>
     <w:rsid w:val="00F73D85"/>
+    <w:rsid w:val="00F77F21"/>
     <w:rsid w:val="00FA0316"/>
+    <w:rsid w:val="00FA2299"/>
     <w:rsid w:val="00FA5202"/>
     <w:rsid w:val="00FB3C44"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0F11F29E"/>
-  <w15:docId w15:val="{EE11E551-688F-4997-8217-59D49B3BE241}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...153 lines deleted...]
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="footnote text" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...219 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B56C83"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Droid Sans Fallback" w:hAnsi="Liberation Serif" w:cs="FreeSans"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
@@ -36431,117 +37293,1122 @@
     <w:semiHidden/>
     <w:rsid w:val="00304790"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Droid Sans Fallback" w:hAnsi="Tahoma" w:cs="Mangal"/>
       <w:kern w:val="2"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="14"/>
       <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00AC02B5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af1">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004C16AB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af2">
+  <w:style w:type="character" w:styleId="af1">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0084702D"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A053B3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Droid Sans Fallback" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af4">
+  <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B328C0"/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="af4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00864B32"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="Основной текст_"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="10"/>
+    <w:locked/>
+    <w:rsid w:val="002C27A5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:spacing w:val="14"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Основной текст1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af5"/>
+    <w:rsid w:val="002C27A5"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="360" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:spacing w:val="14"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="002C27A5"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA523A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="PlainTable4">
+    <w:name w:val="Plain Table 4"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="44"/>
+    <w:rsid w:val="00CA523A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="footnote text" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B56C83"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Droid Sans Fallback" w:hAnsi="Liberation Serif" w:cs="FreeSans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B56C83"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B56C83"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Mangal"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B56C83"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Mangal"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B56C83"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Mangal"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B56C83"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00B56C83"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B56C83"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Mangal"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B56C83"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Mangal"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B56C83"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Mangal"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B56C83"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B56C83"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B56C83"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:ind w:left="118"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B56C83"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:rsid w:val="00B56C83"/>
+    <w:pPr>
+      <w:widowControl/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст сноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:rsid w:val="00B56C83"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B56C83"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B56C83"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00304790"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9639"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00304790"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Droid Sans Fallback" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00304790"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9639"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00304790"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Droid Sans Fallback" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00304790"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Mangal"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00304790"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Droid Sans Fallback" w:hAnsi="Tahoma" w:cs="Mangal"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="14"/>
+      <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC02B5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004C16AB"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0084702D"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A053B3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Droid Sans Fallback" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B328C0"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="uk-UA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00864B32"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="Основной текст_"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="10"/>
+    <w:locked/>
+    <w:rsid w:val="002C27A5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:spacing w:val="14"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Основной текст1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af5"/>
+    <w:rsid w:val="002C27A5"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="360" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:spacing w:val="14"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="002C27A5"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA523A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="PlainTable4">
+    <w:name w:val="Plain Table 4"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="44"/>
+    <w:rsid w:val="00CA523A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="85613079">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="106462052">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="224880578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="492061887">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -36627,51 +38494,142 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1206137505">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1293898817">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1296715300">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1343631564">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1352754272">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1362321887">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1452896653">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1453010517">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1491871490">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1617371371">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -36692,115 +38650,206 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1800953029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1861432302">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1872642714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1904564174">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1915122682">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1941908805">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1989477764">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2008362884">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2016763378">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2103842444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2115976258">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2131318435">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://diasporiana.org.ua/category/folklor/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/gk4x2wkVy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.znu.edu.ua/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/EYNg6GpVZ" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folklore-archive.org.ua/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.znu.edu.ua/navchalnyj_viddil/1635.ukr.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/5pVJr17VP" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://files.znu.edu.ua/8080/library/DocSearchResult;jsessionid=4760D969EBCD8826D0FA2EA55B0FD77" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/9MVwgEpVz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.znu.edu.ua/child-advance/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/mod/assign/view.php?id=183263" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v_banakh@znu.edu.ua" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nz.lviv.ua/category/archive/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/3R4avGqeJ" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/mod/page/view.php?id=133015" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/course/view.php?id=2051" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.znu.edu.ua/navchalnyj_viddil/normatyvna_basa/polozhennya_pro_poryadok_povtornogo_vivchennya_navchal__nikh_distsipl__n_ta_povtornogo_navchannya_u_znu.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/mod/quiz/view.php?id=295379" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nte.etnolog.org.ua/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/QRVdWGwe3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/mod/assign/view.php?id=183263" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://files.znu.edu.ua/8080/library/DocSearchResult;jsessionid=4760D969EBCD8826D0FA2EA55B0FD77" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v_banakh@znu.edu.ua" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.znu.edu.ua/navchalnyj_viddil/normatyvna_basa/polozhennya_pro_poryadok_povtornogo_vivchennya_navchal__nikh_distsipl__n_ta_povtornogo_navchannya_u_znu.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/course/view.php?id=2051" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nz.lviv.ua/category/archive/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/3R4avGqeJ" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nte.etnolog.org.ua/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/gk4x2wkVy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/mod/quiz/view.php?id=295379" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/QRVdWGwe3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://diasporiana.org.ua/category/folklor/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/EYNg6GpVZ" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.znu.edu.ua/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/course/view.php?id=2051" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.znu.edu.ua/navchalnyj_viddil/1635.ukr.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.znu.edu.ua/child-advance/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.znu.edu.ua/ukr/university/departments/philology/grafik_navchal_nogo_protsesu_ta_rozklad_zanyat_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folklore-archive.org.ua/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/9MVwgEpVz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lnk.ua/5pVJr17VP" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/mod/page/view.php?id=133015" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -37014,103 +39063,103 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68B7232B-D933-43DA-89CC-FCED198931E8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C388B1E-7A32-45EE-AC22-D9B738606DA3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>27</Pages>
-[...1 lines deleted...]
-  <Characters>17454</Characters>
+  <Pages>28</Pages>
+  <Words>34710</Words>
+  <Characters>19786</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>145</Lines>
-  <Paragraphs>95</Paragraphs>
+  <Lines>164</Lines>
+  <Paragraphs>108</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Назва</vt:lpstr>
+        <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Название</vt:lpstr>
+        <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ZNU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>47979</CharactersWithSpaces>
+  <CharactersWithSpaces>54388</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>