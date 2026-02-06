--- v0 (2025-10-17)
+++ v1 (2026-02-06)
@@ -532,52 +532,50 @@
     </w:p>
     <w:p w:rsidR="00C0248E" w:rsidRPr="007839B1" w:rsidRDefault="00C0248E" w:rsidP="007839B1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Чи є у творі підтекст? Як він виражений? Як ви його інтерпретвали?</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="007839B1" w:rsidRPr="007839B1" w:rsidRDefault="007839B1" w:rsidP="007839B1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Чи є засоби комічного в оригіналі і які? Чи вдалося їх зберегти перекладачеві? </w:t>
       </w:r>
@@ -856,91 +854,147 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C0248E" w:rsidRDefault="00C0248E" w:rsidP="004B2AD3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. Які види перекладацьких трансформацій ви використали (додавання, переміщання, опущення, заміни та їхні види). </w:t>
+        <w:t>2. Які види перекладацьких трансформацій використа</w:t>
+      </w:r>
+      <w:r w:rsidR="0007475D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>но</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (додавання, переміщання, опущення, заміни та їхні види). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C0248E" w:rsidRDefault="00C0248E" w:rsidP="004B2AD3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Чи була наявна </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>безеквівалентна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лексика, яка саме, які прийоми для її передачі ви використали.</w:t>
+        <w:t xml:space="preserve"> лексика, яка саме, які прийоми для її передачі </w:t>
+      </w:r>
+      <w:r w:rsidR="0007475D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">було </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>використа</w:t>
+      </w:r>
+      <w:r w:rsidR="0007475D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>но</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C0248E" w:rsidRDefault="00C0248E" w:rsidP="004B2AD3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Чи важливий для інтерпретації та перекладу цього продукту контекст, у якому його було створено. Чому? </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C0248E" w:rsidRPr="004B2AD3" w:rsidRDefault="00C0248E" w:rsidP="004B2AD3">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -1178,50 +1232,51 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00141613"/>
+    <w:rsid w:val="0007475D"/>
     <w:rsid w:val="00141613"/>
     <w:rsid w:val="004B2AD3"/>
     <w:rsid w:val="007839B1"/>
     <w:rsid w:val="00AD4053"/>
     <w:rsid w:val="00C0248E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -1915,68 +1970,68 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>347</Words>
-  <Characters>1980</Characters>
+  <Characters>1979</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2323</CharactersWithSpaces>
+  <CharactersWithSpaces>2322</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Александра Николова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>