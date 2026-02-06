--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -1,78 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="4536D3EF" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Система накопичення балів з курсу</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="636D4C44" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="uk-UA"/>
@@ -84,2428 +83,2343 @@
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Пошуки щастя в світовій історії</w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="7313C1BD" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">вибіркової дисципліни для магістрів </w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="57FC6539" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Курс складається з 2 Модулів. Кожна частина має ряд поточних контрольних заходів і закінчується підсумковим модульним контролем, обов’язковим для студента.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="08C41566" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>За кожний вид поточного і підсумкового контролю студент отримує бальні оцінки, які підсумовуються у межах модулю і виступатимуть надалі складовою загальної бальної оцінки за всю дисципліну.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="6575ADCA" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t> Одержання студентом мінімальної бальної оцінки (35 балів) за  два модулі є обов’язковою умовою його допуску до заліку з дисципліни. Якщо студент не зміг набрати 35 балів, він може, опрацювавши завдання індивідуальної роботи, добрати необхідні бали. Добір балів закінчується, коли студент набрав 35 балів. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="6E990003" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Студентам, які набрали мінімально необхідну кількість балів (60 балів), залік може бути виставлений без додаткових умов. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="7EA266ED" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Види поточного і підсумкового контролю:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="37538B68" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Поточний контроль передбачає</w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="1B17F19F" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>самостійні роботи</w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="009D1644" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">виконання </w:t>
-[...10 lines deleted...]
-        <w:t>тестових</w:t>
+        <w:t>виконання тестових</w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t> </w:t>
-[...13 lines deleted...]
-        <w:t>завдань</w:t>
+        <w:t> завдань</w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t> в системі MOODLE з Модуля 1 та Модуля 2.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="256BD658" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t> Підсумковий контроль: </w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Залік.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="350AA4D2" w14:textId="666E33FA" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Залік </w:t>
       </w:r>
-      <w:r w:rsidRPr="00795CAB">
-[...29 lines deleted...]
-        <w:t>ліку можна максимально отримати 40 балів.</w:t>
+      <w:r w:rsidR="006A2E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>у форматі написання есе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00795CAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>. За результатами складання заліку можна максимально отримати 40 балів.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="7461C9C4" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="6686529C" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Шкала оцінювання: національна та ECTS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="3540"/>
         <w:gridCol w:w="3230"/>
         <w:gridCol w:w="200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidTr="00795CAB">
+      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w14:paraId="78A4A2B0" w14:textId="77777777" w:rsidTr="00795CAB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="4A1C0A35" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>За шкалою</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="30C05D6F" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>ECTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="5ECD3E6B" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">За </w:t>
-[...19 lines deleted...]
-              <w:t>лою</w:t>
+              <w:t>За шкалою</w:t>
             </w:r>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t> ЗНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3430" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="02E07993" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>За національною шкалою</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidTr="00795CAB">
+      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w14:paraId="5C6C8339" w14:textId="77777777" w:rsidTr="00795CAB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="5F02332C" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="72720BDA" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="1C3DA77A" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>Залік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="044EC1C6" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidTr="00795CAB">
+      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w14:paraId="19EDBC34" w14:textId="77777777" w:rsidTr="00795CAB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="49F307AF" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="0B7AA695" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>90 – 100</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="7B556C14" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>(відмінно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="1720462F" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>зараховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="200" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="4C3149EC" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidTr="00795CAB">
+      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w14:paraId="123921E8" w14:textId="77777777" w:rsidTr="00795CAB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="5059C5B8" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="1F0311D7" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>85 – 89</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="53D03175" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>(дуже добре)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="750632DD" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>зараховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="09DA2E91" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidTr="00795CAB">
+      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w14:paraId="509BBB6B" w14:textId="77777777" w:rsidTr="00795CAB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="34D681B8" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="243B51C7" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>75 – 84</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="12BD0248" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>(добре)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="780D4677" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="305539EB" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidTr="00795CAB">
+      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w14:paraId="01AFAB76" w14:textId="77777777" w:rsidTr="00795CAB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="0171E9EB" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="0A277B05" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>70 – 74</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="27A72D76" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>(задовільно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="5387C126" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>зараховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="1A09B69F" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidTr="00795CAB">
+      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w14:paraId="5D2B3645" w14:textId="77777777" w:rsidTr="00795CAB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="4B517C19" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="1012A7B3" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>60 – 69</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="36B835A0" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>(достатньо)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="53EE0C6C" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="6E5F6825" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidTr="00795CAB">
+      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w14:paraId="3A5D49B8" w14:textId="77777777" w:rsidTr="00795CAB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="5DCDE562" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>FX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="3EE5C528" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>35 – 59</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="0FC9603B" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>(незадовільно – з можливістю повторного складання)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="3B7D82F6" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>незараховано</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="200" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="5915F4CD" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidTr="00795CAB">
+      <w:tr w:rsidR="00795CAB" w:rsidRPr="00795CAB" w14:paraId="189CBE24" w14:textId="77777777" w:rsidTr="00795CAB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="27E1EB3E" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="210A635F" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>1 – 34</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="2692EFAE" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00795CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>(незадовільно – з обов’язковим повторним курсом)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="6E01BA94" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+          <w:p w14:paraId="535FADD6" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="503724EC" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="6E905443" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Розподіл балів за видами роботи та формами контролю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="31FD8913" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="668065C2" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Максимальна оцінка, яку студент може заробити протяг</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>ом семестру, включаючи й залік</w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...21 lines deleted...]
-        <w:t>івнює </w:t>
+        <w:t>, дорівнює </w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>100 балам</w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>, що деталізовано у наступній схемі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="66CCA4BB" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>1. Поточний контроль – 60 балів,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="53D8914B" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>у тому числі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="364AD1A6" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>1.1. Модуль 1-й – 30 балів</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="6F599A41" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>1.1.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тест 1 – 3</w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>0 б.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="5B7F9E5B" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>1.2. Модуль 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>-й – 30 балів</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="49EAF4E1" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>1.2.   Тест 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 30 б.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="55C14430" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>2.Залік  – 40 балів</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
+    <w:p w14:paraId="7261C737" w14:textId="77777777" w:rsidR="00795CAB" w:rsidRPr="00795CAB" w:rsidRDefault="00795CAB" w:rsidP="00795CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00795CAB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="006C0BCC" w:rsidRDefault="006C0BCC"/>
+    <w:p w14:paraId="2C248AC2" w14:textId="77777777" w:rsidR="006C0BCC" w:rsidRDefault="006C0BCC"/>
     <w:sectPr w:rsidR="006C0BCC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="850" w:right="850" w:bottom="850" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Open Sans">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="208E17DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2826886"/>
     <w:lvl w:ilvl="0" w:tplc="3418E2E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2575,528 +2489,570 @@
     <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="76488922">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E46F42"/>
+    <w:rsid w:val="006A2E6D"/>
     <w:rsid w:val="006C0BCC"/>
     <w:rsid w:val="00795CAB"/>
+    <w:rsid w:val="00AA4DA5"/>
     <w:rsid w:val="00E46F42"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="uk-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0DEBE1D2"/>
+  <w15:docId w15:val="{143F7778-C46A-4392-98C5-58364F13010C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...337 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00795CAB"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1296369828">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартна">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3342,57 +3298,57 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1260</Words>
-  <Characters>719</Characters>
+  <Words>1229</Words>
+  <Characters>702</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1976</CharactersWithSpaces>
+  <CharactersWithSpaces>1928</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gyrocopter</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>